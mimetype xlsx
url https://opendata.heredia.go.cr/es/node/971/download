--- v0 (2025-11-23)
+++ v1 (2026-01-09)
@@ -1,74 +1,74 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28025"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\SRVDFS01\FS_Departamentos_MH\Cobro Judicial Rentas\2025\Lista Morosos\Noviembre\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\SRVDFS01\FS_Departamentos_MH\Cobro Judicial Rentas\2025\Lista Morosos\Diciembre\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{1FFCC430-BE97-4B4B-818D-A037490A85B1}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F52A9491-374E-4804-ADF4-4DF581BDB80E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="22932" yWindow="-4140" windowWidth="30936" windowHeight="16776" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
+    <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Hoja1!$D$1:$D$1626</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Hoja1!$D$1:$D$1498</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3260" uniqueCount="1135">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3005" uniqueCount="1014">
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>CEDULA</t>
   </si>
   <si>
     <t>TRIM. ATRA.</t>
   </si>
   <si>
     <t>ESTADO</t>
   </si>
   <si>
     <t>HERRERA PRADO EDUARDO FRANCISCO</t>
   </si>
   <si>
     <t>C01483189</t>
   </si>
   <si>
     <t>DUARTEZ OLIVAS RICHARD JUBINE</t>
   </si>
   <si>
     <t>C01608212</t>
   </si>
   <si>
@@ -119,131 +119,122 @@
   <si>
     <t>FAMILIA ZUÑIGA CHAVES</t>
   </si>
   <si>
     <t>FERRETO VDA DE QUESADA SOCORRO</t>
   </si>
   <si>
     <t>FLORES JOAQUIN MARIA</t>
   </si>
   <si>
     <t>FUENTES GRANADOS BLANCA ROSA</t>
   </si>
   <si>
     <t>MOYA RAFAEL SUCESION</t>
   </si>
   <si>
     <t>GOMEZ GUILLEN DINORA</t>
   </si>
   <si>
     <t>FAMILIA RAMIREZ MARCHENA</t>
   </si>
   <si>
     <t>RAMIREZ HERNANDEZ FELICIDAD</t>
   </si>
   <si>
-    <t>SOLERA SOLERA ARTURO, MANUEL Y OSCAR</t>
-[...1 lines deleted...]
-  <si>
     <t>TREJOS JOSE GREGORIO</t>
   </si>
   <si>
     <t>CAMPOS CAMPOS LUIS HUMBERTO Y CAMPOS MEJIA HUMBERTO</t>
   </si>
   <si>
     <t>VILLALOBOS BRENES EFRAIN</t>
   </si>
   <si>
     <t>HERNANDEZ BOLAÑOS MARIA PAULA</t>
   </si>
   <si>
     <t>RODRIGUEZ CARBALLO ISOLINA</t>
   </si>
   <si>
     <t>FAMILIA VINDAS CORDERO</t>
   </si>
   <si>
     <t>RAMOS VARGAS MANUEL</t>
   </si>
   <si>
     <t>FAMILIA CUBILLO VALVERDE</t>
   </si>
   <si>
     <t>FAMILIA GUEVARA AGUERO</t>
   </si>
   <si>
     <t>VARGAS VILLALOBOS EVENCIO</t>
   </si>
   <si>
-    <t>CASCANTE CARBALLO FRANCISCO</t>
-[...1 lines deleted...]
-  <si>
     <t>FAMILIA SEQUEIRA RODRIGUEZ</t>
   </si>
   <si>
     <t>RIVAS MONGE JOSE</t>
   </si>
   <si>
     <t>CASTRO RAFAEL</t>
   </si>
   <si>
     <t>FAMILIA SANCHEZ MONGE</t>
   </si>
   <si>
     <t>MARIN ROJAS MARCO ANTONIO</t>
   </si>
   <si>
     <t>RIVERA JOSE MOISES Y FAMILIA</t>
   </si>
   <si>
     <t>ROJAS MASIS MIGUEL</t>
   </si>
   <si>
     <t>ACOSTA RAMIREZ SANTIAGO</t>
   </si>
   <si>
     <t>AGUILAR GOMEZ AMELIA CEDULA (0400740433)</t>
   </si>
   <si>
     <t>ARCE VARGAS CLAVELINA</t>
   </si>
   <si>
     <t>ARGUEDAS ELIZONDO ANTONIO</t>
   </si>
   <si>
     <t>ARGUEDAS HERNANDEZ NORMA MARIA</t>
   </si>
   <si>
     <t>ARGUEDAS KATCHENGIS HERNAN</t>
   </si>
   <si>
     <t>ARGUELLO CHAVES FRANCIASCO Y FAMILIA ARGUELLO VILLALOBOS</t>
   </si>
   <si>
-    <t>ARRIETA OROZCO BENJAMIN</t>
-[...1 lines deleted...]
-  <si>
     <t>GUERRERO VALVERDE MARCIAL</t>
   </si>
   <si>
     <t>BENAVIDES HERNANDEZ CRISANTO</t>
   </si>
   <si>
     <t>BONILLA CORDOBA ALBERTO</t>
   </si>
   <si>
     <t>BONILLA OVARES DE MORA MARIA</t>
   </si>
   <si>
     <t>BUSTOS RODRIGUEZ VICTOR</t>
   </si>
   <si>
     <t>QUESADA ULATE  ROSA Y FAMILIA SANCHEZ BONILLA</t>
   </si>
   <si>
     <t>CAMPOS AGUILAR JOSE JOAQUIN</t>
   </si>
   <si>
     <t>CAMPOS ARIAS OSCAR Y HERMANOS</t>
   </si>
   <si>
     <t>CAMPOS MANUEL LUIS</t>
@@ -254,53 +245,50 @@
   <si>
     <t>CARTIN PANIAGUA BERTA</t>
   </si>
   <si>
     <t>CESPEDES MARIN ARMANDO</t>
   </si>
   <si>
     <t>MADRIGAL MASIS ISABEL</t>
   </si>
   <si>
     <t>FAMILIA MARIN ZAMORA</t>
   </si>
   <si>
     <t>MENDOZA ATENCIO GASPAR</t>
   </si>
   <si>
     <t>MORERA CABRERA MARIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>OCONNEL ABIGAIL Y FRANCIS</t>
   </si>
   <si>
     <t>PACHECO DENGO CARLOS</t>
   </si>
   <si>
-    <t>PACHECO LOAIZA JUAN</t>
-[...1 lines deleted...]
-  <si>
     <t>PARREAGUIRRE CHAVERRI CARLOS</t>
   </si>
   <si>
     <t>PEÑARANDA JOSE</t>
   </si>
   <si>
     <t>RAMIREZ RODRIGUEZ SIXTO</t>
   </si>
   <si>
     <t>NATIVIDAD ROBLES QUEDADA</t>
   </si>
   <si>
     <t>RODRIGUEZ ARAYA JESUS</t>
   </si>
   <si>
     <t>RODRIGUEZ CHAVARRIA MARTA</t>
   </si>
   <si>
     <t>CHAVERRI MARIANO</t>
   </si>
   <si>
     <t>CHAVERRI MIGUEL</t>
   </si>
   <si>
     <t>CHAVES CAMACHO CARLOS</t>
@@ -314,65 +302,56 @@
   <si>
     <t>CORDERO MUÑIZ ZOILA</t>
   </si>
   <si>
     <t>CORDOBA MENDEZ MIGUEL</t>
   </si>
   <si>
     <t>CORTES ARCE ALFREDO</t>
   </si>
   <si>
     <t>CUBERO RODRIGUEZ GUILLERMO</t>
   </si>
   <si>
     <t>ELIZONDO SANCHEZ JOSEFA</t>
   </si>
   <si>
     <t>ESPINOZA MENDEZ CARMEN Y FAMIL</t>
   </si>
   <si>
     <t>GONZALEZ FLORES ALFREDO</t>
   </si>
   <si>
     <t>GONZALEZ CAMPOS CARLOS</t>
   </si>
   <si>
-    <t>GUERRERO LEJARZA JOSE HUMBERTO</t>
-[...1 lines deleted...]
-  <si>
     <t>HERMANOS CORDERO ARIAS</t>
   </si>
   <si>
-    <t>HERMANOS ZUÑIGA VARGAS</t>
-[...1 lines deleted...]
-  <si>
     <t>HERRERA DE SALAZAR MARIA LUISA</t>
   </si>
   <si>
-    <t>HERMANAS HERRERA MORA</t>
-[...1 lines deleted...]
-  <si>
     <t>HIDALGO NICOLAS</t>
   </si>
   <si>
     <t>JAIKEL JOB MANSUR</t>
   </si>
   <si>
     <t>JIMENEZ PORRAS VDA DE CHAVES MARIANA</t>
   </si>
   <si>
     <t>LEITON MORALES JENARO GILBERTO DE JESUS</t>
   </si>
   <si>
     <t>LEITON RAMIREZ EZEQUIEL</t>
   </si>
   <si>
     <t>LEPIZ MONDRAGON RAMON</t>
   </si>
   <si>
     <t>RODRIGUEZ GONZALEZ JUAN</t>
   </si>
   <si>
     <t>RODRIGUEZ ZUMBADO BERNARDO</t>
   </si>
   <si>
     <t>RODRIGUEZ VARGAS SANTIAGO</t>
@@ -443,53 +422,50 @@
   <si>
     <t>FAMILIA BLANCO TIJERINO</t>
   </si>
   <si>
     <t>FAMILIA BRENES SEGURA</t>
   </si>
   <si>
     <t>FAMILIA CAMACHO SALAZAR</t>
   </si>
   <si>
     <t>FAMILIA CAMPOS LOBO</t>
   </si>
   <si>
     <t>FAMILIA CAMPOS MENDEZ</t>
   </si>
   <si>
     <t>FAMILIA CAMPOS CHANTO Y CAMPOS CHAVES</t>
   </si>
   <si>
     <t>FAMILIA CASTRO ALVARADO</t>
   </si>
   <si>
     <t>FAMILIA CHACON ESQUIVEL</t>
   </si>
   <si>
-    <t>FAMILIA CHAVERRI MOLINA</t>
-[...1 lines deleted...]
-  <si>
     <t>FAMILIA CORRALES VILLALOBOS</t>
   </si>
   <si>
     <t>FAMILIA CORTES CORDERO</t>
   </si>
   <si>
     <t>FAMILIA COTO LOPEZ Y L.E.AMPAR</t>
   </si>
   <si>
     <t>FAMILIA CRUZ CARRILLO</t>
   </si>
   <si>
     <t>FAMILIA FLORES ARGUEDAS</t>
   </si>
   <si>
     <t>FAMILIA GARITA ALVAREZ</t>
   </si>
   <si>
     <t>FAMILIA GARRO VALERIO</t>
   </si>
   <si>
     <t>FAMILIA GONZALEZ ALVARADO</t>
   </si>
   <si>
     <t>FAMILIA GONZALEZ MORERA</t>
@@ -515,77 +491,65 @@
   <si>
     <t>FAMILIA MIRANDA LOAIZA</t>
   </si>
   <si>
     <t>FAMILIA MONTERO CAMPOS</t>
   </si>
   <si>
     <t>FAMILIA MORALES CAMPOS</t>
   </si>
   <si>
     <t>FAMILIA MUÑOZ ARCE</t>
   </si>
   <si>
     <t>FAMILIA CAMPOS BONILLA</t>
   </si>
   <si>
     <t>BARQUERO SANCHO DELFIN</t>
   </si>
   <si>
     <t>GAMBOA JOSE</t>
   </si>
   <si>
     <t>VIQUEZ UGALDE JOAQUIN</t>
   </si>
   <si>
-    <t>FAMILIA RODRIGUEZ HERNANDEZ</t>
-[...1 lines deleted...]
-  <si>
     <t>MONTOYA BUENAVENTURA MERY</t>
   </si>
   <si>
     <t>FAMILIA MADRIGAL PARREAGUIRRE</t>
   </si>
   <si>
     <t>RAMIREZ SANCHEZ NOE</t>
   </si>
   <si>
     <t>MURILLO MENDEZ MARIA ESTELA</t>
   </si>
   <si>
-    <t>ARGUEDAS JIMENEZ RAFAEL</t>
-[...1 lines deleted...]
-  <si>
     <t>LOPEZ ALVAREZ ODILIO</t>
   </si>
   <si>
-    <t>FUENTES RIVERA EVELIA</t>
-[...4 lines deleted...]
-  <si>
     <t>RODRIGUEZ MORA RUBEN</t>
   </si>
   <si>
     <t>GOMEZ GONZALEZ MARGARITA</t>
   </si>
   <si>
     <t>ARIAS CHINCHILLA FABIO</t>
   </si>
   <si>
     <t>DOBLES SANCHEZ LUIS</t>
   </si>
   <si>
     <t>SOLIS RIVERA NELLY</t>
   </si>
   <si>
     <t>PICADO UREÑA JUDITH</t>
   </si>
   <si>
     <t>RODRIGUEZ CHAVES JOSE MANUEL</t>
   </si>
   <si>
     <t>CAMPOS HERRERA JOSEFA</t>
   </si>
   <si>
     <t>MARIN ZAMORA MIGUEL ANGEL</t>
@@ -629,350 +593,305 @@
   <si>
     <t>SANCHEZ MONTERO LUIS</t>
   </si>
   <si>
     <t>CORRALES ZUCCHINI LILIANA</t>
   </si>
   <si>
     <t>CESPEDES CHAVARRIA ZULEMA</t>
   </si>
   <si>
     <t>POVEDA VEGA ARTURO CARLOS ALBERTO</t>
   </si>
   <si>
     <t>AMADOR JIMENEZ RODRIGO</t>
   </si>
   <si>
     <t>GONZALEZ BADILLA FRANCISCO</t>
   </si>
   <si>
     <t>RODRIGUEZ DELGADO MIGUEL ANGEL</t>
   </si>
   <si>
     <t>ALVAREZ CALVO LUIS ENRIQUE</t>
   </si>
   <si>
-    <t>PUPO SERRA HILDA</t>
-[...4 lines deleted...]
-  <si>
     <t>MIRANDA ROMERO WILLIAM</t>
   </si>
   <si>
     <t>MATHIEU VELASQUEZ JUAN JOSE</t>
   </si>
   <si>
     <t>BARRIENTOS CORDERO PILAR</t>
   </si>
   <si>
     <t>ORTIZ SOLIS RAFAEL ALBERTO</t>
   </si>
   <si>
     <t>HERRERA CARMONA MARIA ELENA</t>
   </si>
   <si>
     <t>GOMEZ MONTOYA MARIA ESTER</t>
   </si>
   <si>
     <t>MENDEZ CUBERO RICARDO</t>
   </si>
   <si>
     <t>AVENDAÑO ACOSTA JULIO ALBERTO</t>
   </si>
   <si>
     <t>GARITA UGALDE JOSE ALBERTO</t>
   </si>
   <si>
     <t>HERRERA HERRERA JAVIER Y HERRERA ESPINOZA JEANETTE</t>
   </si>
   <si>
-    <t>PEREZ PEREZ ISAAC GERARDO</t>
-[...1 lines deleted...]
-  <si>
     <t>SOLANO GONZALEZ SALIA</t>
   </si>
   <si>
     <t>VARGAS VILLALOBOS MARIA ELENA</t>
   </si>
   <si>
     <t>PALMA CORDERO CARLOS ENRIQUE</t>
   </si>
   <si>
     <t>CAMPOS CORDERO RUBEN OSVALDO</t>
   </si>
   <si>
     <t>CORRALES CARMONA ANA CECILIA</t>
   </si>
   <si>
     <t>ANGULO ARGUEDAS NOEMY</t>
   </si>
   <si>
     <t>MORA LOBO ANA VICTORIA</t>
   </si>
   <si>
     <t>CARVAJAL PRADO BELCEBI</t>
   </si>
   <si>
     <t>SOLIS SAENZ YADIRA EMILIA DEL CARMEN</t>
   </si>
   <si>
     <t>HERNANDEZ FERNANDEZ MARIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>MIGUEL ANGEL UMAÑA HERNANDEZ</t>
   </si>
   <si>
-    <t>SANCHEZ GAMBOA SONIA MAYELA</t>
-[...1 lines deleted...]
-  <si>
     <t>JIMENEZ JIMENEZ MARGARITA</t>
   </si>
   <si>
     <t>LOPEZ PRUDANT JULIO RODRIGO</t>
   </si>
   <si>
     <t>SALAS CARBALLO ANIA RUTH</t>
   </si>
   <si>
     <t>ARCE MORALES GILDA</t>
   </si>
   <si>
     <t>AZOFEIFA ROJAS JOSE ENRIQUE</t>
   </si>
   <si>
     <t>BOLAÑOS VALERIO MARIA ROSA</t>
   </si>
   <si>
     <t>AZOFEIFA LEON MANUEL</t>
   </si>
   <si>
     <t>CARVAJAL PRADO CARLOS ALFONSO</t>
   </si>
   <si>
     <t>GARCIA MONTERO SERGIO MANUEL</t>
   </si>
   <si>
     <t>BALMACEDA GARCIA OSCAR EDUARDO</t>
   </si>
   <si>
     <t>OBANDO JIMENEZ MARIA MAYELA</t>
   </si>
   <si>
     <t>RODRIGUEZ RODRIGUEZ ASTRID MAYELA</t>
   </si>
   <si>
     <t>VEGA CAMACHO ADOLFO</t>
   </si>
   <si>
     <t>MORALES MOLINA FABIO ANTONIO</t>
   </si>
   <si>
     <t>VALLDEPERAS HERRERA LUIS GERARDO DE JESUS</t>
   </si>
   <si>
-    <t>SANCHEZ VEGA ERIC FRANCISCO</t>
-[...1 lines deleted...]
-  <si>
     <t>MESEN VILLALOBOS MARISELLE ASTRID DEL CORAZON DE JESUS</t>
   </si>
   <si>
     <t>SAENZ VENEGAS MARIA ANTONIETA</t>
   </si>
   <si>
-    <t>VILLALOBOS CHARPENTIER LUIS EMILIO</t>
-[...1 lines deleted...]
-  <si>
     <t>SOLANO ALPIZAR MARIBEL</t>
   </si>
   <si>
-    <t>BLANCO RAMIREZ ISIDORO</t>
-[...4 lines deleted...]
-  <si>
     <t>VILLALOBOS GAMBOA SILVIA ISABEL</t>
   </si>
   <si>
     <t>GONZALEZ ANGULO MARITA DEL SOCORRO</t>
   </si>
   <si>
     <t>ESPINOZA BORLOZ ANA LORENA</t>
   </si>
   <si>
     <t>SALAZAR ALVARADO LUIS FERNANDO</t>
   </si>
   <si>
     <t>GARITA BOLAÑOS MARY FLOR</t>
   </si>
   <si>
-    <t>FERNANDEZ RODRIGUEZ MAYRA</t>
-[...1 lines deleted...]
-  <si>
     <t>MURILLO VARGAS BERNAL</t>
   </si>
   <si>
     <t>ARGUEDAS ACUÑA GHISELLA</t>
   </si>
   <si>
-    <t>LOPEZ SANCHEZ YENORY</t>
-[...1 lines deleted...]
-  <si>
     <t>CHACON SANABRIA ALEXANDER</t>
   </si>
   <si>
     <t>MONTERO QUIROS MARIA DEL ROCIO DE JESUS</t>
   </si>
   <si>
     <t>AGUILAR SOLIS HEIDY MARIA</t>
   </si>
   <si>
     <t>MORA URBINA GIOCONDA ERAIDA</t>
   </si>
   <si>
-    <t>GONZALEZ BOLAÑOS LUIS FERNANDO</t>
-[...1 lines deleted...]
-  <si>
     <t>ARROYO BONILLA FANNY SIDEY</t>
   </si>
   <si>
     <t>ROJAS CORONADO JONNY VINICIO</t>
   </si>
   <si>
     <t>CHAMORRO MONGE SERGIO RICARDO DE JESUS</t>
   </si>
   <si>
     <t>AGUILAR GARRO RICARDO ANTONIO DE LA TRINIDAD</t>
   </si>
   <si>
     <t>HERNANDEZ OVIEDO GUISSELLE</t>
   </si>
   <si>
     <t>CORTES RODRIGUEZ ANA MARIA</t>
   </si>
   <si>
     <t>MORA MORA ANALIVE RAFAELA DE LOS ANGELES</t>
   </si>
   <si>
     <t>RAMIREZ VEGA MARIA YAMILETH</t>
   </si>
   <si>
     <t>BADILLA MADRIZ WILLIAM FRANCISCO</t>
   </si>
   <si>
     <t>GARITA SANCHEZ VIVIAN MAYELA</t>
   </si>
   <si>
     <t>AGUILAR VILLAVICENCIO ALEXIS FEDERICO</t>
   </si>
   <si>
     <t>AGUILAR MORA GUISELLE DEL CARMEN</t>
   </si>
   <si>
     <t>VIZCAINO VASQUEZ LUIS MARIANO</t>
   </si>
   <si>
     <t>VARGAS CORTES DANIEL ALBERTO</t>
   </si>
   <si>
     <t>DELGADO CHAVES CARLOS ROBERTO</t>
   </si>
   <si>
     <t>CARVAJAL ARAYA MARILIN DEL CARMEN</t>
   </si>
   <si>
-    <t>BENAVIDES SOTO OSCAR LUIS DE JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>OBANDO RODRIGUEZ SERGIO OSWALDO</t>
   </si>
   <si>
     <t>SERRANO ARCE REBECA DE LOS ANGELES</t>
   </si>
   <si>
     <t>BARQUERO BRENES ANNIA YORLENY</t>
   </si>
   <si>
     <t>ALFARO CHAVARRIA MARIA DEL ROCIO</t>
   </si>
   <si>
     <t>VASQUEZ PIEDRA NIDIA MARIA</t>
   </si>
   <si>
     <t>ARAYA CHAVES WENDY MARIA</t>
   </si>
   <si>
     <t>GUZMAN SOLIS YORLEI</t>
   </si>
   <si>
     <t>CHAVES SANCHEZ OSCAR</t>
   </si>
   <si>
     <t>UREÑA ARIAS RANDALL ALBERTO</t>
   </si>
   <si>
-    <t>BONILLA BOLAÑOS EDGAR EDUARDO</t>
-[...1 lines deleted...]
-  <si>
     <t>SALAS VARGAS ANA VICTORIA</t>
   </si>
   <si>
     <t>MONGE ELIZONDO SEIDY VIVIANA</t>
   </si>
   <si>
     <t>RODRIGUEZ GARCIA GRETTEL ROCIO</t>
   </si>
   <si>
     <t>GUEVARA EDUARTE SERGIO MIGUEL</t>
   </si>
   <si>
     <t>SOLIS ROJAS MARCOS AURELIO</t>
   </si>
   <si>
     <t>CAMPOS ELIZONDO MARGARITA DE LA TRINIDAD</t>
   </si>
   <si>
     <t>SALAZAR HERNANDEZ ROXANA GUISELLE</t>
   </si>
   <si>
     <t>SABORIO HERRERA CARLOS ESTEBAN</t>
   </si>
   <si>
     <t>RODRIGUEZ ROBLES JUAN PABLO</t>
   </si>
   <si>
     <t>PICADO RODRIGUEZ CINTHIA DE LOS ANGELES</t>
   </si>
   <si>
-    <t>BRENES OSES LUIS ANDRES</t>
-[...4 lines deleted...]
-  <si>
     <t>BRENES SOLIS ANA GRACIELA</t>
   </si>
   <si>
     <t>CHACON HIDALGO ELIA MARCELA</t>
   </si>
   <si>
     <t>PORTILLA VALERIO JOSE ALEXANDER</t>
   </si>
   <si>
     <t>FALLAS MADRIGAL EMILCE</t>
   </si>
   <si>
     <t>CAMACHO CHACON ADRIAN GERARDO</t>
   </si>
   <si>
     <t>MORUA RAMIREZ MONICA</t>
   </si>
   <si>
     <t>GUTIERREZ HERRERA HANDALL ALBERTO</t>
   </si>
   <si>
     <t>VARGAS CRUZ ELIZABETH MARIA</t>
   </si>
   <si>
     <t>RAMIREZ VEGA ALEXANDER</t>
@@ -1004,53 +923,50 @@
   <si>
     <t>VASQUEZ PIEDRA YERLYN MARGOT</t>
   </si>
   <si>
     <t>GARCIA CANTILLO JENNIFFER</t>
   </si>
   <si>
     <t>JIMENEZ MENDEZ MAYKOL FERNANDO</t>
   </si>
   <si>
     <t>RODRIGUEZ VEGA ESTHER FRANCINI</t>
   </si>
   <si>
     <t>MADRIZ ARAYA ALVARO ANTONIO</t>
   </si>
   <si>
     <t>VIQUEZ HERNANDEZ LUIS DIEGO</t>
   </si>
   <si>
     <t>SOTO CAMPOS CAROL VIVIANA</t>
   </si>
   <si>
     <t>GOMEZ GONZALEZ REBECA ALEJANDRA</t>
   </si>
   <si>
-    <t>OCAMPO PORRAS VERONICA DE LOS ANGELES</t>
-[...1 lines deleted...]
-  <si>
     <t>CASTRO ALVAREZ LUIS FERNANDO</t>
   </si>
   <si>
     <t>GUZMAN SOLIS JOSE ALEJANDRO</t>
   </si>
   <si>
     <t>SOLANO MURILLO MARIA NELLY</t>
   </si>
   <si>
     <t>SEGURA TREJOS PATRICIA ELIZABETH</t>
   </si>
   <si>
     <t>CHINCHILLA SOLIS ABRAHAM</t>
   </si>
   <si>
     <t>RAMIREZ AVALOS TERESITA MARIA</t>
   </si>
   <si>
     <t>MENA VARGAS  FLOR MARIA</t>
   </si>
   <si>
     <t>NAVARRO MORALES LUIS SANTIAGO</t>
   </si>
   <si>
     <t>MIRANDA CASTRO JESSICA</t>
@@ -1136,92 +1052,83 @@
   <si>
     <t>CHAVARRIA ESPINOZA DESIDERIA</t>
   </si>
   <si>
     <t>ROJAS AGUILAR NOE</t>
   </si>
   <si>
     <t>AVENDAÑO MORALES JOSE FRANCISCO</t>
   </si>
   <si>
     <t>ARRIETA MURILLO SOLEIDA</t>
   </si>
   <si>
     <t>CAMPOS BARRANTES RAFAEL</t>
   </si>
   <si>
     <t>ESQUIVEL ALVARADO MARCO AURELIO</t>
   </si>
   <si>
     <t>ESQUIVEL CAMPOS JOSE ANGEL</t>
   </si>
   <si>
     <t>MOSCOSO VEGA EDUARDO</t>
   </si>
   <si>
-    <t>FERRARO WARNER MARIA DE LOS ANGELES</t>
-[...1 lines deleted...]
-  <si>
     <t>MORA SALAS JULIO</t>
   </si>
   <si>
     <t>SAENZ ULLOA MIRIAM</t>
   </si>
   <si>
     <t>ARGUEDAS VARGAS DEIDAMIA</t>
   </si>
   <si>
     <t>ESQUIVEL ARROYO CARLOS LUIS</t>
   </si>
   <si>
     <t>ALVARADO OVIEDO FERNANDO DAGOBERTO</t>
   </si>
   <si>
-    <t>SOTO CASTRO SADIE</t>
-[...1 lines deleted...]
-  <si>
     <t>VARGAS LEDEZMA OLMAN CARMEN DE LAS PIEDADES</t>
   </si>
   <si>
     <t>GONZALEZ GRANADOS ELEMBERTA</t>
   </si>
   <si>
     <t>BENAVIDES ZAMORA RAFAEL ANGEL</t>
   </si>
   <si>
     <t>SALAZAR BLANCO RENE GERARDO</t>
   </si>
   <si>
     <t>FAMILIA HERNANDEZ ZAMORA</t>
   </si>
   <si>
     <t>PORRAS GRANADOS JOSE GERARDO</t>
   </si>
   <si>
-    <t>ACUÑA BLANCO MARIA CECILIA</t>
-[...1 lines deleted...]
-  <si>
     <t>GONZALEZ PORRAS JACOB</t>
   </si>
   <si>
     <t>GONZALEZ ROMERO SONIA MARIA</t>
   </si>
   <si>
     <t>VIQUEZ HERNANDEZ MARTHA</t>
   </si>
   <si>
     <t>CORTES ALVARADO MARIO</t>
   </si>
   <si>
     <t>CHAVES CALVO JUAN RAFAEL</t>
   </si>
   <si>
     <t>BENAVIDES LOBO CARLOS LUIS</t>
   </si>
   <si>
     <t>JIMENEZ BOLAÑOS FLOR MARIA</t>
   </si>
   <si>
     <t>GONZALEZ MONTERO MIGUEL ANGEL</t>
   </si>
   <si>
     <t>ARAYA RODRIGUEZ CLAUDIA</t>
@@ -1244,221 +1151,197 @@
   <si>
     <t>MEJIAS SEGURA MARVIN JESUS DEL SOCORRO</t>
   </si>
   <si>
     <t>CAMPOS CARVAJAL FLOR MARIA DEL CARMEN</t>
   </si>
   <si>
     <t>GUZMAN RAMIREZ OTTO EDUARDO DE JESUS</t>
   </si>
   <si>
     <t>LEON BENAVIDES ANTONIO GERARDO</t>
   </si>
   <si>
     <t>GARITA ESQUIVEL ELMER ASDRUBAL DEL SOCORRO</t>
   </si>
   <si>
     <t>CALVO RODRIGUEZ DULCE NOMBRE DE LA C</t>
   </si>
   <si>
     <t>VEGA AGUIRRE THELMA DE JESUS</t>
   </si>
   <si>
     <t>ROMERO MIRANDA ALEXANDER</t>
   </si>
   <si>
-    <t>CHACON ABARCA EDUARDO ALCIDES</t>
-[...1 lines deleted...]
-  <si>
     <t>RAMOS MUÑOZ MARIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>ULATE CAMBRONERO ALBERTO</t>
   </si>
   <si>
     <t>JIMENEZ CAMACHO YAMILETH</t>
   </si>
   <si>
     <t>SALAZAR ACUÑA RONALD</t>
   </si>
   <si>
     <t>ARROYO JIMENEZ GUISELLE</t>
   </si>
   <si>
     <t>GARCIA ALEMAN KEYLOR ANTONIO</t>
   </si>
   <si>
     <t>BORLOZ GOMEZ ELISA MARIA DE LA LUZ</t>
   </si>
   <si>
     <t>ROBLES FUENTES VICTOR MANUEL NICOLAS</t>
   </si>
   <si>
     <t>ANGULO BRENES BERTA FLOR DEL SOCORRO</t>
   </si>
   <si>
     <t>ABARCA MONTENEGRO DOLORES</t>
   </si>
   <si>
     <t>QUESADA SANCHEZ EFREN</t>
   </si>
   <si>
     <t>RIVERA CALVO FERNANDO</t>
   </si>
   <si>
-    <t>MARTINEZ SANCHEZ ENRIQUE</t>
-[...7 lines deleted...]
-  <si>
     <t>MATAMOROS BORLOZ ANA ISABEL</t>
   </si>
   <si>
     <t>CESPEDES CESPEDES FLORINDO GONZALO</t>
   </si>
   <si>
     <t>FERNANDEZ ZUÑIGA RODRIGO</t>
   </si>
   <si>
     <t>CORDERO GUTIERREZ ARNOLDO</t>
   </si>
   <si>
-    <t>QUESADA GARITA JOSE ANGEL</t>
-[...1 lines deleted...]
-  <si>
     <t>BARRANTES GAMBOA DIGNA</t>
   </si>
   <si>
     <t>AVILA VARGAS WALTER GERARDO</t>
   </si>
   <si>
     <t>CASTRO CALDERON MARGARITA</t>
   </si>
   <si>
     <t>MENA SANCHO RAMON ANTONIO</t>
   </si>
   <si>
     <t>TENORIO MOLINA GERARDO</t>
   </si>
   <si>
     <t>HERRERA LOAIZA ANA LORENA DE LOS ANGELES</t>
   </si>
   <si>
     <t>RAMOS UMAÑA ROYNER JESUS</t>
   </si>
   <si>
     <t>VILLALOBOS AURELIO SEGUNDO MARCO AURELIO ELPIDIO</t>
   </si>
   <si>
     <t>CHACON SOLARES JUAN RAFAEL</t>
   </si>
   <si>
     <t>ALVAREZ SABORIO RAFAELA URSULA DE MERCEDES</t>
   </si>
   <si>
     <t>OROZCO AVENDAÑO ALFREDO CARLOS ENRIQUE</t>
   </si>
   <si>
     <t>OVIEDO SALAS MICAELA CELESTINA</t>
   </si>
   <si>
-    <t>CHAVES CARVAJAL JENARO DE JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>SEGURA HERNANDEZ MARIA DORILA ZOILA</t>
   </si>
   <si>
     <t>VARGAS GUTIERREZ JOSEFA SILVIA</t>
   </si>
   <si>
     <t>BARQUERO MOREIRA MARGARITA OLIVA</t>
   </si>
   <si>
     <t>PANIAGUA MUÑOZ MIGUEL CESAR DEL SOCORRO</t>
   </si>
   <si>
     <t>MOREIRA MOREIRA MAURILIO RECAREDO DEL SOCORRO</t>
   </si>
   <si>
     <t>ZUMBADO MARTINEZ GREGORIO ISAIAS DE JESUS</t>
   </si>
   <si>
     <t>ARIAS HERRERA RAMON VICTOR MANUEL</t>
   </si>
   <si>
     <t>JARA CONTRERAS FRANCISCO REINALDO SIGIFREDO</t>
   </si>
   <si>
     <t>SALAZAR SALAZAR JOSE MARCO TULIO</t>
   </si>
   <si>
     <t>BRENES ALFARO AMADA ALBERTINA</t>
   </si>
   <si>
     <t>ZUÑIGA HERNANDEZ LUISA ISMAELA ALBERTINA</t>
   </si>
   <si>
     <t>SIN NOMBRE</t>
   </si>
   <si>
     <t>GUEVARA HERNANDEZ MARIA JOSEFA MICAELA FERMINA</t>
   </si>
   <si>
     <t>RODRIGUEZ ZUMBADO EDUARDO ROSARIO SOCORRO</t>
   </si>
   <si>
     <t>ARCE MURILLO ALICE EIDA JOSEFA</t>
   </si>
   <si>
     <t>MOYA LOPEZ ENRIQUE AMANDO DEL SOCORRO</t>
   </si>
   <si>
-    <t>ACOSTA RAMIREZ JOSE JOAQUIN DE LA ASUNCION</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMPOS QUESADA MARIA JUSTA DEL CARMEN</t>
   </si>
   <si>
     <t>GARITA ZUÑIGA JUAN BAUTISTA NOE DEL SOCORRO</t>
   </si>
   <si>
     <t>CHAVERRI HERNANDEZ ANA MARINA DE JESUS</t>
   </si>
   <si>
     <t>BONILLA RUIZ JOAQUIN MIGUEL ANGEL</t>
   </si>
   <si>
     <t>BOLAÑOS ALFARO MANUEL ENRIQUE DEL SOCORRO</t>
   </si>
   <si>
-    <t>CAMPOS VINDAS JUAN RAFAEL ROBERTO DE JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>BOLAÑOS VALERIO MARIA ALEJANDRINA DEL ROSARIO</t>
   </si>
   <si>
     <t>ALVARADO VARGAS PAULINO RAMON ENRIQUE</t>
   </si>
   <si>
     <t>BADILLA CHAVES LUIS RAMON DE JESUS</t>
   </si>
   <si>
     <t>ARGUEDAS CHAVERRI MANUEL DE JESUS ANTONIO</t>
   </si>
   <si>
     <t>CASTRO CAMPOS HERNAN RODOLFO DE JESUS</t>
   </si>
   <si>
     <t>RODRIGUEZ CAMPOS ELIGIO OSCAR DE LA TRINIDAD</t>
   </si>
   <si>
     <t>TREJOS TREJOS FERNANDO COSME DAMIAN</t>
   </si>
   <si>
     <t>CORDERO CARVAJAL MANUEL ANGEL DE JESUS</t>
   </si>
   <si>
     <t>SANCHEZ CHAVES JESUS ELISEO</t>
@@ -1490,254 +1373,224 @@
   <si>
     <t>ROJAS DELGADO MARIA</t>
   </si>
   <si>
     <t>BONILLA CORDOBA DELIA DEL CARMEN</t>
   </si>
   <si>
     <t>CALVO VARGAS JOSE AMADO</t>
   </si>
   <si>
     <t>VILLALOBOS RODRIGUEZ RAMON EDWIN ROGER</t>
   </si>
   <si>
     <t>HERNANDEZ GUTIERREZ ESPERANZA ANTONIA CARIDAD</t>
   </si>
   <si>
     <t>ARGUELLO BARRANTES MARIO CLAUDIO</t>
   </si>
   <si>
     <t>BADILLA CHAVES MARIA ESTER RAMONA</t>
   </si>
   <si>
     <t>CARVAJAL BADILLA MARIA RAMONA ORLINDA AMADA</t>
   </si>
   <si>
-    <t>LORIA OVARES FABIO ANTONIO</t>
-[...1 lines deleted...]
-  <si>
     <t>GONZALEZ SANCHEZ FABIO</t>
   </si>
   <si>
     <t>CORDERO GONZALEZ JESUS ANTONIO DANILO</t>
   </si>
   <si>
     <t>MIRANDA BRENES VIOLETA CARMEN NOEMI DE JESUS</t>
   </si>
   <si>
     <t>ARGUEDAS FUENTES SARAY YOLANDA DEL CARMEN</t>
   </si>
   <si>
     <t>ARROYO ARCE VICTOR MANUEL DE JESUS</t>
   </si>
   <si>
     <t>VIQUEZ ARGUEDAS EFRAIN FRANCISCO ASUNCION</t>
   </si>
   <si>
-    <t>CALIVA ALFARO ELENA BLANCA MANUELA</t>
-[...1 lines deleted...]
-  <si>
     <t>ZAMORA CHAVERRI JUANA EDITH DE JESUS</t>
   </si>
   <si>
     <t>ZAMORA FONSECA LUISA DORA ANGELA LIDILIA</t>
   </si>
   <si>
     <t>CAMPOS VARGAS MISAEL DANILO DE JESUS</t>
   </si>
   <si>
     <t>SOLANO SOLANO MARIA ANGELA</t>
   </si>
   <si>
     <t>GARITA RAMIREZ MIGUEL ANGEL</t>
   </si>
   <si>
     <t>BENAVIDES ZAMORA MERCEDES TERESA DE JESUS</t>
   </si>
   <si>
     <t>VARGAS NUÑEZ OVIDIO EFRAIN</t>
   </si>
   <si>
     <t>RAMIREZ CHAVARRIA FERNANDO DEL SOCORRO</t>
   </si>
   <si>
     <t>RODRIGUEZ CARBALLO RAMONA ZELMIRA</t>
   </si>
   <si>
     <t>ZUMBADO GONZALEZ EUGENIO TIMOTEO</t>
   </si>
   <si>
     <t>VIQUEZ VIQUEZ EDGAR EDWIN DEL SOCORRO</t>
   </si>
   <si>
     <t>ARGUEDAS CALVO MARIA LUISA</t>
   </si>
   <si>
     <t>SEGURA LOPEZ ASDRUBAL ANTONIO</t>
   </si>
   <si>
     <t>BOLAÑOS VILLEGAS ANTONIO BERNARDINO</t>
   </si>
   <si>
     <t>RODRIGUEZ BOLAÑOS AZAEL AGAPITO DE JESUS</t>
   </si>
   <si>
     <t>ALVARADO LEITON CARMEN MARIA ISABEL</t>
   </si>
   <si>
-    <t>LARA SOTO NIEVES ZULAY</t>
-[...1 lines deleted...]
-  <si>
     <t>BRENES CHAVES JUAN ENRIQUE SILVERIO</t>
   </si>
   <si>
     <t>ESQUIVEL RAMIREZ ARABELA EUGENIA</t>
   </si>
   <si>
     <t>ESCALANTE VEGA RODRIGO ANTONIO RAMON</t>
   </si>
   <si>
     <t>BENAVIDES HERNANDEZ VIRGILIO ASDRUBAL DEL CARMEN</t>
   </si>
   <si>
     <t>CHAVES ROJAS RODRIGO MANUEL DEL CARMEN</t>
   </si>
   <si>
     <t>RODRIGUEZ CHAVERRI OVELIO GUILLERMO TRINIDAD</t>
   </si>
   <si>
     <t>LEPIZ SALAZAR SOLEDAD BERTA LIA</t>
   </si>
   <si>
     <t>ALVAREZ VILLALOBOS MARIA LUISA SOCORRO</t>
   </si>
   <si>
-    <t>RAMOS PORRAS SARA HORTENCIA SOCORRO</t>
-[...1 lines deleted...]
-  <si>
     <t>PARREAGUIRRE JARA MARIO ANTONIO DE LA TRINIDAD</t>
   </si>
   <si>
     <t>LOAIZA GARRO JESUS OSCAR TRINIDAD</t>
   </si>
   <si>
     <t>BRENES ZAMORA JAIME WILLIAM OMAR</t>
   </si>
   <si>
     <t>ARAYA ZAMORA JESUS MARIA DEL SOCORRO</t>
   </si>
   <si>
     <t>ACOSTA ALVARADO GLADIS MARGARITA DOLORES</t>
   </si>
   <si>
     <t>HERNANDEZ HERNANDEZ MARIA RAMONA ETELGIVE</t>
   </si>
   <si>
-    <t>ARGUEDAS GUZMAN VICTOR MANUEL</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMPOS CARBALLO JOSE VICTOR MANUEL DE PIEDADES</t>
   </si>
   <si>
     <t>LEDEZMA GUZMAN JUAN LUIS CAYETANO DANILO</t>
   </si>
   <si>
-    <t>CARMONA MONTOYA ROSENDO JOSE RAMON</t>
-[...4 lines deleted...]
-  <si>
     <t>CHAVARRIA RAMIREZ MARIA TERESA DE JESUS</t>
   </si>
   <si>
     <t>ARCE RODRIGUEZ MARIA CRISTINA DE JESUS</t>
   </si>
   <si>
-    <t>ROJAS SANDOVAL MANUEL FRANCISCO DE JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>SANCHEZ VILLALOBOS AMALIA JOSEFA DE JESUS</t>
   </si>
   <si>
     <t>OROZCO VENEGAS BENEDICTO DE JESUS</t>
   </si>
   <si>
     <t>ARRIETA HERRERA SOCORRO GENOVEVA</t>
   </si>
   <si>
     <t>ULLOA RAMIREZ MORAIMA OLIVA FRANCISCA</t>
   </si>
   <si>
     <t>NUÑEZ LOBO OLIVER</t>
   </si>
   <si>
     <t>ARCE RODRIGUEZ ESMERALDA CLARA DE JESUS</t>
   </si>
   <si>
     <t>GUTIERREZ CORDERO ZULAY</t>
   </si>
   <si>
     <t>SAENZ RUIZ ALVARO NESTOR RAMON DE JESUS</t>
   </si>
   <si>
     <t>BOGANTES RAMIREZ ETELVINA CLAUDIA DEL SOCORRO</t>
   </si>
   <si>
     <t>VARELA SANCHEZ JOSE MANUEL</t>
   </si>
   <si>
     <t>GARCIA SEQUEIRA JOSE EDDIE VICTOR MANUEL</t>
   </si>
   <si>
-    <t>VILLALOBOS MIRANDA BERNARDO ANICETO</t>
-[...1 lines deleted...]
-  <si>
     <t>RODRIGUEZ ALVARADO BERNARDO</t>
   </si>
   <si>
     <t>SANCHEZ RAMIREZ DIGNA MARIA DEL SOCORRO</t>
   </si>
   <si>
     <t>ARCE VIQUEZ LEONARDO AMADO ELIGIO</t>
   </si>
   <si>
     <t>GARCIA LARA VIRGILIO FRANCISCO</t>
   </si>
   <si>
     <t>AGUILAR CAMPOS CARLOS LUIS</t>
   </si>
   <si>
     <t>ZAMORA BOLAÑOS ANIBAL OVIDIO  DE JESUS</t>
   </si>
   <si>
     <t>CAMPOS SOLANO ARACELY DE LOS ANGELES</t>
   </si>
   <si>
-    <t>LOBO LEPIZ MARGARITA</t>
-[...1 lines deleted...]
-  <si>
     <t>BOGANTES MIRANDA TERESA NORMA DE JESUS</t>
   </si>
   <si>
     <t>BOLAÑOS ALFARO CLAUDIO DEL SOCORRO</t>
   </si>
   <si>
     <t>GARCIA ANGULO MARIA DEL CARMEN DEL SOCORRO</t>
   </si>
   <si>
     <t>FAMILIA PEREZ CONTRERAS</t>
   </si>
   <si>
     <t>HERNANDEZ RAMIREZ EDITH CAYETANA DE LOS ANGELES</t>
   </si>
   <si>
     <t>OROZCO ALFARO NELLY MARGARITA</t>
   </si>
   <si>
     <t>SANCHEZ ULATE CARLOS LUIS</t>
   </si>
   <si>
     <t>MORALES BOLAÑOS ARISTIDES</t>
   </si>
   <si>
     <t>CHAVES CONTRERAS RAFAEL ANGEL</t>
@@ -1778,221 +1631,185 @@
   <si>
     <t>VEGA OROZCO GONZALO JOSE MANUEL DE JESUS</t>
   </si>
   <si>
     <t>TREJOS UGALDE EDGAR MAXIMILIANO DE JESUS</t>
   </si>
   <si>
     <t>LORIA CHAVERRI ALBA ROSA MARIA DEL SOCORRO</t>
   </si>
   <si>
     <t>RAMIREZ RAMIREZ VIRGINIA</t>
   </si>
   <si>
     <t>MEJIA CARVAJAL JESUS EDUARDO DEL CARMEN</t>
   </si>
   <si>
     <t>VARGAS MIRANDA EDUARDO EDGAR DEL SOCORRO</t>
   </si>
   <si>
     <t>ROJAS VIQUEZ JOSE EMILIANO</t>
   </si>
   <si>
     <t>CAMPOS ARRIETA EDITH MARIA DOLORES</t>
   </si>
   <si>
-    <t>CORRALES VILLALOBOS MANUEL FRANCISCO ROSENDO</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMPOS QUIROS MARIA DEL CARMEN ROSARIO</t>
   </si>
   <si>
     <t>CAMPOS MOREIRA AMABLE TRINIDAD DE JESUS</t>
   </si>
   <si>
     <t>RODRIGUEZ BENAVIDES MA. DE LOS ANGELES Y BENEF.</t>
   </si>
   <si>
     <t>RAMIREZ SANTAMARIA VIRGINIA TERESA</t>
   </si>
   <si>
     <t>CHACON RIVAS JORGE NICOLAS ANGEL</t>
   </si>
   <si>
-    <t>ARAYA GONZALEZ JOSE ANANIAS DE JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>VIQUEZ BOLAÑOS MARIA VIRGINIA RITA SOCORRO</t>
   </si>
   <si>
     <t>VEGA MENDEZ CECILIA</t>
   </si>
   <si>
     <t>SALAS MOYA ANGELA IRIS DEL SOCORRO</t>
   </si>
   <si>
     <t>ARCE CAMPOS AUREA VICTORIA DEL SOCORRO</t>
   </si>
   <si>
     <t>ALPIZAR GUTIERREZ ALEXIS DE JESUS</t>
   </si>
   <si>
     <t>VEGA ALVARADO PEDRO FRANCISCO ELADIO</t>
   </si>
   <si>
     <t>VIQUEZ UGALDE ORONTES MARCOS DEL SOCORRO</t>
   </si>
   <si>
     <t>GONZALEZ OROZCO RAFAEL ANGEL</t>
   </si>
   <si>
     <t>GARRO VALERIO MARIA EUGENIA ZELMIRA</t>
   </si>
   <si>
     <t>CARBALLO ARGUEDAS MARCO TULIO</t>
   </si>
   <si>
     <t>UGALDE PEREZ VIDAL EMIGDIO</t>
   </si>
   <si>
     <t>CAMPOS LUNA CARIDAD CLARA DEL SOCORRO</t>
   </si>
   <si>
     <t>SANCHEZ MOREIRA LUZ MARINA</t>
   </si>
   <si>
     <t>SEQUEIRA RAMIREZ WARNES FRANCISCO</t>
   </si>
   <si>
     <t>MENDEZ ARCE JUAN TRINIDAD SOCORRO DE JESUS</t>
   </si>
   <si>
     <t>LEPIZ JIMENEZ SHIRLEY VIRGINIA</t>
   </si>
   <si>
-    <t>VILLEGAS VILLEGAS MELBA</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAVES CHAVES IRMA BIENIVENIDA DEL SOCORRO</t>
   </si>
   <si>
     <t>HERNANDEZ JARA MARIA ANTONIA DEL CARMEN</t>
   </si>
   <si>
-    <t>SOLERA CORONADO MARIA CRISTINA FRANCISCA</t>
-[...1 lines deleted...]
-  <si>
     <t>ARAYA ZARATE LUIS MIGUEL DE JESUS</t>
   </si>
   <si>
     <t>CERDAS ARGUEDAS JUAN PEDRO DE LA TRINIDAD</t>
   </si>
   <si>
     <t>SANCHEZ RIVAS JOSE MARIA ANGEL</t>
   </si>
   <si>
     <t>SALAZAR LOUVIAU ANA LUCIA</t>
   </si>
   <si>
     <t>VILLALOBOS RAMIREZ OLGA</t>
   </si>
   <si>
     <t>SANCHEZ ARCE JORGE RAMON DE JESUS</t>
   </si>
   <si>
-    <t>VIQUEZ ROJAS BERNARDINA ISIONI DE JESUS</t>
-[...4 lines deleted...]
-  <si>
     <t>OROZCO FERNANDEZ PAULINO DANILO</t>
   </si>
   <si>
     <t>BOGANTES LOAIZA MARTA CECILIA</t>
   </si>
   <si>
-    <t>SEGURA RAMIREZ LEDA</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAVERRI MORA CLAUDIO</t>
   </si>
   <si>
-    <t>CAMACHO CHAVES GLADYS</t>
-[...1 lines deleted...]
-  <si>
     <t>RAMIREZ CAMBRONERO ANA MARIA</t>
   </si>
   <si>
     <t>SOLIS CHACON ADERITH LIDY DEL SOCORRO</t>
   </si>
   <si>
     <t>SAENZ CARBALLO MARIA ROSARIO DE LOS ANGELES</t>
   </si>
   <si>
     <t>VARGAS DELGADO ANTONIO ALFREDO</t>
   </si>
   <si>
     <t>CAMPOS RODRIGUEZ RODRIGO BLAS DE JESUS</t>
   </si>
   <si>
     <t>ARGUEDAS MONGE NURIA</t>
   </si>
   <si>
-    <t>ARAYA SALAS ZOILA ROSA DE MARIA</t>
-[...1 lines deleted...]
-  <si>
     <t>ARRIETA HERRERA MARIA EUGENIA CLAUDIA</t>
   </si>
   <si>
-    <t>SOLORZANO CAMBRONERO MARIA ISABEL</t>
-[...1 lines deleted...]
-  <si>
     <t>RAMIREZ CAMBRONERO FLORY LIGIA DEL SOCORRO</t>
   </si>
   <si>
     <t>SANCHEZ SALAZAR FELIX GUILERMO DEL CARMEN</t>
   </si>
   <si>
-    <t>BADILLA ARGUELLO JOSE CRISANTO</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMPOS SANCHEZ GRACE MARIA</t>
   </si>
   <si>
     <t>ORTIZ LEDEZMA BERNARDINO DE JESUS</t>
   </si>
   <si>
     <t>FONSECA MOYA MERLIN RAMON</t>
   </si>
   <si>
     <t>CHAVERRI SOTO DANILO</t>
   </si>
   <si>
-    <t>VALERIO OVIEDO CELINA DEL CARMEN</t>
-[...1 lines deleted...]
-  <si>
     <t>PRENDAS ARAYA GUILLERMO ENRIQUE DE JESUS</t>
   </si>
   <si>
     <t>ALFARO ZUÑIGA LUIS FERNANDO</t>
   </si>
   <si>
     <t>VALERIO SANCHEZ FRANCISCO JAVIER DE JESUS</t>
   </si>
   <si>
     <t>MONTERO RAMIREZ MARIA DEL CARMEN</t>
   </si>
   <si>
     <t>AZOFEIFA CAMACHO LUZ MARIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>CAMACHO MONDRAGON EUGENIA HAYDEE</t>
   </si>
   <si>
     <t>RODRIGUEZ GONZALEZ GERMAN</t>
   </si>
   <si>
     <t>VARGAS HERNANDEZ ERNESTINA AMALIA</t>
   </si>
   <si>
     <t>BERNINI RONDELLI MAGDA ADA DOLORES</t>
@@ -2009,53 +1826,50 @@
   <si>
     <t>VILCHEZ SANCHEZ CARMEN MARIA</t>
   </si>
   <si>
     <t>MONTERO VILLALOBOS JOSE LEODINO GERARDO</t>
   </si>
   <si>
     <t>ARCE ESQUIVEL CARLOS LUIS DE JESUS</t>
   </si>
   <si>
     <t>VILLALOBOS CHACON OLGA MARTA</t>
   </si>
   <si>
     <t>CAMPOS BOLAÑOS JUAN DE DIOS FERNANDO</t>
   </si>
   <si>
     <t>SOLIS CARMONA IMELDA ROSINA AUXILIO</t>
   </si>
   <si>
     <t>ROJAS VILLALOBOS GERARDO</t>
   </si>
   <si>
     <t>VIQUEZ ARGUEDAS MANUEL ANTONIO PIO DEL CARMEN</t>
   </si>
   <si>
-    <t>HIDALGO VEGA LUISA MARIA TERESA DEL SOCORRO</t>
-[...1 lines deleted...]
-  <si>
     <t>PEÑARANDA HERNANDEZ CARLOS LUIS</t>
   </si>
   <si>
     <t>CAMPOS LUNA MARIA DEL ROSARIO</t>
   </si>
   <si>
     <t>CAMPOS RODRIGUEZ GERARDO ANTONIO</t>
   </si>
   <si>
     <t>MONTERO BRENES MAYRA FRANCISCA</t>
   </si>
   <si>
     <t>GARITA LOPEZ MARIA TERESA BEATRIZ</t>
   </si>
   <si>
     <t>AVENDAÑO BALDIOCEDA MARIA LELIETH</t>
   </si>
   <si>
     <t>CAMACHO MONGE CARLOS LUIS DE JESUS</t>
   </si>
   <si>
     <t>ESQUIVEL CHAVES MARIO ANTONIO HERNAN</t>
   </si>
   <si>
     <t>QUESADA SAENZ MARIA ISABEL GERARDINA</t>
@@ -2096,188 +1910,149 @@
   <si>
     <t>ARRIETA VIQUEZ CARLOS ENRIQUE DEL SOCORRO</t>
   </si>
   <si>
     <t>AVENDAÑO HERRERA MANUEL ANGEL DEL CARMEN</t>
   </si>
   <si>
     <t>RAMOS BRENES CECILIA HILDA DEL SOCORRO</t>
   </si>
   <si>
     <t>VILCHEZ HERNANDEZ LUIS ALBERTO</t>
   </si>
   <si>
     <t>VARGAS CASTRO SANDRA MILAGRO MARIA</t>
   </si>
   <si>
     <t>LEON HERNANDEZ ANA VICTORIA</t>
   </si>
   <si>
     <t>PANIAGUA MENDEZ MARIA BELEN</t>
   </si>
   <si>
     <t>FAMILIA VEGA GARRO</t>
   </si>
   <si>
-    <t>BORBON VARGAS DOMINGO</t>
-[...7 lines deleted...]
-  <si>
     <t>SANCHEZ CHAVES JOSE ANTONIO</t>
   </si>
   <si>
     <t>RAMIREZ RAMIREZ JOSE ANGEL</t>
   </si>
   <si>
-    <t>LIZANO CALIVA MARIA EUGENIA</t>
-[...1 lines deleted...]
-  <si>
     <t>CORRALES SAENZ ALBERTO EDUARDO DEL CARMEN</t>
   </si>
   <si>
     <t>ARGUEDAS MENA GERARDO ENRIQUE DE JESUS</t>
   </si>
   <si>
     <t>BOLAÑOS VARGAS JOSE ANTONIO GERARDO</t>
   </si>
   <si>
     <t>VIQUEZ ARGUEDAS RODRIGO GREGORIO DEL SOCORRO</t>
   </si>
   <si>
     <t>CHAVES DELGADO CARLOS MANUEL DE LOS ANGELES</t>
   </si>
   <si>
-    <t>SOLIS MORALES SONIA ISABEL DE LOS ANGELES</t>
-[...1 lines deleted...]
-  <si>
     <t>SANCHEZ LIZANO MAYRA</t>
   </si>
   <si>
-    <t>MONGE VARGAS LUIS GUILLERMO DE JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>ORTEGA RIVAS JOSEFA DEL CARMEN</t>
   </si>
   <si>
     <t>HERNANDEZ RODRIGUEZ ANA ISABEL DEL CARMEN</t>
   </si>
   <si>
     <t>CAMPOS MENDEZ COLOMBINA ANTONIA ARMENIA</t>
   </si>
   <si>
     <t>HERRERA MURILLO MIGUEL ANGEL</t>
   </si>
   <si>
-    <t>ARCE CHACON SONIA MARIA</t>
-[...4 lines deleted...]
-  <si>
     <t>CAMACHO MONDRAGON RODRIGO ANTONIO DEL ROSARIO</t>
   </si>
   <si>
     <t>SOLIS ARGUEDAS RAUL ANTONIO DE LA TRINIDAD</t>
   </si>
   <si>
-    <t>CHACON CHACON MARTA EUGENIA DE LOS ANGELES</t>
-[...1 lines deleted...]
-  <si>
     <t>BARRANTES ALFARO MARIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>ALVARADO SANCHEZ ANA LUISA MARCELA</t>
   </si>
   <si>
     <t>VILLALOBOS CAMPOS HELVER GUILLERMO</t>
   </si>
   <si>
-    <t>CHAVES HERRERA LIGIA MAYELA</t>
-[...1 lines deleted...]
-  <si>
     <t>PORRAS MEJIAS CARLOS LUIS</t>
   </si>
   <si>
     <t>BERMUDEZ AGUILAR EMMANUEL DE JESUS</t>
   </si>
   <si>
     <t>OROZCO BOLAÑOS MARIO JUAN  GERARDO</t>
   </si>
   <si>
     <t>RAMIREZ LOPEZ MIRIAM MARIA</t>
   </si>
   <si>
-    <t>OROZCO BLANCO LUIS ANTONIO</t>
-[...1 lines deleted...]
-  <si>
     <t>MARIN BADILLA JUDITH ANA DE LA TRINIDAD</t>
   </si>
   <si>
     <t>CASCANTE BADILLA MARIA BERNARDA JOSEFA ANGELES</t>
   </si>
   <si>
     <t>MONTERO DIAZ VILMA SOFIA DE JESUS</t>
   </si>
   <si>
     <t>LEON OBALDIA MARIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>LOBO ROJAS LILI MARINA VERA DE JESUS</t>
   </si>
   <si>
     <t>CASTRO BONILLA LIGIA MARIA DE LOS ANGELES</t>
   </si>
   <si>
-    <t>ALFARO MEJIA RAFAEL</t>
-[...1 lines deleted...]
-  <si>
     <t>MURILLO CHAVES FERNANDO EUGENIO</t>
   </si>
   <si>
     <t>CASTELLON COTO LILLIANA</t>
   </si>
   <si>
     <t>ESQUIVEL ZAMORA MARIA JULIETA DE JESUS</t>
   </si>
   <si>
     <t>LEDEZMA ALFARO MARIO ALBERTO JOSE DE JESUS</t>
   </si>
   <si>
     <t>RAMIREZ CORRALES JUAN LUIS</t>
   </si>
   <si>
     <t>HERNANDEZ OVIEDO BENIGNA MAYELA DEL SOCORRO</t>
   </si>
   <si>
-    <t>VARGAS CAMPOS OVIDIO GERARDO</t>
-[...1 lines deleted...]
-  <si>
     <t>FERNANDEZ GRANADOS GILDA MARIA</t>
   </si>
   <si>
     <t>ARGUEDAS CORTES FLOR DE MARIA</t>
   </si>
   <si>
     <t>SEGURA GONZALEZ CARLOS ALBERTO</t>
   </si>
   <si>
     <t>CALDERON ROJAS MARIA ELENA</t>
   </si>
   <si>
     <t>OVIEDO CORTES NURIA MARIA</t>
   </si>
   <si>
     <t>MUÑOZ SALAS NAZIRA LILIANA</t>
   </si>
   <si>
     <t>CAMACHO JARA GERMAN ADRIAN DE LOS ANGELES</t>
   </si>
   <si>
     <t>SANCHEZ MOLINA LEDA YOLANDA</t>
   </si>
   <si>
     <t>SANCHEZ SANCHEZ EDUARDO</t>
@@ -2291,443 +2066,374 @@
   <si>
     <t>SANCHEZ AGUILAR RONALD FRANCISCO</t>
   </si>
   <si>
     <t>JIMENEZ ARCE ESTER SILVIA CASTULA</t>
   </si>
   <si>
     <t>VARGAS CAMPOS LUIS EDUARDO DEL SOCORRO</t>
   </si>
   <si>
     <t>ESPINOZA ALVARADO VICTOR JOSE DE SAN MARTIN</t>
   </si>
   <si>
     <t>RAMIREZ HERNANDEZ FLOR MARIA DEL SOCORRO</t>
   </si>
   <si>
     <t>BENAVIDES MURILLO ZAIDA MARIA</t>
   </si>
   <si>
     <t>ARGUEDAS CORTES MARGARITA GERARDINA SOCORRO</t>
   </si>
   <si>
     <t>ESQUIVEL CORTES IRMA MARIA DE JESUS</t>
   </si>
   <si>
-    <t>ARRIETA CAMPOS JORGE EDUARDO GERARDO</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAVES RODRIGUEZ MIRIAM</t>
   </si>
   <si>
     <t>PEREZ CHAVARRIA RODRIGO ALVARO DE JESUS</t>
   </si>
   <si>
     <t>CALDERON ARGUEDAS NOEMY LUCIA RAMONA</t>
   </si>
   <si>
-    <t>CAMACHO SOLANO MAURO ALBERTO</t>
-[...1 lines deleted...]
-  <si>
     <t>RAMIREZ AVENDAÑO FELIX ALBERTO</t>
   </si>
   <si>
     <t>ARAYA VARGAS YAMILETH AUXILIADORA</t>
   </si>
   <si>
     <t>HERNANDEZ DELGADO RAFAEL OLIVIER DE LA TRINIDAD</t>
   </si>
   <si>
     <t>BONILLA GONZALEZ AMELIA YADIRA DE LA CONCEPCIO</t>
   </si>
   <si>
     <t>RIVAS BADILLA MIGUEL</t>
   </si>
   <si>
     <t>DELGADO MOREIRA JOSE DOLORES</t>
   </si>
   <si>
     <t>ARGUEDAS QUESADA CLAUDIO ROBERTO</t>
   </si>
   <si>
     <t>GARRO VIQUEZ LUIS GDO.</t>
   </si>
   <si>
-    <t>MORERA UGALDE JOSE MANUEL DE LOS ANGELES</t>
-[...4 lines deleted...]
-  <si>
     <t>SALAS BONILLA MARIA ELENA DE LOS ANGELES</t>
   </si>
   <si>
     <t>DELGADO CARBALLO MARIA DE LOS ANGELES TRINIDAD</t>
   </si>
   <si>
     <t>RODRIGUEZ POVEDA HILDA MARIA</t>
   </si>
   <si>
     <t>GARITA SALMERON LUIS PAULINO</t>
   </si>
   <si>
     <t>RAMIREZ VARGAS BENJAMIN</t>
   </si>
   <si>
     <t>SANCHEZ VIQUEZ VICTOR MANUEL DE JESUS</t>
   </si>
   <si>
     <t>CAMACHO ALFARO FLORY CECILIA</t>
   </si>
   <si>
-    <t>CORDERO ZUÑIGA ENRIQUE ALBERTO</t>
-[...1 lines deleted...]
-  <si>
     <t>RAMIREZ GARRO JORGE ENRIQUE</t>
   </si>
   <si>
     <t>CALDERON MARIN AURORA ISABEL DE LA TRINIDAD</t>
   </si>
   <si>
     <t>DELGADO JARA HERNAN EDWIN DE JESUS</t>
   </si>
   <si>
-    <t>BENAVIDES OROZCO PEDRO FRANCISCO RAFAEL TOMAS</t>
-[...1 lines deleted...]
-  <si>
     <t>HERRERA UGALDE VIRGITA MARIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>RODRIGUEZ OROZCO SONIA GERARDINA</t>
   </si>
   <si>
     <t>ARAYA VILLALOBOS MARIA CRISTINA DE LOS ANGELES</t>
   </si>
   <si>
     <t>FERNANDEZ SANDOVAL MANUEL ANTONIO DE JESUS</t>
   </si>
   <si>
-    <t>AZOFEIFA CHAVES FLOR MARIA MATILDE</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMBRONERO HERRERA RAUL ANTONIO</t>
   </si>
   <si>
     <t>ROJAS VIQUEZ ARACELLY NIDIA</t>
   </si>
   <si>
     <t>CARBALLO ARGUEDAS JORGE LUIS</t>
   </si>
   <si>
     <t>GONZALEZ PRENDAS SERGIO EVELIO DE LOS ANGELES</t>
   </si>
   <si>
-    <t>VARGAS JARA MARVIN ALFREDO</t>
-[...1 lines deleted...]
-  <si>
     <t>BADILLA NUÑEZ MARIA BERNARDA</t>
   </si>
   <si>
     <t>HERRERA HERRERA MANUEL AUGUSTO</t>
   </si>
   <si>
     <t>VILLALOBOS VILLALOBOS GERARDO MARTIN DE JESUS</t>
   </si>
   <si>
     <t>BARQUERO CHAVES GILBERTO ANTONIO</t>
   </si>
   <si>
-    <t>SANCHEZ OROZCO ELADIO</t>
-[...1 lines deleted...]
-  <si>
     <t>RAMOS ALVAREZ ANA MARIA DE LA TRINIDAD</t>
   </si>
   <si>
     <t>CAMPOS ESPINOZA LIDIETH</t>
   </si>
   <si>
     <t>CAMACHO VARGAS XINIA</t>
   </si>
   <si>
     <t>ULATE GONZALEZ GEORGINA DE LA TRINIDAD</t>
   </si>
   <si>
     <t>ARROYO SANCHEZ MARIA DEL ROSARIO</t>
   </si>
   <si>
     <t>PORRAS VARGAS MARIA ISABEL CECILIA</t>
   </si>
   <si>
     <t>SOSA ARIAS DUNIA MARIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>MONGE MARIN HERMINIA MARIA DE LA TRINIDAD</t>
   </si>
   <si>
-    <t>MURILLO COREA MA. GABRIELA</t>
-[...1 lines deleted...]
-  <si>
     <t>QUIROS ESPINOZA ZORAIDA DEL CARMEN</t>
   </si>
   <si>
     <t>AVILES GUZMAN AXEL FRANCISCO</t>
   </si>
   <si>
     <t>LOPEZ VIQUEZ MAGDA MARIA DE JESUS</t>
   </si>
   <si>
     <t>HERRERA BRIZUELA MARIA ELENA DEL SOCORRO</t>
   </si>
   <si>
     <t>RUIZ CASTILLO LOURDES MARIA DE LA TRINIDAD</t>
   </si>
   <si>
     <t>BONILLA ROJAS ANA LUCIA</t>
   </si>
   <si>
     <t>MONTERO RODRIGUEZ PATRICIA MARIA</t>
   </si>
   <si>
     <t>HERNANDEZ PEREZ MARITZA</t>
   </si>
   <si>
     <t>ARROYO SANCHEZ MARIO ALBERTO DE LOS ANGELES</t>
   </si>
   <si>
     <t>ALVARADO SALAS YADIRA MARIA DE JESUS</t>
   </si>
   <si>
     <t>RAMIREZ SEGURA ISAIAS GERARDO</t>
   </si>
   <si>
     <t>SOTO FLORES NIDIA MARIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>GARCIA SOTO MARIANELA DE LOS ANGELES</t>
   </si>
   <si>
-    <t>BENAVIDES GUTIERREZ EUGENIA MARIA DE LOURDES</t>
-[...4 lines deleted...]
-  <si>
     <t>ARAYA HERRERA GUISSELLE YOLANDA</t>
   </si>
   <si>
     <t>CALVO SANCHEZ MARIO ALBERTO</t>
   </si>
   <si>
     <t>RODRIGUEZ VILLALOBOS MARIANELA</t>
   </si>
   <si>
     <t>ARAYA VILLALOBOS SONIA JOSEFA</t>
   </si>
   <si>
     <t>VALERIO OVIEDO MARIA MARLENE DE LA TRINIDAD</t>
   </si>
   <si>
     <t>MIRANDA SANCHEZ MARIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>ALVARADO MORA MARILU DEL CARMEN</t>
   </si>
   <si>
     <t>GONZALEZ VARGAS CARMEN MA</t>
   </si>
   <si>
     <t>CHAVES ESPINOZA MIGUEL ANGEL GERARDO</t>
   </si>
   <si>
     <t>SOLIS SANCHEZ MARITA DEL CARMEN</t>
   </si>
   <si>
     <t>ULATE ARGUEDAS CARLOS FRANCISCO</t>
   </si>
   <si>
     <t>ARIAS SEGURA GUILLERMO ANTONIO DE JESUS</t>
   </si>
   <si>
-    <t>MONTOYA OROZCO MARIA JEANNETTE</t>
-[...1 lines deleted...]
-  <si>
     <t>VINDAS CHAVES MARCO TULIO</t>
   </si>
   <si>
     <t>VARGAS ALVARADO MARIA ISABEL DE LOS ANGELES</t>
   </si>
   <si>
-    <t>ULATE CASTRO XINIA MARIA</t>
-[...1 lines deleted...]
-  <si>
     <t>ALFARO VARGAS JORGE ANTONIO</t>
   </si>
   <si>
     <t>GARITA HERNANDEZ CARMEN MARIA</t>
   </si>
   <si>
     <t>BARQUERO FONSECA ALBERTO</t>
   </si>
   <si>
     <t>RAMIREZ ALFARO HERMINIA MARIA</t>
   </si>
   <si>
     <t>GARCIA CAMPOS MANUEL ENRIQUE DE LA TRINIDAD</t>
   </si>
   <si>
     <t>SANCHEZ VIQUEZ MARIBEL DE LOURDES</t>
   </si>
   <si>
-    <t>PANTOJA GOMEZ MAYELA MARIA</t>
-[...1 lines deleted...]
-  <si>
     <t>CALDERON ESPINOZA ANTONIO FERNANDO</t>
   </si>
   <si>
     <t>VARGAS RAMIREZ HERNAN ALFONSO</t>
   </si>
   <si>
     <t>ARGUEDAS CORTES HILDA MARIA DEL SOCORRO</t>
   </si>
   <si>
-    <t>VALERIO RAMOS MARIA DEL CARMEN</t>
-[...7 lines deleted...]
-  <si>
     <t>SOTO CAMACHO MARIA DEL CARMEN</t>
   </si>
   <si>
     <t>EDUARTE RAMIREZ GRISEL AUXILIADORA</t>
   </si>
   <si>
     <t>UGALDE CARVAJAL FLOR DE MARIA</t>
   </si>
   <si>
     <t>BOLAÑOS ALFARO LUIS ALBERTO DE LA TRINIDAD</t>
   </si>
   <si>
-    <t>CAMPOS SOLANO RUTH MERY JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>RODRIGUEZ POVEDA VIRGINIA MARIA</t>
   </si>
   <si>
     <t>PARRA ROJAS CARMEN YOLANDA</t>
   </si>
   <si>
     <t>JARA BOGANTES FREDY GERARDO</t>
   </si>
   <si>
     <t>PANTOJA GOMEZ MARTHA EUGENIA</t>
   </si>
   <si>
     <t>AGUILAR RODRIGUEZ ANA LUCRECIA</t>
   </si>
   <si>
     <t>MEJIA SALAS JUAN CARLOS</t>
   </si>
   <si>
     <t>TRIGUEROS CHAVES JOSE LUIS</t>
   </si>
   <si>
     <t>CAMPOS SAENZ LIVIER MARIA DEL CARMEN</t>
   </si>
   <si>
     <t>BENAVIDES ROJAS ZAIDA</t>
   </si>
   <si>
-    <t>BENAVIDES BLANCO JOSE RODOLFO</t>
-[...1 lines deleted...]
-  <si>
     <t>CALDERON VIDAL MONICA</t>
   </si>
   <si>
     <t>ELIZONDO MORALES GRETTEL DE GUADALUPE</t>
   </si>
   <si>
     <t>CAMPOS CHAVES ROGER IGNACIO</t>
   </si>
   <si>
     <t>GARITA VILLALOBOS XINIA ISABEL DE LOS ANGELES</t>
   </si>
   <si>
     <t>LUNA ARCE CARLOS ENRIQUE DE LA TRINIDAD</t>
   </si>
   <si>
     <t>CAMPOS GOMEZ ANA CECILIA MARTIN DE JESUS</t>
   </si>
   <si>
     <t>SOLIS CAMPOS DOMINGO</t>
   </si>
   <si>
-    <t>ZAMORA CHAVES OLGA MARTA</t>
-[...1 lines deleted...]
-  <si>
     <t>VENEGAS FERNANDEZ RONALD MARTIN DE LA TRINIDAD</t>
   </si>
   <si>
     <t>RAMIREZ ESPINOZA JULIA YAMILETH MAYELA</t>
   </si>
   <si>
     <t>ZARATE SOLIS MARISOL DE LOS ANGELES</t>
   </si>
   <si>
     <t>SEGURA HERRERA MIGUEL HUMBERTO</t>
   </si>
   <si>
     <t>SALAS MORALES FELIPE ALBERTO DE MARTIN</t>
   </si>
   <si>
     <t>RUBIO CARMONA MARLENE MARGARITA</t>
   </si>
   <si>
     <t>DELGADO ROJAS HENIO JOSE DE GERARDO</t>
   </si>
   <si>
     <t>CAMBRONERO SEGURA KATTIA</t>
   </si>
   <si>
     <t>ALEJANDRO CAMACHO RUBI</t>
   </si>
   <si>
     <t>GONZALEZ SOLIS JUAN RAMON</t>
   </si>
   <si>
     <t>SANCHEZ MADRIGAL MARIA MAYELA DEL SOCORRO</t>
   </si>
   <si>
-    <t>VILLEGAS PACHECO KATTIA MARIA DE JESUS</t>
-[...4 lines deleted...]
-  <si>
     <t>VILCHEZ RAMIREZ KATTIA AUXILIADORA DE JESUS</t>
   </si>
   <si>
     <t>VILLALOBOS GARITA DANILO ENRIQUE DE JESUS</t>
   </si>
   <si>
     <t>CARBALLO HERRERA CARLOS MANUEL DE JESUS</t>
   </si>
   <si>
     <t>RAMOS ALVAREZ MARIANELA LILLIANA</t>
   </si>
   <si>
     <t>LUNA GUTIERREZ GEOVANNY DE LA TRINIDAD</t>
   </si>
   <si>
     <t>GARCIA BARRANTES ISMAEL DE JESUS</t>
   </si>
   <si>
     <t>VARGAS ULATE KATTIA AUXILIADORA</t>
   </si>
   <si>
     <t>PORRAS PEÑARANDA JUAN FRANCISCO</t>
   </si>
   <si>
     <t>CARBALLO RAMIREZ ALEX FRANCISCO</t>
@@ -2735,68 +2441,62 @@
   <si>
     <t>JOSE GERARDO MADRIGAL VARGAS</t>
   </si>
   <si>
     <t>BARRET GONZALEZ ALLAN ARTHUR</t>
   </si>
   <si>
     <t>ESQUIVEL MARIN LUISA MARIA</t>
   </si>
   <si>
     <t>AGUILAR OROZCO TERESITA GERARDA</t>
   </si>
   <si>
     <t>SANCHEZ BONILLA MARIA DEL ROCIO</t>
   </si>
   <si>
     <t>CALDERON MARIN GERARDO MANUEL ZACARIAS</t>
   </si>
   <si>
     <t>FERRETO SOLANO YORLENNY ISABEL</t>
   </si>
   <si>
     <t>AGUILAR ULATE MARIA DEL CARMEN</t>
   </si>
   <si>
-    <t>NUÑEZ SOLANO JAMES MAURICIO</t>
-[...1 lines deleted...]
-  <si>
     <t>ARGUEDAS CORTES LUIS ALBERTO</t>
   </si>
   <si>
     <t>GONZALEZ CARMONA MARLON ANDRES</t>
   </si>
   <si>
     <t>NARANJO CASCANTE RICARDO MANUEL</t>
   </si>
   <si>
     <t>BOLAÑOS ZAMORA MARIA VANESSA</t>
   </si>
   <si>
-    <t>CALDERON CARBALLO GISELLE DE LA TRINIDAD</t>
-[...1 lines deleted...]
-  <si>
     <t>BASTOS CHAVES LUZ YAMILETH</t>
   </si>
   <si>
     <t>MIRANDA BRENES MARCELA DE LOS ANGELES</t>
   </si>
   <si>
     <t>RAMIREZ POVEDA JUANITA MARIA</t>
   </si>
   <si>
     <t>ARCE GARITA JORLENY</t>
   </si>
   <si>
     <t>GARCIA CHACON MARIELOS DE LOS ANGELES</t>
   </si>
   <si>
     <t>SEGURA VARGAS ANDREA</t>
   </si>
   <si>
     <t>ARGUELLO VILLEGAS EDWIN GERARDO</t>
   </si>
   <si>
     <t>VIQUEZ MONGE GUSTAVO</t>
   </si>
   <si>
     <t>CHACON BARQUERO HECTOR RICARDO</t>
@@ -2822,101 +2522,89 @@
   <si>
     <t>MONTERO ESPINOZA ANA PATRICIA</t>
   </si>
   <si>
     <t>ARGUEDAS MIRANDA JENNIFFER MA.</t>
   </si>
   <si>
     <t>PALMA LEPIZ REINER MAURICIO</t>
   </si>
   <si>
     <t>CERVANTES BRICEÑO BERNARDITA MARIA</t>
   </si>
   <si>
     <t>CORTES GONZALEZ GABRIELA</t>
   </si>
   <si>
     <t>BONILLA VENEGAS BLADIMIR DE JESUS</t>
   </si>
   <si>
     <t>CHAVERRI MOLINA MARCOS VINICIO</t>
   </si>
   <si>
     <t>ARAYA MATA JOSHELYN VANESSA</t>
   </si>
   <si>
-    <t>ARRIETA GONZALEZ ALEJANDRA MARIA</t>
-[...1 lines deleted...]
-  <si>
     <t>MORA PRADO MANUEL HAIRO</t>
   </si>
   <si>
     <t>VALERIO SALAS YULISSA MARIA</t>
   </si>
   <si>
-    <t>LEITON PRADO RAUL ANTONIO</t>
-[...1 lines deleted...]
-  <si>
     <t>QUESADA CORTES LUIS ALEJANDRO</t>
   </si>
   <si>
     <t>ULATE CHAVES NORMAN DAVID</t>
   </si>
   <si>
     <t>MADRIGAL GONZALEZ JOHANA DE LOS ANGELES</t>
   </si>
   <si>
     <t>CASCANTE AGUERO SUSANA MARIA</t>
   </si>
   <si>
     <t>JAEN SAENZ KIMBERLY ADRIANA</t>
   </si>
   <si>
     <t>MORALES PEÑARANDA INGRID VANESSA</t>
   </si>
   <si>
     <t>ESTEFANI  MARIA  GONZALEZ  SIBAJA</t>
   </si>
   <si>
     <t>VENEGAS MATA ADRIAN JOSUE</t>
   </si>
   <si>
-    <t>HERNANDEZ ARRIETA EYLIN SUSANA</t>
-[...1 lines deleted...]
-  <si>
     <t>RAMIREZ AGUILAR KATHERINNE GRACIELA</t>
   </si>
   <si>
     <t>CARMONA RAMOS CHRISTIAN ALBERTO</t>
   </si>
   <si>
     <t>MORA SEGURA JAZMIN VALESCA</t>
   </si>
   <si>
-    <t>QUIÑONES GARITA ADRIANA MARIA</t>
-[...1 lines deleted...]
-  <si>
     <t>MATARRITA SEGURA RAQUEL FABIOLA</t>
   </si>
   <si>
     <t>HERRERA BRENES CARLOS JOSE</t>
   </si>
   <si>
     <t>MAROTO CHACON AYLIN TATIANA</t>
   </si>
   <si>
     <t>RODRIGUEZ JIMENEZ NANCY PAMELA</t>
   </si>
   <si>
     <t>MENDOZA CHACON CARLOS LUIS</t>
   </si>
   <si>
     <t>VEGA MURILLO CECILIA MARIA</t>
   </si>
   <si>
     <t>VILLALOBOS DIAZ ROSTLING DAYANA</t>
   </si>
   <si>
     <t>BOGANTES MATA MARIANA CELINA DE LOS ANGELES</t>
   </si>
   <si>
     <t>CORDERO ALVAREZ EBERTO</t>
@@ -2936,398 +2624,341 @@
   <si>
     <t>VILLALOBOS MADRIGAL BLANCA ROSA DEL CARMEN</t>
   </si>
   <si>
     <t>MATARRITA PEREZ SANTOS VERA</t>
   </si>
   <si>
     <t>JIMENEZ ALVAREZ MARIA</t>
   </si>
   <si>
     <t>MARTINEZ ORDOÑEZ OLGA MARTA LINA</t>
   </si>
   <si>
     <t>ARGUEDAS PORRAS NOEMI RAMONA</t>
   </si>
   <si>
     <t>DELGADO AGUILAR JUSTA ANA ISABEL</t>
   </si>
   <si>
     <t>JIMENEZ MUÑOZ HERMINIA</t>
   </si>
   <si>
     <t>PEREZ PEREZ JOSE EUGENIO</t>
   </si>
   <si>
-    <t>ROJAS GONZALEZ CARMEN NOEMY DE JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>ALFARO MEJIAS JORGE ARTURO DE JESUS</t>
   </si>
   <si>
     <t>RODRIGUEZ RODRIGUEZ MARIA ISABEL</t>
   </si>
   <si>
     <t>POVEDA LACAYO MARICELA</t>
   </si>
   <si>
     <t>ACEVEDO DIAZ FREDDY GDO</t>
   </si>
   <si>
     <t>PEREZ LOPEZ WILBER ALBERTO</t>
   </si>
   <si>
     <t>RODRIGUEZ BADILLA MARIO ALBERTO</t>
   </si>
   <si>
     <t>DELGADO HUERTAS EVANGELINA DE LA TRINIDAD</t>
   </si>
   <si>
     <t>MADRIGAL MADRIGAL MARIA ROSA DEL SOCORRO</t>
   </si>
   <si>
     <t>VILLALON FIGUEROA MARIA XENIA FELICIA</t>
   </si>
   <si>
-    <t>UMAÑA HERNANDEZ SECUNDINO DE JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>ROJAS GOMEZ MARIA TERESA DEL CARMEN</t>
   </si>
   <si>
     <t>DUARTE DUARTE AQUILINO FRANCISCO</t>
   </si>
   <si>
     <t>GONZALEZ AVILA ELSA MARIA DEL CARMEN</t>
   </si>
   <si>
     <t>CARMONA VILLEGAS MARA EMILCE DE JESUS</t>
   </si>
   <si>
-    <t>OCAMPO CARVAJAL FRANKLIN</t>
-[...4 lines deleted...]
-  <si>
     <t>GOMEZ AGUIRRE VIRGINIA RAMONA</t>
   </si>
   <si>
     <t>BONILLA SANDI ALBAN</t>
   </si>
   <si>
     <t>LEITON ALVAREZ VICTOR MANUEL</t>
   </si>
   <si>
-    <t>MENDOZA GOMEZ LILLIAM MARIA DEL CARMEN</t>
-[...1 lines deleted...]
-  <si>
     <t>SOMARRIBAS UMAÑA EDWIN JUSTINO</t>
   </si>
   <si>
     <t>ALVAREZ CASTRILLO MARIA DEL CARMEN</t>
   </si>
   <si>
     <t>TURCIOS CHAVERRI MARGARITA MARIA MAYELA</t>
   </si>
   <si>
     <t>PEREZ HERNANDEZ MARIA EUGENIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>QUINTERO GARCIA DANIEL</t>
   </si>
   <si>
     <t>SARMIENTO CAMPOS BLANCA ROSA</t>
   </si>
   <si>
-    <t>CUBERO CRUZ GERARDO ELI DEL CARMEN</t>
-[...1 lines deleted...]
-  <si>
     <t>SARMIENTO CAMPOS CARLOS MANUEL</t>
   </si>
   <si>
     <t>AGUIRRE CHAVES MARLENE CECILIA DE LA TRINIDAD</t>
   </si>
   <si>
     <t>CORDERO ZUÑIGA ANA LORENA DE LOS ANGELES</t>
   </si>
   <si>
-    <t>SALAS ARGUEDAS RAFAEL MARIA DEL SOCORRO</t>
-[...4 lines deleted...]
-  <si>
     <t>PATIÑO ROSALES JOSE JOAQUIN</t>
   </si>
   <si>
     <t>BUSTOS SALAS PEDRO JOSE</t>
   </si>
   <si>
     <t>MEJIAS VILLALOBOS CARLOS</t>
   </si>
   <si>
     <t>VALDELOMAR ESPINOZA ANALIA DE JESUS</t>
   </si>
   <si>
     <t>ESPINOZA MATARRITA LIONETH DE LOS ANGELES</t>
   </si>
   <si>
     <t>CHACON ZUÑIGA ALEX</t>
   </si>
   <si>
-    <t>SIBAJA CORDERO GLORIA DEL CARMEN</t>
-[...4 lines deleted...]
-  <si>
     <t>RODRIGUEZ HERNANDEZ JOSE ANTONIO</t>
   </si>
   <si>
     <t>LEIVA SANCHEZ ENEIDA</t>
   </si>
   <si>
     <t>LORIA ALVARADO ROSIBEL GERARDA</t>
   </si>
   <si>
     <t>CASTRO MONTES MARVIN</t>
   </si>
   <si>
     <t>CRUZ SANDI JHONDERTH</t>
   </si>
   <si>
     <t>CHACON SOLORZANO LUIS FRANCISCO</t>
   </si>
   <si>
     <t>BADILLA CHAMORRO NANCY VIVIANA</t>
   </si>
   <si>
     <t>DIAZ VARGAS WILLIAM ESTEBAN</t>
   </si>
   <si>
     <t>OROZCO BADILLA JOSE</t>
   </si>
   <si>
     <t>BRENES SALAS IDA MARIA</t>
   </si>
   <si>
     <t>ORTIZ SOLIS MARIA ELENA</t>
   </si>
   <si>
-    <t>LOBO UGALDE MARIA MAYELA DEL SOCORRO</t>
-[...1 lines deleted...]
-  <si>
     <t>ARAYA CHAVARRIA GUISELLE LILLIANA</t>
   </si>
   <si>
     <t>BARQUERO VEGA MIREYA MARIA MAYELA</t>
   </si>
   <si>
     <t>GUILLEN ULLOA EMILIO GERARDO</t>
   </si>
   <si>
     <t>RAMIREZ SILES VERA VIOLETA</t>
   </si>
   <si>
     <t>WILLIAMS UNFRIED SHANTHEL NAYARA</t>
   </si>
   <si>
     <t>HARRIS STONE JERROLYN CELESTINA</t>
   </si>
   <si>
     <t>VALERIO DAVILA STEPHANIE VIVIANA</t>
   </si>
   <si>
     <t>GARCIA GARCIA EDDIE</t>
   </si>
   <si>
     <t>SANDOVAL SANDOVAL MARIA DEL CARMEN</t>
   </si>
   <si>
     <t>LINARES LOPEZ MANUEL RAMON</t>
   </si>
   <si>
     <t>CUADRA CALERO ESTHER JULIA</t>
   </si>
   <si>
     <t>LEAL RUGAMA OLIVIA</t>
   </si>
   <si>
     <t>LOPEZ GOMEZ LILLIAM MARINA</t>
   </si>
   <si>
-    <t>DUARTE MONCADA VICTOR RICARDO</t>
-[...1 lines deleted...]
-  <si>
     <t>SOZA REYES XIOMARA DEL CARMEN</t>
   </si>
   <si>
     <t>JUAREZ SALGADO AUGUSTO SERVANDO</t>
   </si>
   <si>
     <t>REYNA RODRIGUEZ NARCISO LAZARO</t>
   </si>
   <si>
     <t>VASQUEZ ARAGON CAROLINA DEL SOCORRO</t>
   </si>
   <si>
     <t>CRUZ CRUZ CRISTHIAN DEYANIRA</t>
   </si>
   <si>
     <t>HERNANDEZ PACHECO JOHNNY JOSE DE JESUS</t>
   </si>
   <si>
-    <t>RODRIGUEZ QUESADA IGNACIO FERNANDO DE JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>ESPELETA LOBO IRENE ROSARIO DE JESUS</t>
   </si>
   <si>
     <t>SANCHEZ MUÑOZ PEDRO FRANCISCO</t>
   </si>
   <si>
     <t>PEREZ MADRIGAL JOSE FERNANDO DE JESUS</t>
   </si>
   <si>
     <t>RAMIREZ MADRIZ GLADYS TERESITA DEL CARMEN</t>
   </si>
   <si>
-    <t>CORDOBA ARIAS WILMER</t>
-[...1 lines deleted...]
-  <si>
     <t>SEGURA ACOSTA MARIA DEL CARMEN</t>
   </si>
   <si>
     <t>QUESADA MUÑOZ RAUL GERARDO</t>
   </si>
   <si>
     <t>FLORES CHAVES ANA ISABEL DE LOS ANGELES</t>
   </si>
   <si>
     <t>VARGAS CHAVERRI ABEL VICTOR MANUEL</t>
   </si>
   <si>
     <t>VARGAS SALAZAR WILSON ISIDRO</t>
   </si>
   <si>
     <t>MONTOYA RODRIGUEZ FABIO GERARDO</t>
   </si>
   <si>
     <t>ARRIETA SANCHEZ MARIA SOLEIDA DEL SOCORRO</t>
   </si>
   <si>
     <t>RODRIGUEZ QUESADA CARLOS MARIA</t>
   </si>
   <si>
     <t>BRENES AVENDAÑO ISMAEL RAMON RIGOBERTO</t>
   </si>
   <si>
     <t>AMADOR SAMUELS MARCELA DEL CARMEN</t>
   </si>
   <si>
-    <t>CORRALES DELGADO ALBANIA MARIA DE LOS ANGELES</t>
-[...1 lines deleted...]
-  <si>
     <t>RAMIREZ VILLEGAS ALBERTO</t>
   </si>
   <si>
     <t>SANDOVAL GONZALEZ NORMA IRIS DEL SOCORRO</t>
   </si>
   <si>
     <t>MUÑOZ MENDEZ PORFIRIO ANTONIO</t>
   </si>
   <si>
-    <t>TREJOS BENAVIDES ANA FRANCINE</t>
-[...1 lines deleted...]
-  <si>
     <t>LUNA EDUARTE ANA CECILIA</t>
   </si>
   <si>
     <t>SEGURA SANCHO OSCAR LUIS DE LA TRINIDAD</t>
   </si>
   <si>
     <t>VIQUEZ UGALDE ROBERTO ANTONIO GREGORIO</t>
   </si>
   <si>
-    <t>VARGAS RAMIREZ MARIA CECILIA</t>
-[...1 lines deleted...]
-  <si>
     <t>GOMEZ VARGAS GILBERT ADONAY</t>
   </si>
   <si>
     <t>LAMAS JAEN DORA MARINA</t>
   </si>
   <si>
     <t>SOLANO MASIS MARLENE</t>
   </si>
   <si>
-    <t>HERRERA VARGAS GEMA MARIA</t>
-[...1 lines deleted...]
-  <si>
     <t>GARITA MENA MARIO ALBERTO</t>
   </si>
   <si>
     <t>ARGUEDAS MURILLO SONIA</t>
   </si>
   <si>
     <t>ZAMORA BRENES VILMA EUGENIA MAYELA</t>
   </si>
   <si>
     <t>BONILLA CHAVES NURY LEONOR</t>
   </si>
   <si>
     <t>CAMPOS LOPEZ CLARIBEL</t>
   </si>
   <si>
     <t>ARCE PEREZ HORACIO</t>
   </si>
   <si>
     <t>GARITA QUIROS VILMA MAYELA</t>
   </si>
   <si>
     <t>CORRALES CAMPOS LEONARDO</t>
   </si>
   <si>
     <t>RAMIREZ SEGURA MARTA GUISELLE</t>
   </si>
   <si>
     <t>CHAVES VALERIO JORGE LUIS</t>
   </si>
   <si>
     <t>SOLERA OREAMUNO JUAN MARIA</t>
   </si>
   <si>
     <t>ESPINOZA FONSECA ANGIE</t>
   </si>
   <si>
     <t>BALCITA BALCITA HELEN</t>
   </si>
   <si>
-    <t>JESSICA MIRANDA VILLALOBOS</t>
-[...1 lines deleted...]
-  <si>
     <t>RAMIREZ PEREZ ADRIAN</t>
   </si>
   <si>
     <t>MONGE SOLORZANO MARIA ANTONIA</t>
   </si>
   <si>
     <t>JIMENEZ MANUEL ANTONIO</t>
   </si>
   <si>
     <t>MERCADO AGUILAR ALBERTINA DEL SOCORRO</t>
   </si>
   <si>
     <t>CABEZAS BOZA CARMEN</t>
   </si>
   <si>
     <t>MORAGA ACOSTA TOMASA DEL SOCORRO</t>
   </si>
   <si>
     <t>CANO MAYORGA BERTA</t>
   </si>
   <si>
     <t>OROZCO OBANDO MIREYA</t>
   </si>
   <si>
     <t>CANDIDA ROSA PAVON</t>
@@ -3377,50 +3008,56 @@
   <si>
     <t>AJAX JOSE RIVERA JARQUIN</t>
   </si>
   <si>
     <t>GALEANO ROSTRAN JOSE ANTONIO</t>
   </si>
   <si>
     <t>VALLE ROBLETO MARIA GABRIELA</t>
   </si>
   <si>
     <t>CEDEÑO SERVITAD ANTONIO JOSE</t>
   </si>
   <si>
     <t>GONZALEZ OSORIO EMILENIA DEL CARMEN</t>
   </si>
   <si>
     <t>RAMIREZ CORTES ESEQUIEL Y LASTENIA</t>
   </si>
   <si>
     <t>ARCE VARGAS EDGAR</t>
   </si>
   <si>
     <t>MURILLO UGALDE ROGELIO y FAM.</t>
   </si>
   <si>
+    <t>PANIAGUA MUÑOZ MIGUEL</t>
+  </si>
+  <si>
+    <t>26115FALLECIDA</t>
+  </si>
+  <si>
     <t>HERNANDEZ VARGAS EDUVIGES</t>
   </si>
   <si>
     <t>HERRERA VARGAS DE DIAZ CECILIA</t>
   </si>
   <si>
     <t>MEZA SOSA HILDA DE LOS ANGELES</t>
   </si>
   <si>
     <t>ASOCIACION PRO ATENCION DE ANCIANOS DE HEREDIA</t>
   </si>
   <si>
     <t>GAMBOA PANIAGUA LUZ BETINA y FAM.</t>
   </si>
   <si>
     <t>HERNANDEZ PALMA DINORA</t>
   </si>
   <si>
     <t>MIMOPO SETENTA S. A.</t>
   </si>
   <si>
     <t>GRUPO FAMILIA SOTO VIQUEZ S.A</t>
   </si>
   <si>
     <t>GARITA HERNANDEZ MIGUEL</t>
@@ -3428,51 +3065,51 @@
   <si>
     <t>QUESADA HERRERA MARIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>CAPUANO YANNIELLO GIOVANNA</t>
   </si>
   <si>
     <t>ROJAS BOLAÑOS MA. LUISA</t>
   </si>
   <si>
     <t>ZAMORA GONZALEZ MANUEL JOSE</t>
   </si>
   <si>
     <t>REYES ESPINOZA NELSAN</t>
   </si>
   <si>
     <t>PENDIENTE</t>
   </si>
   <si>
     <t>JUDICIAL</t>
   </si>
   <si>
     <t>ADMINISTRATIVO</t>
   </si>
   <si>
-    <t>ESTUDIO</t>
+    <t xml:space="preserve">ESTUDIO </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -3751,22830 +3388,21038 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D1626"/>
+  <dimension ref="A1:D1498"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D2" sqref="D2:D1626"/>
+      <selection activeCell="D2" sqref="D2:D1498"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="51.7109375" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="18.42578125" customWidth="1"/>
+    <col min="1" max="1" width="39.5703125" customWidth="1"/>
+    <col min="2" max="2" width="18.42578125" customWidth="1"/>
+    <col min="3" max="3" width="12.5703125" customWidth="1"/>
+    <col min="4" max="4" width="19.7109375" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>9</v>
       </c>
       <c r="D2" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3">
         <v>14</v>
       </c>
       <c r="D3" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4">
         <v>4</v>
       </c>
       <c r="D4" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6">
         <v>2</v>
       </c>
       <c r="D6" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8">
         <v>26045</v>
       </c>
       <c r="C8">
         <v>4</v>
       </c>
       <c r="D8" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9">
         <v>3726</v>
       </c>
       <c r="C9">
-        <v>98</v>
+        <v>5</v>
       </c>
       <c r="D9" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10">
         <v>3726</v>
       </c>
       <c r="C10">
-        <v>5</v>
+        <v>98</v>
       </c>
       <c r="D10" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>12</v>
       </c>
       <c r="B11">
         <v>3940</v>
       </c>
       <c r="C11">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D11" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12">
         <v>3940</v>
       </c>
       <c r="C12">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D12" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13">
         <v>4601</v>
       </c>
       <c r="C13">
         <v>1</v>
       </c>
       <c r="D13" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14">
         <v>6020</v>
       </c>
       <c r="C14">
         <v>3</v>
       </c>
       <c r="D14" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
         <v>15</v>
       </c>
       <c r="B15">
         <v>7571</v>
       </c>
       <c r="C15">
-        <v>4</v>
+        <v>31</v>
       </c>
       <c r="D15" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>15</v>
       </c>
       <c r="B16">
         <v>7571</v>
       </c>
       <c r="C16">
-        <v>31</v>
+        <v>4</v>
       </c>
       <c r="D16" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
         <v>16</v>
       </c>
       <c r="B17">
         <v>10190</v>
       </c>
       <c r="C17">
         <v>5</v>
       </c>
       <c r="D17" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18">
         <v>10190</v>
       </c>
       <c r="C18">
         <v>27</v>
       </c>
       <c r="D18" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
         <v>17</v>
       </c>
       <c r="B19">
         <v>10970</v>
       </c>
       <c r="C19">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D19" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>17</v>
       </c>
       <c r="B20">
         <v>10970</v>
       </c>
       <c r="C20">
         <v>4</v>
       </c>
       <c r="D20" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21">
         <v>13321</v>
       </c>
       <c r="C21">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="D21" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
         <v>18</v>
       </c>
       <c r="B22">
         <v>13321</v>
       </c>
       <c r="C22">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D22" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
         <v>19</v>
       </c>
       <c r="B23">
         <v>14347</v>
       </c>
       <c r="C23">
         <v>3</v>
       </c>
       <c r="D23" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>20</v>
       </c>
       <c r="B24">
         <v>14488</v>
       </c>
       <c r="C24">
-        <v>5</v>
+        <v>42</v>
       </c>
       <c r="D24" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
         <v>20</v>
       </c>
       <c r="B25">
         <v>14488</v>
       </c>
       <c r="C25">
-        <v>42</v>
+        <v>5</v>
       </c>
       <c r="D25" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
         <v>21</v>
       </c>
       <c r="B26">
         <v>14497</v>
       </c>
       <c r="C26">
         <v>1</v>
       </c>
       <c r="D26" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>22</v>
       </c>
       <c r="B27">
         <v>14711</v>
       </c>
       <c r="C27">
         <v>3</v>
       </c>
       <c r="D27" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>23</v>
       </c>
       <c r="B28">
         <v>14712</v>
       </c>
       <c r="C28">
-        <v>5</v>
+        <v>58</v>
       </c>
       <c r="D28" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
         <v>23</v>
       </c>
       <c r="B29">
         <v>14712</v>
       </c>
       <c r="C29">
-        <v>58</v>
+        <v>5</v>
       </c>
       <c r="D29" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>24</v>
       </c>
       <c r="B30">
         <v>14726</v>
       </c>
       <c r="C30">
         <v>3</v>
       </c>
       <c r="D30" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>25</v>
       </c>
       <c r="B31">
         <v>14729</v>
       </c>
       <c r="C31">
         <v>7</v>
       </c>
       <c r="D31" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>25</v>
       </c>
       <c r="B32">
         <v>14729</v>
       </c>
       <c r="C32">
         <v>4</v>
       </c>
       <c r="D32" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>26</v>
       </c>
       <c r="B33">
         <v>14750</v>
       </c>
       <c r="C33">
-        <v>4</v>
+        <v>67</v>
       </c>
       <c r="D33" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>26</v>
       </c>
       <c r="B34">
         <v>14750</v>
       </c>
       <c r="C34">
-        <v>67</v>
+        <v>4</v>
       </c>
       <c r="D34" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>27</v>
       </c>
       <c r="B35">
         <v>15114</v>
       </c>
       <c r="C35">
         <v>1</v>
       </c>
       <c r="D35" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
         <v>28</v>
       </c>
       <c r="B36">
         <v>17671</v>
       </c>
       <c r="C36">
-        <v>43</v>
+        <v>4</v>
       </c>
       <c r="D36" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>28</v>
       </c>
       <c r="B37">
         <v>17671</v>
       </c>
       <c r="C37">
-        <v>4</v>
+        <v>43</v>
       </c>
       <c r="D37" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
         <v>29</v>
       </c>
       <c r="B38">
         <v>17691</v>
       </c>
       <c r="C38">
         <v>95</v>
       </c>
       <c r="D38" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>29</v>
       </c>
       <c r="B39">
         <v>17691</v>
       </c>
       <c r="C39">
         <v>4</v>
       </c>
       <c r="D39" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
         <v>30</v>
       </c>
       <c r="B40">
         <v>17753</v>
       </c>
       <c r="C40">
-        <v>4</v>
+        <v>111</v>
       </c>
       <c r="D40" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>30</v>
       </c>
       <c r="B41">
         <v>17753</v>
       </c>
       <c r="C41">
-        <v>111</v>
+        <v>4</v>
       </c>
       <c r="D41" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
         <v>31</v>
       </c>
       <c r="B42">
-        <v>18401</v>
+        <v>18611</v>
       </c>
       <c r="C42">
         <v>3</v>
       </c>
       <c r="D42" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
         <v>32</v>
       </c>
       <c r="B43">
-        <v>18611</v>
+        <v>24286</v>
       </c>
       <c r="C43">
-        <v>3</v>
+        <v>106</v>
       </c>
       <c r="D43" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B44">
         <v>24286</v>
       </c>
       <c r="C44">
         <v>5</v>
       </c>
       <c r="D44" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
         <v>33</v>
       </c>
       <c r="B45">
-        <v>24286</v>
+        <v>24310</v>
       </c>
       <c r="C45">
-        <v>106</v>
+        <v>27</v>
       </c>
       <c r="D45" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B46">
         <v>24310</v>
       </c>
       <c r="C46">
-        <v>27</v>
+        <v>4</v>
       </c>
       <c r="D46" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
         <v>34</v>
       </c>
       <c r="B47">
-        <v>24310</v>
+        <v>24312</v>
       </c>
       <c r="C47">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D47" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
         <v>35</v>
       </c>
       <c r="B48">
-        <v>24312</v>
+        <v>24319</v>
       </c>
       <c r="C48">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D48" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B49">
         <v>24319</v>
       </c>
       <c r="C49">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D49" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
         <v>36</v>
       </c>
       <c r="B50">
-        <v>24319</v>
+        <v>24341</v>
       </c>
       <c r="C50">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D50" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
         <v>37</v>
       </c>
       <c r="B51">
-        <v>24341</v>
+        <v>24358</v>
       </c>
       <c r="C51">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D51" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B52">
         <v>24358</v>
       </c>
       <c r="C52">
-        <v>4</v>
+        <v>107</v>
       </c>
       <c r="D52" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
         <v>38</v>
       </c>
       <c r="B53">
-        <v>24358</v>
+        <v>24369</v>
       </c>
       <c r="C53">
-        <v>107</v>
+        <v>4</v>
       </c>
       <c r="D53" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
         <v>39</v>
       </c>
       <c r="B54">
-        <v>24369</v>
+        <v>24376</v>
       </c>
       <c r="C54">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D54" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B55">
         <v>24376</v>
       </c>
       <c r="C55">
         <v>106</v>
       </c>
       <c r="D55" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
         <v>40</v>
       </c>
       <c r="B56">
-        <v>24376</v>
+        <v>24379</v>
       </c>
       <c r="C56">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="D56" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B57">
         <v>24379</v>
       </c>
       <c r="C57">
-        <v>23</v>
+        <v>16</v>
       </c>
       <c r="D57" t="s">
-        <v>1133</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
         <v>41</v>
       </c>
       <c r="B58">
-        <v>24379</v>
+        <v>24389</v>
       </c>
       <c r="C58">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="D58" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
         <v>42</v>
       </c>
       <c r="B59">
-        <v>24388</v>
+        <v>24400</v>
       </c>
       <c r="C59">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="D59" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
         <v>42</v>
       </c>
       <c r="B60">
-        <v>24388</v>
+        <v>24400</v>
       </c>
       <c r="C60">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="D60" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
         <v>43</v>
       </c>
       <c r="B61">
-        <v>24389</v>
+        <v>24622</v>
       </c>
       <c r="C61">
-        <v>3</v>
+        <v>118</v>
       </c>
       <c r="D61" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B62">
-        <v>24400</v>
+        <v>24622</v>
       </c>
       <c r="C62">
-        <v>24</v>
+        <v>5</v>
       </c>
       <c r="D62" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
         <v>44</v>
       </c>
       <c r="B63">
-        <v>24400</v>
+        <v>24641</v>
       </c>
       <c r="C63">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="D63" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
         <v>45</v>
       </c>
       <c r="B64">
-        <v>24622</v>
+        <v>24671</v>
       </c>
       <c r="C64">
-        <v>118</v>
+        <v>3</v>
       </c>
       <c r="D64" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="65" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>45</v>
+        <v>46</v>
       </c>
       <c r="B65">
-        <v>24622</v>
+        <v>24694</v>
       </c>
       <c r="C65">
-        <v>5</v>
+        <v>25</v>
       </c>
       <c r="D65" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>46</v>
+        <v>47</v>
       </c>
       <c r="B66">
-        <v>24641</v>
+        <v>24699</v>
       </c>
       <c r="C66">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D66" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="67" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>47</v>
+        <v>48</v>
       </c>
       <c r="B67">
-        <v>24671</v>
+        <v>24756</v>
       </c>
       <c r="C67">
-        <v>3</v>
+        <v>39</v>
       </c>
       <c r="D67" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>48</v>
+        <v>49</v>
       </c>
       <c r="B68">
-        <v>24694</v>
+        <v>24771</v>
       </c>
       <c r="C68">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="D68" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="69" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
         <v>49</v>
       </c>
       <c r="B69">
-        <v>24699</v>
+        <v>24771</v>
       </c>
       <c r="C69">
-        <v>3</v>
+        <v>52</v>
       </c>
       <c r="D69" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="70" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
         <v>50</v>
       </c>
       <c r="B70">
-        <v>24756</v>
+        <v>24858</v>
       </c>
       <c r="C70">
-        <v>35</v>
+        <v>7</v>
       </c>
       <c r="D70" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
         <v>50</v>
       </c>
       <c r="B71">
-        <v>24756</v>
+        <v>24858</v>
       </c>
       <c r="C71">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D71" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="72" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
         <v>51</v>
       </c>
       <c r="B72">
-        <v>24771</v>
+        <v>24866</v>
       </c>
       <c r="C72">
-        <v>52</v>
+        <v>26</v>
       </c>
       <c r="D72" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="73" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
         <v>51</v>
       </c>
       <c r="B73">
-        <v>24771</v>
+        <v>24866</v>
       </c>
       <c r="C73">
         <v>4</v>
       </c>
       <c r="D73" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="74" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
         <v>52</v>
       </c>
       <c r="B74">
-        <v>24858</v>
+        <v>24870</v>
       </c>
       <c r="C74">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D74" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="75" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
         <v>52</v>
       </c>
       <c r="B75">
-        <v>24858</v>
+        <v>24870</v>
       </c>
       <c r="C75">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D75" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="76" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
         <v>53</v>
       </c>
       <c r="B76">
-        <v>24866</v>
+        <v>24873</v>
       </c>
       <c r="C76">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D76" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="77" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B77">
-        <v>24866</v>
+        <v>24881</v>
       </c>
       <c r="C77">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="D77" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
         <v>54</v>
       </c>
       <c r="B78">
-        <v>24870</v>
+        <v>24881</v>
       </c>
       <c r="C78">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="D78" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
-        <v>54</v>
+        <v>55</v>
       </c>
       <c r="B79">
-        <v>24870</v>
+        <v>24922</v>
       </c>
       <c r="C79">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="D79" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="80" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
         <v>55</v>
       </c>
       <c r="B80">
-        <v>24873</v>
+        <v>24922</v>
       </c>
       <c r="C80">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D80" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="81" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
         <v>56</v>
       </c>
       <c r="B81">
-        <v>24881</v>
+        <v>25025</v>
       </c>
       <c r="C81">
-        <v>50</v>
+        <v>3</v>
       </c>
       <c r="D81" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="82" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B82">
-        <v>24881</v>
+        <v>25074</v>
       </c>
       <c r="C82">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D82" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="83" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
         <v>57</v>
       </c>
       <c r="B83">
-        <v>24895</v>
+        <v>25074</v>
       </c>
       <c r="C83">
-        <v>1</v>
+        <v>51</v>
       </c>
       <c r="D83" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="84" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
         <v>58</v>
       </c>
       <c r="B84">
-        <v>24922</v>
+        <v>25083</v>
       </c>
       <c r="C84">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="D84" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="85" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
         <v>58</v>
       </c>
       <c r="B85">
-        <v>24922</v>
+        <v>25083</v>
       </c>
       <c r="C85">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D85" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="86" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
         <v>59</v>
       </c>
       <c r="B86">
-        <v>25025</v>
+        <v>25106</v>
       </c>
       <c r="C86">
-        <v>3</v>
+        <v>103</v>
       </c>
       <c r="D86" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="87" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
-        <v>60</v>
+        <v>59</v>
       </c>
       <c r="B87">
-        <v>25074</v>
+        <v>25106</v>
       </c>
       <c r="C87">
-        <v>51</v>
+        <v>4</v>
       </c>
       <c r="D87" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="88" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
         <v>60</v>
       </c>
       <c r="B88">
-        <v>25074</v>
+        <v>2513</v>
       </c>
       <c r="C88">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D88" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="89" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
         <v>61</v>
       </c>
       <c r="B89">
-        <v>25083</v>
+        <v>25268</v>
       </c>
       <c r="C89">
-        <v>32</v>
+        <v>3</v>
       </c>
       <c r="D89" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="90" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
         <v>61</v>
       </c>
       <c r="B90">
-        <v>25083</v>
+        <v>25268</v>
       </c>
       <c r="C90">
-        <v>3</v>
+        <v>32</v>
       </c>
       <c r="D90" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="91" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
         <v>62</v>
       </c>
       <c r="B91">
-        <v>25106</v>
+        <v>25271</v>
       </c>
       <c r="C91">
-        <v>4</v>
+        <v>67</v>
       </c>
       <c r="D91" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="92" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
         <v>62</v>
       </c>
       <c r="B92">
-        <v>25106</v>
+        <v>25271</v>
       </c>
       <c r="C92">
-        <v>103</v>
+        <v>4</v>
       </c>
       <c r="D92" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="93" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
         <v>63</v>
       </c>
       <c r="B93">
-        <v>2513</v>
+        <v>25283</v>
       </c>
       <c r="C93">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D93" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="94" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
         <v>64</v>
       </c>
       <c r="B94">
-        <v>25268</v>
+        <v>25291</v>
       </c>
       <c r="C94">
-        <v>32</v>
+        <v>2</v>
       </c>
       <c r="D94" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="95" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
         <v>64</v>
       </c>
       <c r="B95">
-        <v>25268</v>
+        <v>25291</v>
       </c>
       <c r="C95">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="D95" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="96" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
         <v>65</v>
       </c>
       <c r="B96">
-        <v>25271</v>
+        <v>25379</v>
       </c>
       <c r="C96">
-        <v>67</v>
+        <v>3</v>
       </c>
       <c r="D96" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="97" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
         <v>65</v>
       </c>
       <c r="B97">
-        <v>25271</v>
+        <v>25379</v>
       </c>
       <c r="C97">
         <v>4</v>
       </c>
       <c r="D97" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="98" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
         <v>66</v>
       </c>
       <c r="B98">
-        <v>25283</v>
+        <v>25416</v>
       </c>
       <c r="C98">
-        <v>1</v>
+        <v>50</v>
       </c>
       <c r="D98" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="99" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
-        <v>67</v>
+        <v>66</v>
       </c>
       <c r="B99">
-        <v>25291</v>
+        <v>25416</v>
       </c>
       <c r="C99">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="D99" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="100" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
         <v>67</v>
       </c>
       <c r="B100">
-        <v>25291</v>
+        <v>25470</v>
       </c>
       <c r="C100">
-        <v>2</v>
+        <v>39</v>
       </c>
       <c r="D100" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="101" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>68</v>
+        <v>67</v>
       </c>
       <c r="B101">
-        <v>25379</v>
+        <v>25470</v>
       </c>
       <c r="C101">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D101" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="102" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
         <v>68</v>
       </c>
       <c r="B102">
-        <v>25379</v>
+        <v>25483</v>
       </c>
       <c r="C102">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D102" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="103" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>69</v>
+        <v>68</v>
       </c>
       <c r="B103">
-        <v>25416</v>
+        <v>25483</v>
       </c>
       <c r="C103">
-        <v>50</v>
+        <v>56</v>
       </c>
       <c r="D103" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="104" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
         <v>69</v>
       </c>
       <c r="B104">
-        <v>25416</v>
+        <v>25514</v>
       </c>
       <c r="C104">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="D104" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="105" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>70</v>
+        <v>69</v>
       </c>
       <c r="B105">
-        <v>25470</v>
+        <v>25514</v>
       </c>
       <c r="C105">
-        <v>39</v>
+        <v>26</v>
       </c>
       <c r="D105" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="106" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
         <v>70</v>
       </c>
       <c r="B106">
-        <v>25470</v>
+        <v>25582</v>
       </c>
       <c r="C106">
-        <v>4</v>
+        <v>59</v>
       </c>
       <c r="D106" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="107" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
-        <v>71</v>
+        <v>70</v>
       </c>
       <c r="B107">
-        <v>25483</v>
+        <v>25582</v>
       </c>
       <c r="C107">
-        <v>56</v>
+        <v>4</v>
       </c>
       <c r="D107" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="108" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
         <v>71</v>
       </c>
       <c r="B108">
-        <v>25483</v>
+        <v>25618</v>
       </c>
       <c r="C108">
-        <v>5</v>
+        <v>39</v>
       </c>
       <c r="D108" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="109" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
-        <v>72</v>
+        <v>71</v>
       </c>
       <c r="B109">
-        <v>25514</v>
+        <v>25618</v>
       </c>
       <c r="C109">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D109" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="110" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
         <v>72</v>
       </c>
       <c r="B110">
-        <v>25514</v>
+        <v>25644</v>
       </c>
       <c r="C110">
-        <v>26</v>
+        <v>39</v>
       </c>
       <c r="D110" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="111" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
-        <v>73</v>
+        <v>72</v>
       </c>
       <c r="B111">
-        <v>25582</v>
+        <v>25644</v>
       </c>
       <c r="C111">
-        <v>59</v>
+        <v>4</v>
       </c>
       <c r="D111" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="112" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
         <v>73</v>
       </c>
       <c r="B112">
-        <v>25582</v>
+        <v>25654</v>
       </c>
       <c r="C112">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D112" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="113" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
-        <v>74</v>
+        <v>73</v>
       </c>
       <c r="B113">
-        <v>25618</v>
+        <v>25654</v>
       </c>
       <c r="C113">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D113" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="114" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
         <v>74</v>
       </c>
       <c r="B114">
-        <v>25618</v>
+        <v>25660</v>
       </c>
       <c r="C114">
-        <v>39</v>
+        <v>11</v>
       </c>
       <c r="D114" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="115" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
-        <v>75</v>
+        <v>74</v>
       </c>
       <c r="B115">
-        <v>25644</v>
+        <v>25660</v>
       </c>
       <c r="C115">
-        <v>4</v>
+        <v>28</v>
       </c>
       <c r="D115" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="116" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
         <v>75</v>
       </c>
       <c r="B116">
-        <v>25644</v>
+        <v>25741</v>
       </c>
       <c r="C116">
-        <v>39</v>
+        <v>4</v>
       </c>
       <c r="D116" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="117" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B117">
-        <v>25645</v>
+        <v>25741</v>
       </c>
       <c r="C117">
-        <v>2</v>
+        <v>71</v>
       </c>
       <c r="D117" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="118" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B118">
-        <v>25654</v>
+        <v>25800</v>
       </c>
       <c r="C118">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D118" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="119" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
-        <v>77</v>
+        <v>76</v>
       </c>
       <c r="B119">
-        <v>25654</v>
+        <v>25800</v>
       </c>
       <c r="C119">
         <v>2</v>
       </c>
       <c r="D119" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="120" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
-        <v>78</v>
+        <v>77</v>
       </c>
       <c r="B120">
-        <v>25660</v>
+        <v>25802</v>
       </c>
       <c r="C120">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="D120" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="121" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
         <v>78</v>
       </c>
       <c r="B121">
-        <v>25660</v>
+        <v>25812</v>
       </c>
       <c r="C121">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="D121" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="122" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
         <v>79</v>
       </c>
       <c r="B122">
-        <v>25741</v>
+        <v>25907</v>
       </c>
       <c r="C122">
-        <v>71</v>
+        <v>5</v>
       </c>
       <c r="D122" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="123" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
         <v>79</v>
       </c>
       <c r="B123">
-        <v>25741</v>
+        <v>25907</v>
       </c>
       <c r="C123">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D123" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="124" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
         <v>80</v>
       </c>
       <c r="B124">
-        <v>25800</v>
+        <v>25908</v>
       </c>
       <c r="C124">
-        <v>2</v>
+        <v>103</v>
       </c>
       <c r="D124" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="125" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
         <v>80</v>
       </c>
       <c r="B125">
-        <v>25800</v>
+        <v>25908</v>
       </c>
       <c r="C125">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D125" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="126" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
         <v>81</v>
       </c>
       <c r="B126">
-        <v>25802</v>
+        <v>25923</v>
       </c>
       <c r="C126">
         <v>3</v>
       </c>
       <c r="D126" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="127" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
         <v>82</v>
       </c>
       <c r="B127">
-        <v>25812</v>
+        <v>25939</v>
       </c>
       <c r="C127">
-        <v>2</v>
+        <v>64</v>
       </c>
       <c r="D127" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="128" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
-        <v>83</v>
+        <v>82</v>
       </c>
       <c r="B128">
-        <v>25907</v>
+        <v>25939</v>
       </c>
       <c r="C128">
         <v>5</v>
       </c>
       <c r="D128" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="129" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
         <v>83</v>
       </c>
       <c r="B129">
-        <v>25907</v>
+        <v>25942</v>
       </c>
       <c r="C129">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D129" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="130" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
         <v>84</v>
       </c>
       <c r="B130">
-        <v>25908</v>
+        <v>25959</v>
       </c>
       <c r="C130">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D130" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="131" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
         <v>84</v>
       </c>
       <c r="B131">
-        <v>25908</v>
+        <v>25959</v>
       </c>
       <c r="C131">
-        <v>103</v>
+        <v>18</v>
       </c>
       <c r="D131" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="132" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
         <v>85</v>
       </c>
       <c r="B132">
-        <v>25923</v>
+        <v>25966</v>
       </c>
       <c r="C132">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="D132" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="133" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B133">
-        <v>25939</v>
+        <v>25966</v>
       </c>
       <c r="C133">
-        <v>64</v>
+        <v>13</v>
       </c>
       <c r="D133" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="134" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
         <v>86</v>
       </c>
       <c r="B134">
-        <v>25939</v>
+        <v>25972</v>
       </c>
       <c r="C134">
-        <v>5</v>
+        <v>36</v>
       </c>
       <c r="D134" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="135" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
-        <v>87</v>
+        <v>86</v>
       </c>
       <c r="B135">
-        <v>25942</v>
+        <v>25972</v>
       </c>
       <c r="C135">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D135" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="136" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
-        <v>88</v>
+        <v>87</v>
       </c>
       <c r="B136">
-        <v>25959</v>
+        <v>25982</v>
       </c>
       <c r="C136">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="D136" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="137" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
         <v>88</v>
       </c>
       <c r="B137">
-        <v>25959</v>
+        <v>26033</v>
       </c>
       <c r="C137">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="D137" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="138" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
         <v>89</v>
       </c>
       <c r="B138">
-        <v>25966</v>
+        <v>26045</v>
       </c>
       <c r="C138">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="D138" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="139" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="B139">
-        <v>25966</v>
+        <v>26095</v>
       </c>
       <c r="C139">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D139" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="140" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
         <v>90</v>
       </c>
       <c r="B140">
-        <v>25972</v>
+        <v>26095</v>
       </c>
       <c r="C140">
-        <v>5</v>
+        <v>15</v>
       </c>
       <c r="D140" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="141" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
-        <v>90</v>
+        <v>91</v>
       </c>
       <c r="B141">
-        <v>25972</v>
+        <v>26102</v>
       </c>
       <c r="C141">
-        <v>36</v>
+        <v>3</v>
       </c>
       <c r="D141" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="142" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
-        <v>91</v>
+        <v>92</v>
       </c>
       <c r="B142">
-        <v>25982</v>
+        <v>26197</v>
       </c>
       <c r="C142">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D142" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="143" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
         <v>92</v>
       </c>
       <c r="B143">
-        <v>26033</v>
+        <v>26197</v>
       </c>
       <c r="C143">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D143" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="144" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
         <v>93</v>
       </c>
       <c r="B144">
-        <v>26045</v>
+        <v>26250</v>
       </c>
       <c r="C144">
-        <v>2</v>
+        <v>22</v>
       </c>
       <c r="D144" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="145" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="B145">
-        <v>26095</v>
+        <v>26250</v>
       </c>
       <c r="C145">
-        <v>15</v>
+        <v>13</v>
       </c>
       <c r="D145" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="146" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
         <v>94</v>
       </c>
       <c r="B146">
-        <v>26095</v>
+        <v>26271</v>
       </c>
       <c r="C146">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="D146" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="147" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="B147">
-        <v>26102</v>
+        <v>26271</v>
       </c>
       <c r="C147">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="D147" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="148" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
-        <v>96</v>
+        <v>95</v>
       </c>
       <c r="B148">
-        <v>26147</v>
+        <v>26299</v>
       </c>
       <c r="C148">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D148" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="149" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B149">
-        <v>26197</v>
+        <v>26299</v>
       </c>
       <c r="C149">
-        <v>4</v>
+        <v>38</v>
       </c>
       <c r="D149" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="150" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
-        <v>97</v>
+        <v>96</v>
       </c>
       <c r="B150">
-        <v>26197</v>
+        <v>26316</v>
       </c>
       <c r="C150">
-        <v>7</v>
+        <v>39</v>
       </c>
       <c r="D150" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="151" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B151">
-        <v>26206</v>
+        <v>26316</v>
       </c>
       <c r="C151">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D151" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="152" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B152">
-        <v>26250</v>
+        <v>26330</v>
       </c>
       <c r="C152">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="D152" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="153" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="B153">
-        <v>26250</v>
+        <v>26330</v>
       </c>
       <c r="C153">
         <v>13</v>
       </c>
       <c r="D153" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="154" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
-        <v>100</v>
+        <v>98</v>
       </c>
       <c r="B154">
-        <v>26258</v>
+        <v>26331</v>
       </c>
       <c r="C154">
         <v>3</v>
       </c>
       <c r="D154" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="155" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B155">
-        <v>26271</v>
+        <v>26331</v>
       </c>
       <c r="C155">
-        <v>26</v>
+        <v>36</v>
       </c>
       <c r="D155" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="156" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B156">
-        <v>26271</v>
+        <v>26342</v>
       </c>
       <c r="C156">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="D156" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="157" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B157">
-        <v>26299</v>
+        <v>26521</v>
       </c>
       <c r="C157">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="D157" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="158" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B158">
-        <v>26299</v>
+        <v>26521</v>
       </c>
       <c r="C158">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D158" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="159" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B159">
-        <v>26316</v>
+        <v>26543</v>
       </c>
       <c r="C159">
-        <v>39</v>
+        <v>4</v>
       </c>
       <c r="D159" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="160" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
-        <v>103</v>
+        <v>101</v>
       </c>
       <c r="B160">
-        <v>26316</v>
+        <v>26543</v>
       </c>
       <c r="C160">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D160" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="161" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B161">
-        <v>26330</v>
+        <v>26544</v>
       </c>
       <c r="C161">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D161" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="162" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
-        <v>104</v>
+        <v>102</v>
       </c>
       <c r="B162">
-        <v>26330</v>
+        <v>26544</v>
       </c>
       <c r="C162">
-        <v>26</v>
+        <v>66</v>
       </c>
       <c r="D162" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="163" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B163">
-        <v>26331</v>
+        <v>26577</v>
       </c>
       <c r="C163">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D163" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="164" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
-        <v>105</v>
+        <v>103</v>
       </c>
       <c r="B164">
-        <v>26331</v>
+        <v>26577</v>
       </c>
       <c r="C164">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="D164" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="165" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
-        <v>106</v>
+        <v>104</v>
       </c>
       <c r="B165">
-        <v>26342</v>
+        <v>26661</v>
       </c>
       <c r="C165">
-        <v>3</v>
+        <v>37</v>
       </c>
       <c r="D165" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="166" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B166">
-        <v>26521</v>
+        <v>26661</v>
       </c>
       <c r="C166">
-        <v>65</v>
+        <v>2</v>
       </c>
       <c r="D166" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="167" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
-        <v>107</v>
+        <v>105</v>
       </c>
       <c r="B167">
-        <v>26521</v>
+        <v>26721</v>
       </c>
       <c r="C167">
-        <v>4</v>
+        <v>60</v>
       </c>
       <c r="D167" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="168" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B168">
-        <v>26543</v>
+        <v>26721</v>
       </c>
       <c r="C168">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D168" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="169" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B169">
-        <v>26543</v>
+        <v>26735</v>
       </c>
       <c r="C169">
-        <v>3</v>
+        <v>38</v>
       </c>
       <c r="D169" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="170" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="B170">
-        <v>26544</v>
+        <v>26735</v>
       </c>
       <c r="C170">
         <v>5</v>
       </c>
       <c r="D170" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="171" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B171">
-        <v>26544</v>
+        <v>26932</v>
       </c>
       <c r="C171">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="D171" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="172" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B172">
-        <v>26577</v>
+        <v>26932</v>
       </c>
       <c r="C172">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D172" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="173" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A173" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B173">
-        <v>26577</v>
+        <v>26946</v>
       </c>
       <c r="C173">
-        <v>6</v>
+        <v>26</v>
       </c>
       <c r="D173" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="174" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="B174">
-        <v>26661</v>
+        <v>26946</v>
       </c>
       <c r="C174">
-        <v>37</v>
+        <v>13</v>
       </c>
       <c r="D174" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="175" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B175">
-        <v>26661</v>
+        <v>27008</v>
       </c>
       <c r="C175">
         <v>2</v>
       </c>
       <c r="D175" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="176" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="B176">
-        <v>26721</v>
+        <v>27008</v>
       </c>
       <c r="C176">
         <v>5</v>
       </c>
       <c r="D176" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="177" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B177">
-        <v>26721</v>
+        <v>27021</v>
       </c>
       <c r="C177">
-        <v>60</v>
+        <v>42</v>
       </c>
       <c r="D177" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="178" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A178" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
       <c r="B178">
-        <v>26735</v>
+        <v>27021</v>
       </c>
       <c r="C178">
-        <v>38</v>
+        <v>5</v>
       </c>
       <c r="D178" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="179" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A179" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B179">
-        <v>26735</v>
+        <v>27054</v>
       </c>
       <c r="C179">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="D179" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="180" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A180" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B180">
-        <v>26932</v>
+        <v>27054</v>
       </c>
       <c r="C180">
-        <v>63</v>
+        <v>4</v>
       </c>
       <c r="D180" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="181" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B181">
-        <v>26932</v>
+        <v>27103</v>
       </c>
       <c r="C181">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D181" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="182" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B182">
-        <v>26946</v>
+        <v>27106</v>
       </c>
       <c r="C182">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D182" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="183" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B183">
-        <v>26946</v>
+        <v>27106</v>
       </c>
       <c r="C183">
-        <v>26</v>
+        <v>63</v>
       </c>
       <c r="D183" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="184" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B184">
-        <v>27008</v>
+        <v>27132</v>
       </c>
       <c r="C184">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D184" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="185" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B185">
-        <v>27008</v>
+        <v>27132</v>
       </c>
       <c r="C185">
-        <v>2</v>
+        <v>39</v>
       </c>
       <c r="D185" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="186" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B186">
-        <v>27021</v>
+        <v>27169</v>
       </c>
       <c r="C186">
-        <v>42</v>
+        <v>4</v>
       </c>
       <c r="D186" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="187" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A187" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B187">
-        <v>27021</v>
+        <v>27169</v>
       </c>
       <c r="C187">
-        <v>5</v>
+        <v>111</v>
       </c>
       <c r="D187" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="188" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B188">
-        <v>27054</v>
+        <v>27183</v>
       </c>
       <c r="C188">
-        <v>51</v>
+        <v>3</v>
       </c>
       <c r="D188" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="189" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
-        <v>118</v>
+        <v>117</v>
       </c>
       <c r="B189">
-        <v>27054</v>
+        <v>27186</v>
       </c>
       <c r="C189">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D189" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="190" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B190">
-        <v>27103</v>
+        <v>27186</v>
       </c>
       <c r="C190">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D190" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="191" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B191">
-        <v>27106</v>
+        <v>27198</v>
       </c>
       <c r="C191">
-        <v>63</v>
+        <v>3</v>
       </c>
       <c r="D191" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="192" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
-        <v>120</v>
+        <v>119</v>
       </c>
       <c r="B192">
-        <v>27106</v>
+        <v>27217</v>
       </c>
       <c r="C192">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="D192" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="193" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A193" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B193">
-        <v>27132</v>
+        <v>27217</v>
       </c>
       <c r="C193">
-        <v>39</v>
+        <v>5</v>
       </c>
       <c r="D193" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="194" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A194" t="s">
-        <v>121</v>
+        <v>120</v>
       </c>
       <c r="B194">
-        <v>27132</v>
+        <v>27241</v>
       </c>
       <c r="C194">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D194" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="195" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A195" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B195">
-        <v>27169</v>
+        <v>27241</v>
       </c>
       <c r="C195">
-        <v>111</v>
+        <v>18</v>
       </c>
       <c r="D195" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="196" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A196" t="s">
-        <v>122</v>
+        <v>121</v>
       </c>
       <c r="B196">
-        <v>27169</v>
+        <v>27250</v>
       </c>
       <c r="C196">
-        <v>4</v>
+        <v>95</v>
       </c>
       <c r="D196" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="197" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A197" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B197">
-        <v>27183</v>
+        <v>27250</v>
       </c>
       <c r="C197">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D197" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="198" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A198" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B198">
-        <v>27186</v>
+        <v>27261</v>
       </c>
       <c r="C198">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D198" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="199" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A199" t="s">
-        <v>124</v>
+        <v>123</v>
       </c>
       <c r="B199">
-        <v>27186</v>
+        <v>27266</v>
       </c>
       <c r="C199">
-        <v>4</v>
+        <v>50</v>
       </c>
       <c r="D199" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="200" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A200" t="s">
-        <v>125</v>
+        <v>123</v>
       </c>
       <c r="B200">
-        <v>27198</v>
+        <v>27266</v>
       </c>
       <c r="C200">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D200" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="201" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A201" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B201">
-        <v>27217</v>
+        <v>27275</v>
       </c>
       <c r="C201">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D201" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="202" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A202" t="s">
-        <v>126</v>
+        <v>124</v>
       </c>
       <c r="B202">
-        <v>27217</v>
+        <v>27275</v>
       </c>
       <c r="C202">
-        <v>20</v>
+        <v>61</v>
       </c>
       <c r="D202" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="203" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A203" t="s">
-        <v>127</v>
+        <v>125</v>
       </c>
       <c r="B203">
-        <v>27241</v>
+        <v>27289</v>
       </c>
       <c r="C203">
         <v>1</v>
       </c>
       <c r="D203" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="204" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A204" t="s">
-        <v>127</v>
+        <v>126</v>
       </c>
       <c r="B204">
-        <v>27241</v>
+        <v>27299</v>
       </c>
       <c r="C204">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D204" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="205" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A205" t="s">
-        <v>128</v>
+        <v>126</v>
       </c>
       <c r="B205">
-        <v>27250</v>
+        <v>27299</v>
       </c>
       <c r="C205">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D205" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="206" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A206" t="s">
-        <v>128</v>
+        <v>127</v>
       </c>
       <c r="B206">
-        <v>27250</v>
+        <v>27332</v>
       </c>
       <c r="C206">
-        <v>95</v>
+        <v>5</v>
       </c>
       <c r="D206" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="207" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A207" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B207">
-        <v>27261</v>
+        <v>27332</v>
       </c>
       <c r="C207">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="D207" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="208" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A208" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B208">
-        <v>27266</v>
+        <v>27334</v>
       </c>
       <c r="C208">
-        <v>50</v>
+        <v>3</v>
       </c>
       <c r="D208" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="209" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A209" t="s">
-        <v>130</v>
+        <v>129</v>
       </c>
       <c r="B209">
-        <v>27266</v>
+        <v>27346</v>
       </c>
       <c r="C209">
-        <v>5</v>
+        <v>34</v>
       </c>
       <c r="D209" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="210" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A210" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B210">
-        <v>27275</v>
+        <v>27346</v>
       </c>
       <c r="C210">
-        <v>61</v>
+        <v>5</v>
       </c>
       <c r="D210" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="211" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A211" t="s">
-        <v>131</v>
+        <v>130</v>
       </c>
       <c r="B211">
-        <v>27275</v>
+        <v>27359</v>
       </c>
       <c r="C211">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D211" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="212" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A212" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B212">
-        <v>27289</v>
+        <v>27359</v>
       </c>
       <c r="C212">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D212" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="213" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A213" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B213">
-        <v>27299</v>
+        <v>27363</v>
       </c>
       <c r="C213">
         <v>13</v>
       </c>
       <c r="D213" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="214" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A214" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B214">
-        <v>27299</v>
+        <v>27363</v>
       </c>
       <c r="C214">
-        <v>6</v>
+        <v>10</v>
       </c>
       <c r="D214" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="215" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A215" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B215">
-        <v>27332</v>
+        <v>27405</v>
       </c>
       <c r="C215">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="D215" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="216" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A216" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B216">
-        <v>27332</v>
+        <v>27405</v>
       </c>
       <c r="C216">
         <v>5</v>
       </c>
       <c r="D216" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="217" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A217" t="s">
-        <v>135</v>
+        <v>133</v>
       </c>
       <c r="B217">
-        <v>27334</v>
+        <v>27407</v>
       </c>
       <c r="C217">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D217" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="218" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A218" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B218">
-        <v>27346</v>
+        <v>27407</v>
       </c>
       <c r="C218">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D218" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="219" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A219" t="s">
-        <v>136</v>
+        <v>134</v>
       </c>
       <c r="B219">
-        <v>27346</v>
+        <v>27412</v>
       </c>
       <c r="C219">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="D219" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="220" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A220" t="s">
-        <v>137</v>
+        <v>135</v>
       </c>
       <c r="B220">
-        <v>27359</v>
+        <v>27426</v>
       </c>
       <c r="C220">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D220" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="221" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A221" t="s">
-        <v>137</v>
+        <v>136</v>
       </c>
       <c r="B221">
-        <v>27359</v>
+        <v>27439</v>
       </c>
       <c r="C221">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D221" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="222" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A222" t="s">
-        <v>138</v>
+        <v>136</v>
       </c>
       <c r="B222">
-        <v>27363</v>
+        <v>27439</v>
       </c>
       <c r="C222">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="D222" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="223" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A223" t="s">
-        <v>138</v>
+        <v>137</v>
       </c>
       <c r="B223">
-        <v>27363</v>
+        <v>27454</v>
       </c>
       <c r="C223">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D223" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="224" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A224" t="s">
-        <v>139</v>
+        <v>138</v>
       </c>
       <c r="B224">
-        <v>27371</v>
+        <v>27464</v>
       </c>
       <c r="C224">
         <v>3</v>
       </c>
       <c r="D224" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="225" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B225">
-        <v>27405</v>
+        <v>27472</v>
       </c>
       <c r="C225">
-        <v>66</v>
+        <v>5</v>
       </c>
       <c r="D225" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="226" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A226" t="s">
-        <v>140</v>
+        <v>139</v>
       </c>
       <c r="B226">
-        <v>27405</v>
+        <v>27472</v>
       </c>
       <c r="C226">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D226" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="227" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A227" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B227">
-        <v>27407</v>
+        <v>27485</v>
       </c>
       <c r="C227">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D227" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="228" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A228" t="s">
-        <v>141</v>
+        <v>140</v>
       </c>
       <c r="B228">
-        <v>27407</v>
+        <v>27485</v>
       </c>
       <c r="C228">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D228" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="229" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A229" t="s">
-        <v>142</v>
+        <v>141</v>
       </c>
       <c r="B229">
-        <v>27412</v>
+        <v>27501</v>
       </c>
       <c r="C229">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D229" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="230" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A230" t="s">
-        <v>143</v>
+        <v>141</v>
       </c>
       <c r="B230">
-        <v>27426</v>
+        <v>27501</v>
       </c>
       <c r="C230">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D230" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="231" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A231" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="B231">
-        <v>27439</v>
+        <v>27522</v>
       </c>
       <c r="C231">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D231" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="232" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A232" t="s">
-        <v>144</v>
+        <v>142</v>
       </c>
       <c r="B232">
-        <v>27439</v>
+        <v>27522</v>
       </c>
       <c r="C232">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D232" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="233" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A233" t="s">
-        <v>145</v>
+        <v>143</v>
       </c>
       <c r="B233">
-        <v>27454</v>
+        <v>27523</v>
       </c>
       <c r="C233">
         <v>3</v>
       </c>
       <c r="D233" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="234" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A234" t="s">
-        <v>146</v>
+        <v>144</v>
       </c>
       <c r="B234">
-        <v>27464</v>
+        <v>27524</v>
       </c>
       <c r="C234">
-        <v>3</v>
+        <v>90</v>
       </c>
       <c r="D234" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="235" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B235">
-        <v>27472</v>
+        <v>27524</v>
       </c>
       <c r="C235">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D235" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="236" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A236" t="s">
-        <v>147</v>
+        <v>145</v>
       </c>
       <c r="B236">
-        <v>27472</v>
+        <v>27546</v>
       </c>
       <c r="C236">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D236" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="237" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A237" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="B237">
-        <v>27485</v>
+        <v>27546</v>
       </c>
       <c r="C237">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D237" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="238" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A238" t="s">
-        <v>148</v>
+        <v>146</v>
       </c>
       <c r="B238">
-        <v>27485</v>
+        <v>27549</v>
       </c>
       <c r="C238">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D238" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="239" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A239" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B239">
-        <v>27501</v>
+        <v>27562</v>
       </c>
       <c r="C239">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D239" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="240" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A240" t="s">
-        <v>149</v>
+        <v>147</v>
       </c>
       <c r="B240">
-        <v>27501</v>
+        <v>27562</v>
       </c>
       <c r="C240">
-        <v>4</v>
+        <v>21</v>
       </c>
       <c r="D240" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="241" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A241" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="B241">
-        <v>27522</v>
+        <v>27569</v>
       </c>
       <c r="C241">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D241" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="242" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A242" t="s">
-        <v>150</v>
+        <v>149</v>
       </c>
       <c r="B242">
-        <v>27522</v>
+        <v>27575</v>
       </c>
       <c r="C242">
-        <v>5</v>
+        <v>34</v>
       </c>
       <c r="D242" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="243" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A243" t="s">
-        <v>151</v>
+        <v>149</v>
       </c>
       <c r="B243">
-        <v>27523</v>
+        <v>27575</v>
       </c>
       <c r="C243">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D243" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="244" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A244" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B244">
-        <v>27524</v>
+        <v>27582</v>
       </c>
       <c r="C244">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D244" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="245" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A245" t="s">
-        <v>152</v>
+        <v>150</v>
       </c>
       <c r="B245">
-        <v>27524</v>
+        <v>27582</v>
       </c>
       <c r="C245">
-        <v>90</v>
+        <v>3</v>
       </c>
       <c r="D245" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="246" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A246" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="B246">
-        <v>27546</v>
+        <v>30038</v>
       </c>
       <c r="C246">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D246" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="247" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A247" t="s">
-        <v>153</v>
+        <v>151</v>
       </c>
       <c r="B247">
-        <v>27546</v>
+        <v>30038</v>
       </c>
       <c r="C247">
-        <v>3</v>
+        <v>31</v>
       </c>
       <c r="D247" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="248" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A248" t="s">
-        <v>154</v>
+        <v>152</v>
       </c>
       <c r="B248">
-        <v>27549</v>
+        <v>39158</v>
       </c>
       <c r="C248">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D248" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="249" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A249" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B249">
-        <v>27562</v>
+        <v>39158</v>
       </c>
       <c r="C249">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="D249" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="250" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A250" t="s">
-        <v>155</v>
+        <v>153</v>
       </c>
       <c r="B250">
-        <v>27562</v>
+        <v>48919</v>
       </c>
       <c r="C250">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D250" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="251" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A251" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B251">
-        <v>27569</v>
+        <v>48919</v>
       </c>
       <c r="C251">
-        <v>3</v>
+        <v>50</v>
       </c>
       <c r="D251" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="252" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A252" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B252">
-        <v>27575</v>
+        <v>49065</v>
       </c>
       <c r="C252">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D252" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="253" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A253" t="s">
-        <v>157</v>
+        <v>155</v>
       </c>
       <c r="B253">
-        <v>27575</v>
+        <v>53690</v>
       </c>
       <c r="C253">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="D253" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="254" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A254" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B254">
-        <v>27582</v>
+        <v>53690</v>
       </c>
       <c r="C254">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="D254" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="255" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A255" t="s">
-        <v>158</v>
+        <v>156</v>
       </c>
       <c r="B255">
-        <v>27582</v>
+        <v>98587</v>
       </c>
       <c r="C255">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D255" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="256" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A256" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="B256">
-        <v>30038</v>
+        <v>98587</v>
       </c>
       <c r="C256">
-        <v>4</v>
+        <v>94</v>
       </c>
       <c r="D256" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="257" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A257" t="s">
-        <v>159</v>
+        <v>157</v>
       </c>
       <c r="B257">
-        <v>30038</v>
+        <v>169472</v>
       </c>
       <c r="C257">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="D257" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="258" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A258" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B258">
-        <v>39158</v>
+        <v>169472</v>
       </c>
       <c r="C258">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D258" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="259" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A259" t="s">
-        <v>160</v>
+        <v>158</v>
       </c>
       <c r="B259">
-        <v>39158</v>
+        <v>100341002</v>
       </c>
       <c r="C259">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D259" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="260" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A260" t="s">
-        <v>161</v>
+        <v>158</v>
       </c>
       <c r="B260">
-        <v>48919</v>
+        <v>100341002</v>
       </c>
       <c r="C260">
-        <v>50</v>
+        <v>4</v>
       </c>
       <c r="D260" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="261" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A261" t="s">
-        <v>161</v>
+        <v>159</v>
       </c>
       <c r="B261">
-        <v>48919</v>
+        <v>100842582</v>
       </c>
       <c r="C261">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D261" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="262" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A262" t="s">
-        <v>162</v>
+        <v>159</v>
       </c>
       <c r="B262">
-        <v>49065</v>
+        <v>100842582</v>
       </c>
       <c r="C262">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="D262" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="263" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A263" t="s">
-        <v>163</v>
+        <v>160</v>
       </c>
       <c r="B263">
-        <v>49091</v>
+        <v>101500359</v>
       </c>
       <c r="C263">
-        <v>34</v>
+        <v>2</v>
       </c>
       <c r="D263" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="264" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A264" t="s">
-        <v>163</v>
+        <v>161</v>
       </c>
       <c r="B264">
-        <v>49091</v>
+        <v>101550579</v>
       </c>
       <c r="C264">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D264" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="265" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A265" t="s">
-        <v>164</v>
+        <v>162</v>
       </c>
       <c r="B265">
-        <v>53690</v>
+        <v>101700858</v>
       </c>
       <c r="C265">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="D265" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="266" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A266" t="s">
-        <v>164</v>
+        <v>163</v>
       </c>
       <c r="B266">
-        <v>53690</v>
+        <v>101720692</v>
       </c>
       <c r="C266">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="D266" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="267" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A267" t="s">
-        <v>165</v>
+        <v>163</v>
       </c>
       <c r="B267">
-        <v>98587</v>
+        <v>101720692</v>
       </c>
       <c r="C267">
-        <v>94</v>
+        <v>2</v>
       </c>
       <c r="D267" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="268" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A268" t="s">
-        <v>165</v>
+        <v>164</v>
       </c>
       <c r="B268">
-        <v>98587</v>
+        <v>101730335</v>
       </c>
       <c r="C268">
-        <v>5</v>
+        <v>43</v>
       </c>
       <c r="D268" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="269" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A269" t="s">
-        <v>166</v>
+        <v>164</v>
       </c>
       <c r="B269">
-        <v>169472</v>
+        <v>101730335</v>
       </c>
       <c r="C269">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D269" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="270" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A270" t="s">
-        <v>166</v>
+        <v>165</v>
       </c>
       <c r="B270">
-        <v>169472</v>
+        <v>101790573</v>
       </c>
       <c r="C270">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D270" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="271" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A271" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B271">
-        <v>100341002</v>
+        <v>101800188</v>
       </c>
       <c r="C271">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D271" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="272" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A272" t="s">
-        <v>167</v>
+        <v>166</v>
       </c>
       <c r="B272">
-        <v>100341002</v>
+        <v>101800188</v>
       </c>
       <c r="C272">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D272" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="273" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A273" t="s">
-        <v>168</v>
+        <v>167</v>
       </c>
       <c r="B273">
-        <v>100529868</v>
+        <v>101880427</v>
       </c>
       <c r="C273">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D273" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="274" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A274" t="s">
-        <v>169</v>
+        <v>167</v>
       </c>
       <c r="B274">
-        <v>100842582</v>
+        <v>101880427</v>
       </c>
       <c r="C274">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="D274" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="275" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A275" t="s">
-        <v>169</v>
+        <v>168</v>
       </c>
       <c r="B275">
-        <v>100842582</v>
+        <v>101880780</v>
       </c>
       <c r="C275">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="D275" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="276" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A276" t="s">
-        <v>170</v>
+        <v>168</v>
       </c>
       <c r="B276">
-        <v>101400738</v>
+        <v>101880780</v>
       </c>
       <c r="C276">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D276" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="277" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A277" t="s">
-        <v>171</v>
+        <v>169</v>
       </c>
       <c r="B277">
-        <v>101480141</v>
+        <v>101920052</v>
       </c>
       <c r="C277">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="D277" t="s">
-        <v>1133</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="278" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A278" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B278">
-        <v>101500359</v>
+        <v>101920052</v>
       </c>
       <c r="C278">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D278" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="279" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A279" t="s">
-        <v>173</v>
+        <v>170</v>
       </c>
       <c r="B279">
-        <v>101550579</v>
+        <v>101930453</v>
       </c>
       <c r="C279">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D279" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="280" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A280" t="s">
-        <v>174</v>
+        <v>171</v>
       </c>
       <c r="B280">
-        <v>101700858</v>
+        <v>102100210</v>
       </c>
       <c r="C280">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="D280" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="281" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A281" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B281">
-        <v>101720692</v>
+        <v>102100210</v>
       </c>
       <c r="C281">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D281" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="282" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A282" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B282">
-        <v>101720692</v>
+        <v>102200273</v>
       </c>
       <c r="C282">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="D282" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="283" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A283" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="B283">
-        <v>101730335</v>
+        <v>102200273</v>
       </c>
       <c r="C283">
         <v>4</v>
       </c>
       <c r="D283" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="284" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A284" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="B284">
-        <v>101730335</v>
+        <v>102250697</v>
       </c>
       <c r="C284">
-        <v>43</v>
+        <v>4</v>
       </c>
       <c r="D284" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="285" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A285" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
       <c r="B285">
-        <v>101790573</v>
+        <v>102250697</v>
       </c>
       <c r="C285">
-        <v>2</v>
+        <v>27</v>
       </c>
       <c r="D285" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="286" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A286" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B286">
-        <v>101800188</v>
+        <v>102390039</v>
       </c>
       <c r="C286">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D286" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="287" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A287" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B287">
-        <v>101800188</v>
+        <v>102400916</v>
       </c>
       <c r="C287">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D287" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="288" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A288" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="B288">
-        <v>101880427</v>
+        <v>102400916</v>
       </c>
       <c r="C288">
         <v>2</v>
       </c>
       <c r="D288" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="289" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A289" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="B289">
-        <v>101880427</v>
+        <v>102490892</v>
       </c>
       <c r="C289">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="D289" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="290" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A290" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
       <c r="B290">
-        <v>101880780</v>
+        <v>102490892</v>
       </c>
       <c r="C290">
-        <v>15</v>
+        <v>4</v>
       </c>
       <c r="D290" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="291" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A291" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
       <c r="B291">
-        <v>101880780</v>
+        <v>102510688</v>
       </c>
       <c r="C291">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D291" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="292" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A292" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B292">
-        <v>101920052</v>
+        <v>102540879</v>
       </c>
       <c r="C292">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="D292" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="293" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A293" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B293">
-        <v>101920052</v>
+        <v>102540879</v>
       </c>
       <c r="C293">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D293" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="294" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A294" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="B294">
-        <v>101930453</v>
+        <v>102550194</v>
       </c>
       <c r="C294">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D294" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="295" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A295" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
       <c r="B295">
-        <v>102100210</v>
+        <v>102580283</v>
       </c>
       <c r="C295">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D295" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="296" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A296" t="s">
-        <v>183</v>
+        <v>181</v>
       </c>
       <c r="B296">
-        <v>102100210</v>
+        <v>102590739</v>
       </c>
       <c r="C296">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="D296" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="297" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A297" t="s">
-        <v>184</v>
+        <v>182</v>
       </c>
       <c r="B297">
-        <v>102200273</v>
+        <v>102620818</v>
       </c>
       <c r="C297">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="D297" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="298" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A298" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B298">
-        <v>102200273</v>
+        <v>102640120</v>
       </c>
       <c r="C298">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D298" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="299" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A299" t="s">
-        <v>185</v>
+        <v>183</v>
       </c>
       <c r="B299">
-        <v>102250697</v>
+        <v>102640120</v>
       </c>
       <c r="C299">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="D299" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="300" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A300" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B300">
-        <v>102250697</v>
+        <v>102710199</v>
       </c>
       <c r="C300">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D300" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="301" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A301" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B301">
-        <v>102390039</v>
+        <v>102710199</v>
       </c>
       <c r="C301">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D301" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="302" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A302" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B302">
-        <v>102400916</v>
+        <v>102880047</v>
       </c>
       <c r="C302">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="D302" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="303" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A303" t="s">
-        <v>187</v>
+        <v>186</v>
       </c>
       <c r="B303">
-        <v>102400916</v>
+        <v>102880191</v>
       </c>
       <c r="C303">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D303" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="304" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A304" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B304">
-        <v>102490892</v>
+        <v>102880191</v>
       </c>
       <c r="C304">
-        <v>23</v>
+        <v>22</v>
       </c>
       <c r="D304" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="305" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A305" t="s">
-        <v>188</v>
+        <v>187</v>
       </c>
       <c r="B305">
-        <v>102490892</v>
+        <v>103060297</v>
       </c>
       <c r="C305">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="D305" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="306" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A306" t="s">
-        <v>189</v>
+        <v>188</v>
       </c>
       <c r="B306">
-        <v>102510688</v>
+        <v>103080447</v>
       </c>
       <c r="C306">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D306" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="307" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A307" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B307">
-        <v>102540879</v>
+        <v>103290281</v>
       </c>
       <c r="C307">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D307" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="308" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A308" t="s">
-        <v>190</v>
+        <v>189</v>
       </c>
       <c r="B308">
-        <v>102540879</v>
+        <v>103290281</v>
       </c>
       <c r="C308">
-        <v>2</v>
+        <v>39</v>
       </c>
       <c r="D308" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="309" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A309" t="s">
-        <v>191</v>
+        <v>190</v>
       </c>
       <c r="B309">
-        <v>102550194</v>
+        <v>103370714</v>
       </c>
       <c r="C309">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D309" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="310" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A310" t="s">
-        <v>192</v>
+        <v>191</v>
       </c>
       <c r="B310">
-        <v>102580283</v>
+        <v>103510473</v>
       </c>
       <c r="C310">
         <v>3</v>
       </c>
       <c r="D310" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="311" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A311" t="s">
-        <v>193</v>
+        <v>192</v>
       </c>
       <c r="B311">
-        <v>102590739</v>
+        <v>103550836</v>
       </c>
       <c r="C311">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D311" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="312" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A312" t="s">
-        <v>194</v>
+        <v>192</v>
       </c>
       <c r="B312">
-        <v>102620818</v>
+        <v>103550836</v>
       </c>
       <c r="C312">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D312" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="313" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A313" t="s">
-        <v>195</v>
+        <v>193</v>
       </c>
       <c r="B313">
-        <v>102640120</v>
+        <v>103650804</v>
       </c>
       <c r="C313">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D313" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="314" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A314" t="s">
-        <v>195</v>
+        <v>194</v>
       </c>
       <c r="B314">
-        <v>102640120</v>
+        <v>103840638</v>
       </c>
       <c r="C314">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D314" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="315" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A315" t="s">
-        <v>196</v>
+        <v>195</v>
       </c>
       <c r="B315">
-        <v>102710199</v>
+        <v>103910306</v>
       </c>
       <c r="C315">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D315" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="316" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A316" t="s">
         <v>196</v>
       </c>
       <c r="B316">
-        <v>102710199</v>
+        <v>103931293</v>
       </c>
       <c r="C316">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D316" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="317" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A317" t="s">
         <v>197</v>
       </c>
       <c r="B317">
-        <v>102880047</v>
+        <v>103950237</v>
       </c>
       <c r="C317">
-        <v>14</v>
+        <v>9</v>
       </c>
       <c r="D317" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="318" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A318" t="s">
-        <v>198</v>
+        <v>197</v>
       </c>
       <c r="B318">
-        <v>102880191</v>
+        <v>103950237</v>
       </c>
       <c r="C318">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D318" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="319" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A319" t="s">
         <v>198</v>
       </c>
       <c r="B319">
-        <v>102880191</v>
+        <v>103990215</v>
       </c>
       <c r="C319">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="D319" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="320" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A320" t="s">
         <v>199</v>
       </c>
       <c r="B320">
-        <v>103060297</v>
+        <v>104090023</v>
       </c>
       <c r="C320">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="D320" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="321" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A321" t="s">
-        <v>200</v>
+        <v>199</v>
       </c>
       <c r="B321">
-        <v>103080447</v>
+        <v>104090023</v>
       </c>
       <c r="C321">
         <v>2</v>
       </c>
       <c r="D321" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="322" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A322" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B322">
-        <v>103180128</v>
+        <v>104141042</v>
       </c>
       <c r="C322">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D322" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="323" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A323" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B323">
-        <v>103200319</v>
+        <v>104200854</v>
       </c>
       <c r="C323">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D323" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="324" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A324" t="s">
-        <v>203</v>
+        <v>201</v>
       </c>
       <c r="B324">
-        <v>103290281</v>
+        <v>104200854</v>
       </c>
       <c r="C324">
-        <v>39</v>
+        <v>9</v>
       </c>
       <c r="D324" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="325" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A325" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B325">
-        <v>103290281</v>
+        <v>104210563</v>
       </c>
       <c r="C325">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D325" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="326" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A326" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B326">
-        <v>103370714</v>
+        <v>104240142</v>
       </c>
       <c r="C326">
         <v>3</v>
       </c>
       <c r="D326" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="327" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A327" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B327">
-        <v>103510473</v>
+        <v>104280596</v>
       </c>
       <c r="C327">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D327" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="328" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A328" t="s">
-        <v>206</v>
+        <v>204</v>
       </c>
       <c r="B328">
-        <v>103550836</v>
+        <v>104280596</v>
       </c>
       <c r="C328">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D328" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="329" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A329" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B329">
-        <v>103550836</v>
+        <v>104370678</v>
       </c>
       <c r="C329">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D329" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="330" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A330" t="s">
-        <v>207</v>
+        <v>205</v>
       </c>
       <c r="B330">
-        <v>103650804</v>
+        <v>104370678</v>
       </c>
       <c r="C330">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D330" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="331" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A331" t="s">
-        <v>208</v>
+        <v>206</v>
       </c>
       <c r="B331">
-        <v>103840638</v>
+        <v>104390759</v>
       </c>
       <c r="C331">
         <v>3</v>
       </c>
       <c r="D331" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="332" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A332" t="s">
-        <v>209</v>
+        <v>207</v>
       </c>
       <c r="B332">
-        <v>103910306</v>
+        <v>104460037</v>
       </c>
       <c r="C332">
-        <v>3</v>
+        <v>39</v>
       </c>
       <c r="D332" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="333" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A333" t="s">
-        <v>210</v>
+        <v>207</v>
       </c>
       <c r="B333">
-        <v>103931293</v>
+        <v>104460037</v>
       </c>
       <c r="C333">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D333" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="334" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A334" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B334">
-        <v>103950237</v>
+        <v>104500952</v>
       </c>
       <c r="C334">
-        <v>9</v>
+        <v>32</v>
       </c>
       <c r="D334" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="335" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A335" t="s">
-        <v>211</v>
+        <v>208</v>
       </c>
       <c r="B335">
-        <v>103950237</v>
+        <v>104500952</v>
       </c>
       <c r="C335">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D335" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="336" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A336" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="B336">
-        <v>103990215</v>
+        <v>104600612</v>
       </c>
       <c r="C336">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D336" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="337" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A337" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="B337">
-        <v>104070111</v>
+        <v>104710632</v>
       </c>
       <c r="C337">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D337" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="338" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A338" t="s">
-        <v>214</v>
+        <v>210</v>
       </c>
       <c r="B338">
-        <v>104090023</v>
+        <v>104710632</v>
       </c>
       <c r="C338">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D338" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="339" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A339" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="B339">
-        <v>104090023</v>
+        <v>104720090</v>
       </c>
       <c r="C339">
         <v>1</v>
       </c>
       <c r="D339" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="340" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A340" t="s">
-        <v>215</v>
+        <v>212</v>
       </c>
       <c r="B340">
-        <v>104141042</v>
+        <v>104740892</v>
       </c>
       <c r="C340">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D340" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="341" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A341" t="s">
-        <v>216</v>
+        <v>213</v>
       </c>
       <c r="B341">
-        <v>104200854</v>
+        <v>104770750</v>
       </c>
       <c r="C341">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="D341" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="342" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A342" t="s">
-        <v>216</v>
+        <v>214</v>
       </c>
       <c r="B342">
-        <v>104200854</v>
+        <v>104790413</v>
       </c>
       <c r="C342">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D342" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="343" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A343" t="s">
-        <v>217</v>
+        <v>215</v>
       </c>
       <c r="B343">
-        <v>104210563</v>
+        <v>104860863</v>
       </c>
       <c r="C343">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D343" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="344" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A344" t="s">
-        <v>218</v>
+        <v>215</v>
       </c>
       <c r="B344">
-        <v>104240142</v>
+        <v>104860863</v>
       </c>
       <c r="C344">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D344" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="345" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A345" t="s">
-        <v>219</v>
+        <v>216</v>
       </c>
       <c r="B345">
-        <v>104280596</v>
+        <v>104950484</v>
       </c>
       <c r="C345">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D345" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="346" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A346" t="s">
-        <v>219</v>
+        <v>217</v>
       </c>
       <c r="B346">
-        <v>104280596</v>
+        <v>104970737</v>
       </c>
       <c r="C346">
         <v>2</v>
       </c>
       <c r="D346" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="347" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A347" t="s">
-        <v>220</v>
+        <v>218</v>
       </c>
       <c r="B347">
-        <v>104370678</v>
+        <v>105100869</v>
       </c>
       <c r="C347">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D347" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="348" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A348" t="s">
-        <v>220</v>
+        <v>219</v>
       </c>
       <c r="B348">
-        <v>104370678</v>
+        <v>105140645</v>
       </c>
       <c r="C348">
-        <v>2</v>
+        <v>63</v>
       </c>
       <c r="D348" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="349" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A349" t="s">
-        <v>221</v>
+        <v>219</v>
       </c>
       <c r="B349">
-        <v>104390759</v>
+        <v>105140645</v>
       </c>
       <c r="C349">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D349" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="350" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A350" t="s">
-        <v>222</v>
+        <v>220</v>
       </c>
       <c r="B350">
-        <v>104460037</v>
+        <v>105190840</v>
       </c>
       <c r="C350">
-        <v>39</v>
+        <v>3</v>
       </c>
       <c r="D350" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="351" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A351" t="s">
-        <v>222</v>
+        <v>221</v>
       </c>
       <c r="B351">
-        <v>104460037</v>
+        <v>105270188</v>
       </c>
       <c r="C351">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D351" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="352" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A352" t="s">
-        <v>223</v>
+        <v>221</v>
       </c>
       <c r="B352">
-        <v>104500952</v>
+        <v>105270188</v>
       </c>
       <c r="C352">
-        <v>32</v>
+        <v>2</v>
       </c>
       <c r="D352" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="353" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A353" t="s">
-        <v>223</v>
+        <v>222</v>
       </c>
       <c r="B353">
-        <v>104500952</v>
+        <v>105450920</v>
       </c>
       <c r="C353">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="D353" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="354" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A354" t="s">
-        <v>224</v>
+        <v>223</v>
       </c>
       <c r="B354">
-        <v>104600612</v>
+        <v>105510351</v>
       </c>
       <c r="C354">
         <v>2</v>
       </c>
       <c r="D354" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="355" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A355" t="s">
-        <v>225</v>
+        <v>224</v>
       </c>
       <c r="B355">
-        <v>104640819</v>
+        <v>105520418</v>
       </c>
       <c r="C355">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D355" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="356" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A356" t="s">
-        <v>226</v>
+        <v>225</v>
       </c>
       <c r="B356">
-        <v>104710632</v>
+        <v>105630561</v>
       </c>
       <c r="C356">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D356" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="357" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A357" t="s">
         <v>226</v>
       </c>
       <c r="B357">
-        <v>104710632</v>
+        <v>105650175</v>
       </c>
       <c r="C357">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D357" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="358" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A358" t="s">
         <v>227</v>
       </c>
       <c r="B358">
-        <v>104720090</v>
+        <v>105660418</v>
       </c>
       <c r="C358">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D358" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="359" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A359" t="s">
         <v>228</v>
       </c>
       <c r="B359">
-        <v>104740892</v>
+        <v>105800255</v>
       </c>
       <c r="C359">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D359" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="360" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A360" t="s">
         <v>229</v>
       </c>
       <c r="B360">
-        <v>104770750</v>
+        <v>105810629</v>
       </c>
       <c r="C360">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D360" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="361" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A361" t="s">
         <v>230</v>
       </c>
       <c r="B361">
-        <v>104790413</v>
+        <v>105860774</v>
       </c>
       <c r="C361">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D361" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="362" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A362" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="B362">
-        <v>104790413</v>
+        <v>105920110</v>
       </c>
       <c r="C362">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D362" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="363" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A363" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
       <c r="B363">
-        <v>104860863</v>
+        <v>106070132</v>
       </c>
       <c r="C363">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D363" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="364" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A364" t="s">
-        <v>231</v>
+        <v>233</v>
       </c>
       <c r="B364">
-        <v>104860863</v>
+        <v>106090797</v>
       </c>
       <c r="C364">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D364" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="365" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A365" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B365">
-        <v>104950484</v>
+        <v>106090797</v>
       </c>
       <c r="C365">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="D365" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="366" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A366" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="B366">
-        <v>104970737</v>
+        <v>106140925</v>
       </c>
       <c r="C366">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D366" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="367" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A367" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="B367">
-        <v>105100869</v>
+        <v>106210672</v>
       </c>
       <c r="C367">
         <v>3</v>
       </c>
       <c r="D367" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="368" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A368" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
       <c r="B368">
-        <v>105140645</v>
+        <v>106230453</v>
       </c>
       <c r="C368">
-        <v>63</v>
+        <v>3</v>
       </c>
       <c r="D368" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="369" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A369" t="s">
-        <v>235</v>
+        <v>237</v>
       </c>
       <c r="B369">
-        <v>105140645</v>
+        <v>106380419</v>
       </c>
       <c r="C369">
         <v>4</v>
       </c>
       <c r="D369" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="370" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A370" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B370">
-        <v>105190840</v>
+        <v>106380419</v>
       </c>
       <c r="C370">
         <v>3</v>
       </c>
       <c r="D370" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="371" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A371" t="s">
-        <v>237</v>
+        <v>238</v>
       </c>
       <c r="B371">
-        <v>105270188</v>
+        <v>106480832</v>
       </c>
       <c r="C371">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D371" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="372" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A372" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="B372">
-        <v>105270188</v>
+        <v>106780669</v>
       </c>
       <c r="C372">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D372" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="373" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A373" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
       <c r="B373">
-        <v>105450920</v>
+        <v>106800196</v>
       </c>
       <c r="C373">
-        <v>13</v>
+        <v>18</v>
       </c>
       <c r="D373" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="374" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A374" t="s">
-        <v>239</v>
+        <v>240</v>
       </c>
       <c r="B374">
-        <v>105510351</v>
+        <v>106800196</v>
       </c>
       <c r="C374">
         <v>2</v>
       </c>
       <c r="D374" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="375" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A375" t="s">
-        <v>240</v>
+        <v>241</v>
       </c>
       <c r="B375">
-        <v>105520418</v>
+        <v>106800454</v>
       </c>
       <c r="C375">
         <v>1</v>
       </c>
       <c r="D375" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="376" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A376" t="s">
-        <v>241</v>
+        <v>242</v>
       </c>
       <c r="B376">
-        <v>105620095</v>
+        <v>106900669</v>
       </c>
       <c r="C376">
         <v>2</v>
       </c>
       <c r="D376" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="377" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A377" t="s">
-        <v>242</v>
+        <v>243</v>
       </c>
       <c r="B377">
-        <v>105630561</v>
+        <v>106910717</v>
       </c>
       <c r="C377">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D377" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="378" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A378" t="s">
-        <v>243</v>
+        <v>244</v>
       </c>
       <c r="B378">
-        <v>105650175</v>
+        <v>107010454</v>
       </c>
       <c r="C378">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D378" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="379" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A379" t="s">
-        <v>244</v>
+        <v>245</v>
       </c>
       <c r="B379">
-        <v>105660113</v>
+        <v>107140825</v>
       </c>
       <c r="C379">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D379" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="380" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A380" t="s">
-        <v>245</v>
+        <v>246</v>
       </c>
       <c r="B380">
-        <v>105660418</v>
+        <v>107200331</v>
       </c>
       <c r="C380">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D380" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="381" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A381" t="s">
-        <v>246</v>
+        <v>247</v>
       </c>
       <c r="B381">
-        <v>105710512</v>
+        <v>107200486</v>
       </c>
       <c r="C381">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="D381" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="382" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A382" t="s">
-        <v>247</v>
+        <v>248</v>
       </c>
       <c r="B382">
-        <v>105800066</v>
+        <v>107220056</v>
       </c>
       <c r="C382">
         <v>3</v>
       </c>
       <c r="D382" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="383" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A383" t="s">
-        <v>248</v>
+        <v>249</v>
       </c>
       <c r="B383">
-        <v>105800255</v>
+        <v>107380850</v>
       </c>
       <c r="C383">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D383" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="384" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A384" t="s">
-        <v>249</v>
+        <v>250</v>
       </c>
       <c r="B384">
-        <v>105810629</v>
+        <v>107400914</v>
       </c>
       <c r="C384">
         <v>1</v>
       </c>
       <c r="D384" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="385" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A385" t="s">
-        <v>250</v>
+        <v>251</v>
       </c>
       <c r="B385">
-        <v>105860774</v>
+        <v>107470901</v>
       </c>
       <c r="C385">
         <v>1</v>
       </c>
       <c r="D385" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="386" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A386" t="s">
-        <v>251</v>
+        <v>252</v>
       </c>
       <c r="B386">
-        <v>105920110</v>
+        <v>107500976</v>
       </c>
       <c r="C386">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D386" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="387" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A387" t="s">
-        <v>252</v>
+        <v>253</v>
       </c>
       <c r="B387">
-        <v>106070132</v>
+        <v>107530856</v>
       </c>
       <c r="C387">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D387" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="388" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A388" t="s">
-        <v>253</v>
+        <v>254</v>
       </c>
       <c r="B388">
-        <v>106080329</v>
+        <v>107580377</v>
       </c>
       <c r="C388">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D388" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="389" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A389" t="s">
-        <v>254</v>
+        <v>255</v>
       </c>
       <c r="B389">
-        <v>106090797</v>
+        <v>107840620</v>
       </c>
       <c r="C389">
         <v>2</v>
       </c>
       <c r="D389" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="390" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A390" t="s">
-        <v>254</v>
+        <v>256</v>
       </c>
       <c r="B390">
-        <v>106090797</v>
+        <v>107940089</v>
       </c>
       <c r="C390">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="D390" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="391" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A391" t="s">
-        <v>255</v>
+        <v>256</v>
       </c>
       <c r="B391">
-        <v>106140925</v>
+        <v>107940089</v>
       </c>
       <c r="C391">
-        <v>3</v>
+        <v>53</v>
       </c>
       <c r="D391" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="392" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A392" t="s">
-        <v>256</v>
+        <v>257</v>
       </c>
       <c r="B392">
-        <v>106150925</v>
+        <v>107940467</v>
       </c>
       <c r="C392">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D392" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="393" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A393" t="s">
         <v>257</v>
       </c>
       <c r="B393">
-        <v>106210672</v>
+        <v>107940467</v>
       </c>
       <c r="C393">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D393" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="394" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A394" t="s">
         <v>258</v>
       </c>
       <c r="B394">
-        <v>106230453</v>
+        <v>108040407</v>
       </c>
       <c r="C394">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="D394" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="395" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A395" t="s">
         <v>259</v>
       </c>
       <c r="B395">
-        <v>106380419</v>
+        <v>108070294</v>
       </c>
       <c r="C395">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D395" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="396" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A396" t="s">
-        <v>259</v>
+        <v>260</v>
       </c>
       <c r="B396">
-        <v>106380419</v>
+        <v>108110478</v>
       </c>
       <c r="C396">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D396" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="397" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A397" t="s">
-        <v>260</v>
+        <v>261</v>
       </c>
       <c r="B397">
-        <v>106480832</v>
+        <v>108160306</v>
       </c>
       <c r="C397">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D397" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="398" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A398" t="s">
-        <v>261</v>
+        <v>262</v>
       </c>
       <c r="B398">
-        <v>106710155</v>
+        <v>108180428</v>
       </c>
       <c r="C398">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D398" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="399" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A399" t="s">
-        <v>262</v>
+        <v>263</v>
       </c>
       <c r="B399">
-        <v>106780669</v>
+        <v>108200770</v>
       </c>
       <c r="C399">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="D399" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="400" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A400" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B400">
-        <v>106800196</v>
+        <v>108280454</v>
       </c>
       <c r="C400">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D400" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="401" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A401" t="s">
-        <v>263</v>
+        <v>264</v>
       </c>
       <c r="B401">
-        <v>106800196</v>
+        <v>108280454</v>
       </c>
       <c r="C401">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="D401" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="402" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A402" t="s">
-        <v>264</v>
+        <v>265</v>
       </c>
       <c r="B402">
-        <v>106800454</v>
+        <v>108310117</v>
       </c>
       <c r="C402">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="D402" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="403" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A403" t="s">
-        <v>265</v>
+        <v>266</v>
       </c>
       <c r="B403">
-        <v>106900669</v>
+        <v>108340081</v>
       </c>
       <c r="C403">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D403" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="404" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A404" t="s">
         <v>266</v>
       </c>
       <c r="B404">
-        <v>106910717</v>
+        <v>108340081</v>
       </c>
       <c r="C404">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D404" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="405" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A405" t="s">
         <v>267</v>
       </c>
       <c r="B405">
-        <v>107010454</v>
+        <v>108420432</v>
       </c>
       <c r="C405">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="D405" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="406" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A406" t="s">
-        <v>268</v>
+        <v>267</v>
       </c>
       <c r="B406">
-        <v>107140825</v>
+        <v>108420432</v>
       </c>
       <c r="C406">
         <v>3</v>
       </c>
       <c r="D406" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="407" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A407" t="s">
-        <v>269</v>
+        <v>268</v>
       </c>
       <c r="B407">
-        <v>107200331</v>
+        <v>108460132</v>
       </c>
       <c r="C407">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="D407" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="408" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A408" t="s">
-        <v>270</v>
+        <v>268</v>
       </c>
       <c r="B408">
-        <v>107200486</v>
+        <v>108460132</v>
       </c>
       <c r="C408">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="D408" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="409" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A409" t="s">
-        <v>271</v>
+        <v>269</v>
       </c>
       <c r="B409">
-        <v>107220056</v>
+        <v>108560273</v>
       </c>
       <c r="C409">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D409" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="410" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A410" t="s">
-        <v>272</v>
+        <v>270</v>
       </c>
       <c r="B410">
-        <v>107380850</v>
+        <v>108660295</v>
       </c>
       <c r="C410">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D410" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="411" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A411" t="s">
-        <v>273</v>
+        <v>271</v>
       </c>
       <c r="B411">
-        <v>107400914</v>
+        <v>108690041</v>
       </c>
       <c r="C411">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D411" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="412" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A412" t="s">
-        <v>274</v>
+        <v>272</v>
       </c>
       <c r="B412">
-        <v>107470901</v>
+        <v>108690061</v>
       </c>
       <c r="C412">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D412" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="413" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A413" t="s">
-        <v>275</v>
+        <v>272</v>
       </c>
       <c r="B413">
-        <v>107500976</v>
+        <v>108690061</v>
       </c>
       <c r="C413">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="D413" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="414" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A414" t="s">
-        <v>276</v>
+        <v>273</v>
       </c>
       <c r="B414">
-        <v>107530856</v>
+        <v>108730335</v>
       </c>
       <c r="C414">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D414" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="415" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A415" t="s">
-        <v>277</v>
+        <v>273</v>
       </c>
       <c r="B415">
-        <v>107580377</v>
+        <v>108730335</v>
       </c>
       <c r="C415">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D415" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="416" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A416" t="s">
-        <v>278</v>
+        <v>274</v>
       </c>
       <c r="B416">
-        <v>107610577</v>
+        <v>109100006</v>
       </c>
       <c r="C416">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D416" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="417" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A417" t="s">
-        <v>279</v>
+        <v>275</v>
       </c>
       <c r="B417">
-        <v>107840620</v>
+        <v>109150745</v>
       </c>
       <c r="C417">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D417" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="418" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A418" t="s">
-        <v>280</v>
+        <v>275</v>
       </c>
       <c r="B418">
-        <v>107940089</v>
+        <v>109150745</v>
       </c>
       <c r="C418">
-        <v>53</v>
+        <v>3</v>
       </c>
       <c r="D418" t="s">
-        <v>1133</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="419" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A419" t="s">
-        <v>280</v>
+        <v>276</v>
       </c>
       <c r="B419">
-        <v>107940089</v>
+        <v>109190213</v>
       </c>
       <c r="C419">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="D419" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="420" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A420" t="s">
-        <v>281</v>
+        <v>277</v>
       </c>
       <c r="B420">
-        <v>107940467</v>
+        <v>109420553</v>
       </c>
       <c r="C420">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="D420" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="421" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A421" t="s">
-        <v>281</v>
+        <v>278</v>
       </c>
       <c r="B421">
-        <v>107940467</v>
+        <v>109450177</v>
       </c>
       <c r="C421">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D421" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="422" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A422" t="s">
-        <v>282</v>
+        <v>279</v>
       </c>
       <c r="B422">
-        <v>108040407</v>
+        <v>109550324</v>
       </c>
       <c r="C422">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="D422" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="423" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A423" t="s">
-        <v>283</v>
+        <v>280</v>
       </c>
       <c r="B423">
-        <v>108070294</v>
+        <v>109600011</v>
       </c>
       <c r="C423">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D423" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="424" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A424" t="s">
-        <v>284</v>
+        <v>281</v>
       </c>
       <c r="B424">
-        <v>108110478</v>
+        <v>109630041</v>
       </c>
       <c r="C424">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D424" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="425" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A425" t="s">
-        <v>285</v>
+        <v>281</v>
       </c>
       <c r="B425">
-        <v>108160306</v>
+        <v>109630041</v>
       </c>
       <c r="C425">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="D425" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="426" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A426" t="s">
-        <v>286</v>
+        <v>282</v>
       </c>
       <c r="B426">
-        <v>108180428</v>
+        <v>109650751</v>
       </c>
       <c r="C426">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D426" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="427" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A427" t="s">
-        <v>287</v>
+        <v>282</v>
       </c>
       <c r="B427">
-        <v>108200770</v>
+        <v>109650751</v>
       </c>
       <c r="C427">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="D427" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="428" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A428" t="s">
-        <v>288</v>
+        <v>283</v>
       </c>
       <c r="B428">
-        <v>108210393</v>
+        <v>109730975</v>
       </c>
       <c r="C428">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D428" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="429" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A429" t="s">
-        <v>289</v>
+        <v>284</v>
       </c>
       <c r="B429">
-        <v>108280454</v>
+        <v>109940593</v>
       </c>
       <c r="C429">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D429" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="430" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A430" t="s">
-        <v>289</v>
+        <v>285</v>
       </c>
       <c r="B430">
-        <v>108280454</v>
+        <v>109990611</v>
       </c>
       <c r="C430">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D430" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="431" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A431" t="s">
-        <v>290</v>
+        <v>285</v>
       </c>
       <c r="B431">
-        <v>108310117</v>
+        <v>109990611</v>
       </c>
       <c r="C431">
-        <v>16</v>
+        <v>8</v>
       </c>
       <c r="D431" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="432" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A432" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="B432">
-        <v>108340081</v>
+        <v>110070740</v>
       </c>
       <c r="C432">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D432" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" t="s">
-        <v>291</v>
+        <v>286</v>
       </c>
       <c r="B433">
-        <v>108340081</v>
+        <v>110070740</v>
       </c>
       <c r="C433">
-        <v>7</v>
+        <v>18</v>
       </c>
       <c r="D433" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" t="s">
-        <v>292</v>
+        <v>287</v>
       </c>
       <c r="B434">
-        <v>108420432</v>
+        <v>110210646</v>
       </c>
       <c r="C434">
         <v>3</v>
       </c>
       <c r="D434" t="s">
-        <v>1133</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" t="s">
-        <v>292</v>
+        <v>288</v>
       </c>
       <c r="B435">
-        <v>108420432</v>
+        <v>110440516</v>
       </c>
       <c r="C435">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D435" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" t="s">
-        <v>293</v>
+        <v>289</v>
       </c>
       <c r="B436">
-        <v>108460132</v>
+        <v>110540607</v>
       </c>
       <c r="C436">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D436" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" t="s">
-        <v>293</v>
+        <v>290</v>
       </c>
       <c r="B437">
-        <v>108460132</v>
+        <v>110790273</v>
       </c>
       <c r="C437">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="D437" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="438" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A438" t="s">
-        <v>294</v>
+        <v>291</v>
       </c>
       <c r="B438">
-        <v>108560273</v>
+        <v>110850736</v>
       </c>
       <c r="C438">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D438" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="439" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A439" t="s">
-        <v>295</v>
+        <v>292</v>
       </c>
       <c r="B439">
-        <v>108660295</v>
+        <v>110880029</v>
       </c>
       <c r="C439">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="D439" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="440" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A440" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="B440">
-        <v>108690041</v>
+        <v>110880029</v>
       </c>
       <c r="C440">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="D440" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="441" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A441" t="s">
-        <v>297</v>
+        <v>293</v>
       </c>
       <c r="B441">
-        <v>108690061</v>
+        <v>110920533</v>
       </c>
       <c r="C441">
-        <v>5</v>
+        <v>20</v>
       </c>
       <c r="D441" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="442" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A442" t="s">
-        <v>297</v>
+        <v>294</v>
       </c>
       <c r="B442">
-        <v>108690061</v>
+        <v>111010635</v>
       </c>
       <c r="C442">
-        <v>27</v>
+        <v>7</v>
       </c>
       <c r="D442" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="443" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A443" t="s">
-        <v>298</v>
+        <v>295</v>
       </c>
       <c r="B443">
-        <v>108730335</v>
+        <v>111050768</v>
       </c>
       <c r="C443">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D443" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="444" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A444" t="s">
-        <v>298</v>
+        <v>10</v>
       </c>
       <c r="B444">
-        <v>108730335</v>
+        <v>111113861</v>
       </c>
       <c r="C444">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="D444" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="445" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A445" t="s">
-        <v>299</v>
+        <v>296</v>
       </c>
       <c r="B445">
-        <v>108830984</v>
+        <v>111160933</v>
       </c>
       <c r="C445">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D445" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="446" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A446" t="s">
-        <v>300</v>
+        <v>296</v>
       </c>
       <c r="B446">
-        <v>108850622</v>
+        <v>111160933</v>
       </c>
       <c r="C446">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D446" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="447" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A447" t="s">
-        <v>301</v>
+        <v>297</v>
       </c>
       <c r="B447">
-        <v>109100006</v>
+        <v>111180874</v>
       </c>
       <c r="C447">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D447" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="448" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A448" t="s">
-        <v>302</v>
+        <v>298</v>
       </c>
       <c r="B448">
-        <v>109150745</v>
+        <v>111380266</v>
       </c>
       <c r="C448">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="D448" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="449" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A449" t="s">
-        <v>302</v>
+        <v>299</v>
       </c>
       <c r="B449">
-        <v>109150745</v>
+        <v>111690256</v>
       </c>
       <c r="C449">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D449" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="450" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A450" t="s">
-        <v>303</v>
+        <v>300</v>
       </c>
       <c r="B450">
-        <v>109190213</v>
+        <v>111850905</v>
       </c>
       <c r="C450">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D450" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="451" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A451" t="s">
-        <v>304</v>
+        <v>300</v>
       </c>
       <c r="B451">
-        <v>109420553</v>
+        <v>111850905</v>
       </c>
       <c r="C451">
         <v>14</v>
       </c>
       <c r="D451" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="452" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A452" t="s">
-        <v>305</v>
+        <v>301</v>
       </c>
       <c r="B452">
-        <v>109450177</v>
+        <v>111960110</v>
       </c>
       <c r="C452">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="D452" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="453" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A453" t="s">
-        <v>306</v>
+        <v>302</v>
       </c>
       <c r="B453">
-        <v>109550324</v>
+        <v>112590491</v>
       </c>
       <c r="C453">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D453" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="454" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A454" t="s">
-        <v>307</v>
+        <v>303</v>
       </c>
       <c r="B454">
-        <v>109600011</v>
+        <v>113070286</v>
       </c>
       <c r="C454">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="D454" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="455" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A455" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="B455">
-        <v>109630041</v>
+        <v>113250378</v>
       </c>
       <c r="C455">
         <v>10</v>
       </c>
       <c r="D455" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="456" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A456" t="s">
-        <v>308</v>
+        <v>304</v>
       </c>
       <c r="B456">
-        <v>109630041</v>
+        <v>113250378</v>
       </c>
       <c r="C456">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D456" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="457" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A457" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="B457">
-        <v>109650751</v>
+        <v>113360145</v>
       </c>
       <c r="C457">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="D457" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="458" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A458" t="s">
-        <v>309</v>
+        <v>305</v>
       </c>
       <c r="B458">
-        <v>109650751</v>
+        <v>113360145</v>
       </c>
       <c r="C458">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D458" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="459" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A459" t="s">
-        <v>310</v>
+        <v>306</v>
       </c>
       <c r="B459">
-        <v>109730975</v>
+        <v>113360260</v>
       </c>
       <c r="C459">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="D459" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="460" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A460" t="s">
-        <v>311</v>
+        <v>307</v>
       </c>
       <c r="B460">
-        <v>109940593</v>
+        <v>113540293</v>
       </c>
       <c r="C460">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D460" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="461" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A461" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="B461">
-        <v>109990611</v>
+        <v>113540293</v>
       </c>
       <c r="C461">
-        <v>8</v>
+        <v>7</v>
       </c>
       <c r="D461" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="462" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A462" t="s">
-        <v>312</v>
+        <v>308</v>
       </c>
       <c r="B462">
-        <v>109990611</v>
+        <v>113990556</v>
       </c>
       <c r="C462">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D462" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="463" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A463" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="B463">
-        <v>110070740</v>
+        <v>113990556</v>
       </c>
       <c r="C463">
-        <v>18</v>
+        <v>7</v>
       </c>
       <c r="D463" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="464" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A464" t="s">
-        <v>313</v>
+        <v>309</v>
       </c>
       <c r="B464">
-        <v>110070740</v>
+        <v>114120148</v>
       </c>
       <c r="C464">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D464" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="465" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A465" t="s">
-        <v>314</v>
+        <v>310</v>
       </c>
       <c r="B465">
-        <v>110210646</v>
+        <v>114620787</v>
       </c>
       <c r="C465">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D465" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="466" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A466" t="s">
-        <v>315</v>
+        <v>311</v>
       </c>
       <c r="B466">
-        <v>110440516</v>
+        <v>114630132</v>
       </c>
       <c r="C466">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="D466" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="467" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A467" t="s">
-        <v>316</v>
+        <v>312</v>
       </c>
       <c r="B467">
-        <v>110540607</v>
+        <v>114660645</v>
       </c>
       <c r="C467">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="D467" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="468" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A468" t="s">
-        <v>317</v>
+        <v>313</v>
       </c>
       <c r="B468">
-        <v>110790273</v>
+        <v>114930119</v>
       </c>
       <c r="C468">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D468" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="469" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A469" t="s">
-        <v>318</v>
+        <v>314</v>
       </c>
       <c r="B469">
-        <v>110850736</v>
+        <v>115540871</v>
       </c>
       <c r="C469">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D469" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="470" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A470" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
       <c r="B470">
-        <v>110880029</v>
+        <v>115540871</v>
       </c>
       <c r="C470">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="D470" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="471" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A471" t="s">
-        <v>319</v>
+        <v>315</v>
       </c>
       <c r="B471">
-        <v>110880029</v>
+        <v>115650013</v>
       </c>
       <c r="C471">
-        <v>9</v>
+        <v>16</v>
       </c>
       <c r="D471" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="472" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A472" t="s">
-        <v>320</v>
+        <v>316</v>
       </c>
       <c r="B472">
-        <v>110920533</v>
+        <v>115960970</v>
       </c>
       <c r="C472">
-        <v>20</v>
+        <v>5</v>
       </c>
       <c r="D472" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="473" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A473" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="B473">
-        <v>111010635</v>
+        <v>115960970</v>
       </c>
       <c r="C473">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D473" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="474" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A474" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="B474">
-        <v>111050768</v>
+        <v>116140785</v>
       </c>
       <c r="C474">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="D474" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="475" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A475" t="s">
-        <v>10</v>
+        <v>318</v>
       </c>
       <c r="B475">
-        <v>111113861</v>
+        <v>116220590</v>
       </c>
       <c r="C475">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="D475" t="s">
-        <v>1133</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="476" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A476" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="B476">
-        <v>111160933</v>
+        <v>117630768</v>
       </c>
       <c r="C476">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D476" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="477" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A477" t="s">
-        <v>323</v>
+        <v>319</v>
       </c>
       <c r="B477">
-        <v>111160933</v>
+        <v>117630768</v>
       </c>
       <c r="C477">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="D477" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="478" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A478" t="s">
-        <v>324</v>
+        <v>320</v>
       </c>
       <c r="B478">
-        <v>111180874</v>
+        <v>1200080116</v>
       </c>
       <c r="C478">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D478" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="479" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A479" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="B479">
-        <v>111380266</v>
+        <v>1200080116</v>
       </c>
       <c r="C479">
-        <v>19</v>
+        <v>8</v>
       </c>
       <c r="D479" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="480" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A480" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="B480">
-        <v>111500314</v>
+        <v>200342601</v>
       </c>
       <c r="C480">
         <v>3</v>
       </c>
       <c r="D480" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="481" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A481" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
       <c r="B481">
-        <v>111690256</v>
+        <v>200453171</v>
       </c>
       <c r="C481">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D481" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="482" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A482" t="s">
-        <v>328</v>
+        <v>322</v>
       </c>
       <c r="B482">
-        <v>111850905</v>
+        <v>200453171</v>
       </c>
       <c r="C482">
-        <v>14</v>
+        <v>46</v>
       </c>
       <c r="D482" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="483" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A483" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="B483">
-        <v>111850905</v>
+        <v>200518868</v>
       </c>
       <c r="C483">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D483" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="484" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A484" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="B484">
-        <v>111960110</v>
+        <v>200819655</v>
       </c>
       <c r="C484">
-        <v>11</v>
+        <v>21</v>
       </c>
       <c r="D484" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="485" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A485" t="s">
-        <v>330</v>
+        <v>324</v>
       </c>
       <c r="B485">
-        <v>112590491</v>
+        <v>200819655</v>
       </c>
       <c r="C485">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D485" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="486" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A486" t="s">
-        <v>331</v>
+        <v>325</v>
       </c>
       <c r="B486">
-        <v>113070286</v>
+        <v>200831000</v>
       </c>
       <c r="C486">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="D486" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="487" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A487" t="s">
-        <v>332</v>
+        <v>325</v>
       </c>
       <c r="B487">
-        <v>113250378</v>
+        <v>200831000</v>
       </c>
       <c r="C487">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D487" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="488" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A488" t="s">
-        <v>332</v>
+        <v>326</v>
       </c>
       <c r="B488">
-        <v>113250378</v>
+        <v>200950004</v>
       </c>
       <c r="C488">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D488" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="489" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A489" t="s">
-        <v>333</v>
+        <v>10</v>
       </c>
       <c r="B489">
-        <v>113360145</v>
+        <v>200980284</v>
       </c>
       <c r="C489">
-        <v>18</v>
+        <v>32</v>
       </c>
       <c r="D489" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="490" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A490" t="s">
-        <v>333</v>
+        <v>327</v>
       </c>
       <c r="B490">
-        <v>113360145</v>
+        <v>201020980</v>
       </c>
       <c r="C490">
-        <v>1</v>
+        <v>119</v>
       </c>
       <c r="D490" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="491" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A491" t="s">
-        <v>334</v>
+        <v>327</v>
       </c>
       <c r="B491">
-        <v>113360260</v>
+        <v>201020980</v>
       </c>
       <c r="C491">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="D491" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="492" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A492" t="s">
-        <v>335</v>
+        <v>328</v>
       </c>
       <c r="B492">
-        <v>113540293</v>
+        <v>201030988</v>
       </c>
       <c r="C492">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D492" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="493" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A493" t="s">
-        <v>335</v>
+        <v>328</v>
       </c>
       <c r="B493">
-        <v>113540293</v>
+        <v>201030988</v>
       </c>
       <c r="C493">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D493" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="494" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A494" t="s">
-        <v>336</v>
+        <v>329</v>
       </c>
       <c r="B494">
-        <v>113990556</v>
+        <v>201090993</v>
       </c>
       <c r="C494">
-        <v>3</v>
+        <v>23</v>
       </c>
       <c r="D494" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="495" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A495" t="s">
-        <v>336</v>
+        <v>329</v>
       </c>
       <c r="B495">
-        <v>113990556</v>
+        <v>201090993</v>
       </c>
       <c r="C495">
-        <v>7</v>
+        <v>27</v>
       </c>
       <c r="D495" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="496" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A496" t="s">
-        <v>337</v>
+        <v>330</v>
       </c>
       <c r="B496">
-        <v>114120148</v>
+        <v>201190444</v>
       </c>
       <c r="C496">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D496" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="497" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A497" t="s">
-        <v>338</v>
+        <v>330</v>
       </c>
       <c r="B497">
-        <v>114620787</v>
+        <v>201190444</v>
       </c>
       <c r="C497">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D497" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="498" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A498" t="s">
-        <v>339</v>
+        <v>331</v>
       </c>
       <c r="B498">
-        <v>114630132</v>
+        <v>201290301</v>
       </c>
       <c r="C498">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="D498" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="499" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A499" t="s">
-        <v>340</v>
+        <v>332</v>
       </c>
       <c r="B499">
-        <v>114660645</v>
+        <v>201380819</v>
       </c>
       <c r="C499">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="D499" t="s">
-        <v>1133</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="500" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A500" t="s">
-        <v>341</v>
+        <v>333</v>
       </c>
       <c r="B500">
-        <v>114930119</v>
+        <v>201420601</v>
       </c>
       <c r="C500">
         <v>5</v>
       </c>
       <c r="D500" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="501" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A501" t="s">
-        <v>342</v>
+        <v>333</v>
       </c>
       <c r="B501">
-        <v>115540871</v>
+        <v>201420601</v>
       </c>
       <c r="C501">
         <v>2</v>
       </c>
       <c r="D501" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="502" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A502" t="s">
-        <v>342</v>
+        <v>334</v>
       </c>
       <c r="B502">
-        <v>115540871</v>
+        <v>201490186</v>
       </c>
       <c r="C502">
         <v>5</v>
       </c>
       <c r="D502" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="503" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A503" t="s">
-        <v>343</v>
+        <v>334</v>
       </c>
       <c r="B503">
-        <v>115650013</v>
+        <v>201490186</v>
       </c>
       <c r="C503">
-        <v>16</v>
+        <v>54</v>
       </c>
       <c r="D503" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="504" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A504" t="s">
-        <v>344</v>
+        <v>335</v>
       </c>
       <c r="B504">
-        <v>115960970</v>
+        <v>201530564</v>
       </c>
       <c r="C504">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D504" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="505" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A505" t="s">
-        <v>344</v>
+        <v>336</v>
       </c>
       <c r="B505">
-        <v>115960970</v>
+        <v>201540100</v>
       </c>
       <c r="C505">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D505" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="506" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A506" t="s">
-        <v>345</v>
+        <v>336</v>
       </c>
       <c r="B506">
-        <v>116140785</v>
+        <v>201540100</v>
       </c>
       <c r="C506">
-        <v>12</v>
+        <v>5</v>
       </c>
       <c r="D506" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="507" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A507" t="s">
-        <v>346</v>
+        <v>337</v>
       </c>
       <c r="B507">
-        <v>116220590</v>
+        <v>201550170</v>
       </c>
       <c r="C507">
         <v>1</v>
       </c>
       <c r="D507" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="508" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A508" t="s">
-        <v>347</v>
+        <v>337</v>
       </c>
       <c r="B508">
-        <v>117630768</v>
+        <v>201550170</v>
       </c>
       <c r="C508">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D508" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="509" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A509" t="s">
-        <v>347</v>
+        <v>10</v>
       </c>
       <c r="B509">
-        <v>117630768</v>
+        <v>201580397</v>
       </c>
       <c r="C509">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D509" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="510" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A510" t="s">
-        <v>348</v>
+        <v>338</v>
       </c>
       <c r="B510">
-        <v>1200080116</v>
+        <v>201600395</v>
       </c>
       <c r="C510">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D510" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="511" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A511" t="s">
-        <v>348</v>
+        <v>339</v>
       </c>
       <c r="B511">
-        <v>1200080116</v>
+        <v>201630354</v>
       </c>
       <c r="C511">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D511" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="512" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A512" t="s">
-        <v>349</v>
+        <v>340</v>
       </c>
       <c r="B512">
-        <v>200342601</v>
+        <v>201640417</v>
       </c>
       <c r="C512">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="D512" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="513" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A513" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
       <c r="B513">
-        <v>200453171</v>
+        <v>201640417</v>
       </c>
       <c r="C513">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D513" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="514" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A514" t="s">
-        <v>350</v>
+        <v>341</v>
       </c>
       <c r="B514">
-        <v>200453171</v>
+        <v>201650682</v>
       </c>
       <c r="C514">
-        <v>46</v>
+        <v>14</v>
       </c>
       <c r="D514" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="515" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A515" t="s">
-        <v>351</v>
+        <v>341</v>
       </c>
       <c r="B515">
-        <v>200518868</v>
+        <v>201650682</v>
       </c>
       <c r="C515">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="D515" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="516" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A516" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="B516">
-        <v>200819655</v>
+        <v>201750843</v>
       </c>
       <c r="C516">
-        <v>2</v>
+        <v>49</v>
       </c>
       <c r="D516" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="517" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A517" t="s">
-        <v>352</v>
+        <v>342</v>
       </c>
       <c r="B517">
-        <v>200819655</v>
+        <v>201750843</v>
       </c>
       <c r="C517">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="D517" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="518" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A518" t="s">
-        <v>353</v>
+        <v>343</v>
       </c>
       <c r="B518">
-        <v>200831000</v>
+        <v>201860372</v>
       </c>
       <c r="C518">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D518" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="519" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A519" t="s">
-        <v>353</v>
+        <v>344</v>
       </c>
       <c r="B519">
-        <v>200831000</v>
+        <v>201890266</v>
       </c>
       <c r="C519">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D519" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="520" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A520" t="s">
-        <v>354</v>
+        <v>344</v>
       </c>
       <c r="B520">
-        <v>200950004</v>
+        <v>201890266</v>
       </c>
       <c r="C520">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D520" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="521" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A521" t="s">
-        <v>10</v>
+        <v>345</v>
       </c>
       <c r="B521">
-        <v>200980284</v>
+        <v>201970615</v>
       </c>
       <c r="C521">
-        <v>32</v>
+        <v>1</v>
       </c>
       <c r="D521" t="s">
-        <v>1133</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="522" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A522" t="s">
-        <v>355</v>
+        <v>345</v>
       </c>
       <c r="B522">
-        <v>201020980</v>
+        <v>201970615</v>
       </c>
       <c r="C522">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D522" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="523" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A523" t="s">
-        <v>355</v>
+        <v>346</v>
       </c>
       <c r="B523">
-        <v>201020980</v>
+        <v>202010645</v>
       </c>
       <c r="C523">
-        <v>119</v>
+        <v>3</v>
       </c>
       <c r="D523" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="524" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A524" t="s">
-        <v>356</v>
+        <v>347</v>
       </c>
       <c r="B524">
-        <v>201030988</v>
+        <v>202100475</v>
       </c>
       <c r="C524">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="D524" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="525" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A525" t="s">
-        <v>356</v>
+        <v>347</v>
       </c>
       <c r="B525">
-        <v>201030988</v>
+        <v>202100475</v>
       </c>
       <c r="C525">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D525" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="526" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A526" t="s">
-        <v>357</v>
+        <v>348</v>
       </c>
       <c r="B526">
-        <v>201090993</v>
+        <v>202210976</v>
       </c>
       <c r="C526">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="D526" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="527" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A527" t="s">
-        <v>357</v>
+        <v>349</v>
       </c>
       <c r="B527">
-        <v>201090993</v>
+        <v>202270715</v>
       </c>
       <c r="C527">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="D527" t="s">
-        <v>1133</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="528" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A528" t="s">
-        <v>358</v>
+        <v>350</v>
       </c>
       <c r="B528">
-        <v>201190444</v>
+        <v>202360458</v>
       </c>
       <c r="C528">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D528" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="529" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A529" t="s">
-        <v>358</v>
+        <v>351</v>
       </c>
       <c r="B529">
-        <v>201190444</v>
+        <v>202370577</v>
       </c>
       <c r="C529">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D529" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="530" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A530" t="s">
-        <v>359</v>
+        <v>352</v>
       </c>
       <c r="B530">
-        <v>201290301</v>
+        <v>202390262</v>
       </c>
       <c r="C530">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D530" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="531" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A531" t="s">
-        <v>360</v>
+        <v>352</v>
       </c>
       <c r="B531">
-        <v>201380819</v>
+        <v>202390262</v>
       </c>
       <c r="C531">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D531" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="532" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A532" t="s">
-        <v>361</v>
+        <v>353</v>
       </c>
       <c r="B532">
-        <v>201420601</v>
+        <v>202600648</v>
       </c>
       <c r="C532">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D532" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="533" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A533" t="s">
-        <v>361</v>
+        <v>354</v>
       </c>
       <c r="B533">
-        <v>201420601</v>
+        <v>202670230</v>
       </c>
       <c r="C533">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D533" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="534" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A534" t="s">
-        <v>362</v>
+        <v>354</v>
       </c>
       <c r="B534">
-        <v>201490186</v>
+        <v>202670230</v>
       </c>
       <c r="C534">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D534" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="535" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A535" t="s">
-        <v>362</v>
+        <v>355</v>
       </c>
       <c r="B535">
-        <v>201490186</v>
+        <v>202760084</v>
       </c>
       <c r="C535">
-        <v>54</v>
+        <v>1</v>
       </c>
       <c r="D535" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="536" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A536" t="s">
-        <v>363</v>
+        <v>356</v>
       </c>
       <c r="B536">
-        <v>201530564</v>
+        <v>202810542</v>
       </c>
       <c r="C536">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D536" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="537" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A537" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="B537">
-        <v>201540100</v>
+        <v>202871488</v>
       </c>
       <c r="C537">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D537" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="538" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A538" t="s">
-        <v>364</v>
+        <v>357</v>
       </c>
       <c r="B538">
-        <v>201540100</v>
+        <v>202871488</v>
       </c>
       <c r="C538">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D538" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="539" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A539" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="B539">
-        <v>201550170</v>
+        <v>202880610</v>
       </c>
       <c r="C539">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D539" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="540" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A540" t="s">
-        <v>365</v>
+        <v>358</v>
       </c>
       <c r="B540">
-        <v>201550170</v>
+        <v>202880610</v>
       </c>
       <c r="C540">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="D540" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="541" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A541" t="s">
-        <v>10</v>
+        <v>359</v>
       </c>
       <c r="B541">
-        <v>201580397</v>
+        <v>203030577</v>
       </c>
       <c r="C541">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D541" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="542" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A542" t="s">
-        <v>366</v>
+        <v>359</v>
       </c>
       <c r="B542">
-        <v>201600395</v>
+        <v>203030577</v>
       </c>
       <c r="C542">
         <v>1</v>
       </c>
       <c r="D542" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="543" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A543" t="s">
-        <v>367</v>
+        <v>360</v>
       </c>
       <c r="B543">
-        <v>201630354</v>
+        <v>203130217</v>
       </c>
       <c r="C543">
-        <v>3</v>
+        <v>66</v>
       </c>
       <c r="D543" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="544" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A544" t="s">
-        <v>368</v>
+        <v>360</v>
       </c>
       <c r="B544">
-        <v>201640417</v>
+        <v>203130217</v>
       </c>
       <c r="C544">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D544" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="545" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A545" t="s">
-        <v>368</v>
+        <v>361</v>
       </c>
       <c r="B545">
-        <v>201640417</v>
+        <v>203150131</v>
       </c>
       <c r="C545">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D545" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="546" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A546" t="s">
-        <v>369</v>
+        <v>361</v>
       </c>
       <c r="B546">
-        <v>201650682</v>
+        <v>203150131</v>
       </c>
       <c r="C546">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D546" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="547" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A547" t="s">
-        <v>369</v>
+        <v>362</v>
       </c>
       <c r="B547">
-        <v>201650682</v>
+        <v>203180645</v>
       </c>
       <c r="C547">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="D547" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="548" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A548" t="s">
-        <v>370</v>
+        <v>363</v>
       </c>
       <c r="B548">
-        <v>201690894</v>
+        <v>203240888</v>
       </c>
       <c r="C548">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D548" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="549" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A549" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="B549">
-        <v>201750843</v>
+        <v>203330473</v>
       </c>
       <c r="C549">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D549" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="550" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A550" t="s">
-        <v>371</v>
+        <v>364</v>
       </c>
       <c r="B550">
-        <v>201750843</v>
+        <v>203330473</v>
       </c>
       <c r="C550">
-        <v>49</v>
+        <v>4</v>
       </c>
       <c r="D550" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="551" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A551" t="s">
-        <v>372</v>
+        <v>365</v>
       </c>
       <c r="B551">
-        <v>201860372</v>
+        <v>203560894</v>
       </c>
       <c r="C551">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D551" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="552" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A552" t="s">
-        <v>373</v>
+        <v>365</v>
       </c>
       <c r="B552">
-        <v>201890266</v>
+        <v>203560894</v>
       </c>
       <c r="C552">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D552" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="553" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A553" t="s">
-        <v>373</v>
+        <v>366</v>
       </c>
       <c r="B553">
-        <v>201890266</v>
+        <v>203630272</v>
       </c>
       <c r="C553">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D553" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="554" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A554" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="B554">
-        <v>201970615</v>
+        <v>203660963</v>
       </c>
       <c r="C554">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D554" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="555" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A555" t="s">
-        <v>374</v>
+        <v>367</v>
       </c>
       <c r="B555">
-        <v>201970615</v>
+        <v>203660963</v>
       </c>
       <c r="C555">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D555" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="556" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A556" t="s">
-        <v>375</v>
+        <v>368</v>
       </c>
       <c r="B556">
-        <v>202010645</v>
+        <v>203710913</v>
       </c>
       <c r="C556">
         <v>3</v>
       </c>
       <c r="D556" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="557" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A557" t="s">
-        <v>376</v>
+        <v>369</v>
       </c>
       <c r="B557">
-        <v>202020057</v>
+        <v>203720243</v>
       </c>
       <c r="C557">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D557" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="558" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A558" t="s">
-        <v>377</v>
+        <v>369</v>
       </c>
       <c r="B558">
-        <v>202100475</v>
+        <v>203720243</v>
       </c>
       <c r="C558">
-        <v>2</v>
+        <v>65</v>
       </c>
       <c r="D558" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="559" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A559" t="s">
-        <v>377</v>
+        <v>370</v>
       </c>
       <c r="B559">
-        <v>202100475</v>
+        <v>203740638</v>
       </c>
       <c r="C559">
         <v>2</v>
       </c>
       <c r="D559" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="560" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A560" t="s">
-        <v>378</v>
+        <v>371</v>
       </c>
       <c r="B560">
-        <v>202210976</v>
+        <v>203760187</v>
       </c>
       <c r="C560">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D560" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="561" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A561" t="s">
-        <v>379</v>
+        <v>371</v>
       </c>
       <c r="B561">
-        <v>202270715</v>
+        <v>203760187</v>
       </c>
       <c r="C561">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D561" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="562" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A562" t="s">
-        <v>380</v>
+        <v>372</v>
       </c>
       <c r="B562">
-        <v>202360458</v>
+        <v>204000287</v>
       </c>
       <c r="C562">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D562" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="563" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A563" t="s">
-        <v>381</v>
+        <v>373</v>
       </c>
       <c r="B563">
-        <v>202370577</v>
+        <v>204000326</v>
       </c>
       <c r="C563">
         <v>1</v>
       </c>
       <c r="D563" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="564" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A564" t="s">
-        <v>382</v>
+        <v>374</v>
       </c>
       <c r="B564">
-        <v>202390262</v>
+        <v>204040407</v>
       </c>
       <c r="C564">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D564" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="565" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A565" t="s">
-        <v>382</v>
+        <v>375</v>
       </c>
       <c r="B565">
-        <v>202390262</v>
+        <v>204290301</v>
       </c>
       <c r="C565">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D565" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="566" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A566" t="s">
-        <v>383</v>
+        <v>376</v>
       </c>
       <c r="B566">
-        <v>202540999</v>
+        <v>204290812</v>
       </c>
       <c r="C566">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D566" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="567" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A567" t="s">
-        <v>384</v>
+        <v>376</v>
       </c>
       <c r="B567">
-        <v>202600648</v>
+        <v>204290812</v>
       </c>
       <c r="C567">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="D567" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="568" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A568" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="B568">
-        <v>202670230</v>
+        <v>204490030</v>
       </c>
       <c r="C568">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D568" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="569" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A569" t="s">
-        <v>385</v>
+        <v>377</v>
       </c>
       <c r="B569">
-        <v>202670230</v>
+        <v>204490030</v>
       </c>
       <c r="C569">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="D569" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="570" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A570" t="s">
-        <v>386</v>
+        <v>378</v>
       </c>
       <c r="B570">
-        <v>202760084</v>
+        <v>204540423</v>
       </c>
       <c r="C570">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D570" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="571" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A571" t="s">
-        <v>387</v>
+        <v>378</v>
       </c>
       <c r="B571">
-        <v>202810542</v>
+        <v>204540423</v>
       </c>
       <c r="C571">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D571" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="572" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A572" t="s">
-        <v>388</v>
+        <v>379</v>
       </c>
       <c r="B572">
-        <v>202871488</v>
+        <v>205610424</v>
       </c>
       <c r="C572">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="D572" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="573" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A573" t="s">
-        <v>388</v>
+        <v>379</v>
       </c>
       <c r="B573">
-        <v>202871488</v>
+        <v>205610424</v>
       </c>
       <c r="C573">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D573" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="574" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A574" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="B574">
-        <v>202880610</v>
+        <v>205990955</v>
       </c>
       <c r="C574">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="D574" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="575" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A575" t="s">
-        <v>389</v>
+        <v>380</v>
       </c>
       <c r="B575">
-        <v>202880610</v>
+        <v>205990955</v>
       </c>
       <c r="C575">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D575" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="576" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A576" t="s">
-        <v>390</v>
+        <v>381</v>
       </c>
       <c r="B576">
-        <v>203030577</v>
+        <v>300469160</v>
       </c>
       <c r="C576">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D576" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="577" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A577" t="s">
-        <v>390</v>
+        <v>381</v>
       </c>
       <c r="B577">
-        <v>203030577</v>
+        <v>300469160</v>
       </c>
       <c r="C577">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D577" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="578" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A578" t="s">
-        <v>391</v>
+        <v>382</v>
       </c>
       <c r="B578">
-        <v>203130217</v>
+        <v>301020986</v>
       </c>
       <c r="C578">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D578" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="579" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A579" t="s">
-        <v>391</v>
+        <v>383</v>
       </c>
       <c r="B579">
-        <v>203130217</v>
+        <v>301070594</v>
       </c>
       <c r="C579">
-        <v>66</v>
+        <v>13</v>
       </c>
       <c r="D579" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="580" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A580" t="s">
-        <v>392</v>
+        <v>383</v>
       </c>
       <c r="B580">
-        <v>203150131</v>
+        <v>301070594</v>
       </c>
       <c r="C580">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="D580" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="581" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A581" t="s">
-        <v>392</v>
+        <v>384</v>
       </c>
       <c r="B581">
-        <v>203150131</v>
+        <v>301100166</v>
       </c>
       <c r="C581">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D581" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="582" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A582" t="s">
-        <v>393</v>
+        <v>385</v>
       </c>
       <c r="B582">
-        <v>203180645</v>
+        <v>301200099</v>
       </c>
       <c r="C582">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D582" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="583" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A583" t="s">
-        <v>394</v>
+        <v>386</v>
       </c>
       <c r="B583">
-        <v>203240888</v>
+        <v>301210734</v>
       </c>
       <c r="C583">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D583" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="584" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A584" t="s">
-        <v>395</v>
+        <v>386</v>
       </c>
       <c r="B584">
-        <v>203330473</v>
+        <v>301210734</v>
       </c>
       <c r="C584">
-        <v>11</v>
+        <v>28</v>
       </c>
       <c r="D584" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="585" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A585" t="s">
-        <v>395</v>
+        <v>387</v>
       </c>
       <c r="B585">
-        <v>203330473</v>
+        <v>301340365</v>
       </c>
       <c r="C585">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D585" t="s">
-        <v>1133</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="586" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A586" t="s">
-        <v>396</v>
+        <v>388</v>
       </c>
       <c r="B586">
-        <v>203560894</v>
+        <v>301480655</v>
       </c>
       <c r="C586">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D586" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="587" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A587" t="s">
-        <v>396</v>
+        <v>388</v>
       </c>
       <c r="B587">
-        <v>203560894</v>
+        <v>301480655</v>
       </c>
       <c r="C587">
         <v>1</v>
       </c>
       <c r="D587" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="588" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A588" t="s">
-        <v>397</v>
+        <v>389</v>
       </c>
       <c r="B588">
-        <v>203630272</v>
+        <v>301740878</v>
       </c>
       <c r="C588">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D588" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="589" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A589" t="s">
-        <v>398</v>
+        <v>389</v>
       </c>
       <c r="B589">
-        <v>203660963</v>
+        <v>301740878</v>
       </c>
       <c r="C589">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D589" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="590" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A590" t="s">
-        <v>398</v>
+        <v>390</v>
       </c>
       <c r="B590">
-        <v>203660963</v>
+        <v>301800197</v>
       </c>
       <c r="C590">
-        <v>2</v>
+        <v>63</v>
       </c>
       <c r="D590" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="591" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A591" t="s">
-        <v>399</v>
+        <v>390</v>
       </c>
       <c r="B591">
-        <v>203710913</v>
+        <v>301800197</v>
       </c>
       <c r="C591">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D591" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="592" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A592" t="s">
-        <v>400</v>
+        <v>391</v>
       </c>
       <c r="B592">
-        <v>203720243</v>
+        <v>301900799</v>
       </c>
       <c r="C592">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D592" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="593" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A593" t="s">
-        <v>400</v>
+        <v>391</v>
       </c>
       <c r="B593">
-        <v>203720243</v>
+        <v>301900799</v>
       </c>
       <c r="C593">
-        <v>65</v>
+        <v>5</v>
       </c>
       <c r="D593" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="594" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A594" t="s">
-        <v>401</v>
+        <v>392</v>
       </c>
       <c r="B594">
-        <v>203740638</v>
+        <v>301940716</v>
       </c>
       <c r="C594">
         <v>2</v>
       </c>
       <c r="D594" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="595" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A595" t="s">
-        <v>401</v>
+        <v>393</v>
       </c>
       <c r="B595">
-        <v>203740638</v>
+        <v>302010192</v>
       </c>
       <c r="C595">
         <v>1</v>
       </c>
       <c r="D595" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="596" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A596" t="s">
-        <v>402</v>
+        <v>394</v>
       </c>
       <c r="B596">
-        <v>203760187</v>
+        <v>302040017</v>
       </c>
       <c r="C596">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D596" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="597" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A597" t="s">
-        <v>402</v>
+        <v>10</v>
       </c>
       <c r="B597">
-        <v>203760187</v>
+        <v>302110804</v>
       </c>
       <c r="C597">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="D597" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="598" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A598" t="s">
-        <v>403</v>
+        <v>395</v>
       </c>
       <c r="B598">
-        <v>204000287</v>
+        <v>302360656</v>
       </c>
       <c r="C598">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D598" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="599" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A599" t="s">
-        <v>404</v>
+        <v>396</v>
       </c>
       <c r="B599">
-        <v>204000326</v>
+        <v>302430456</v>
       </c>
       <c r="C599">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D599" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="600" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A600" t="s">
-        <v>405</v>
+        <v>396</v>
       </c>
       <c r="B600">
-        <v>204040407</v>
+        <v>302430456</v>
       </c>
       <c r="C600">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="D600" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="601" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A601" t="s">
-        <v>406</v>
+        <v>397</v>
       </c>
       <c r="B601">
-        <v>204290266</v>
+        <v>304530239</v>
       </c>
       <c r="C601">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="D601" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="602" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A602" t="s">
-        <v>407</v>
+        <v>397</v>
       </c>
       <c r="B602">
-        <v>204290301</v>
+        <v>304530239</v>
       </c>
       <c r="C602">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D602" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="603" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A603" t="s">
-        <v>408</v>
+        <v>398</v>
       </c>
       <c r="B603">
-        <v>204290812</v>
+        <v>400022091</v>
       </c>
       <c r="C603">
-        <v>11</v>
+        <v>18</v>
       </c>
       <c r="D603" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="604" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A604" t="s">
-        <v>408</v>
+        <v>398</v>
       </c>
       <c r="B604">
-        <v>204290812</v>
+        <v>400022091</v>
       </c>
       <c r="C604">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D604" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="605" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A605" t="s">
-        <v>409</v>
+        <v>399</v>
       </c>
       <c r="B605">
-        <v>204490030</v>
+        <v>400067987</v>
       </c>
       <c r="C605">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D605" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="606" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A606" t="s">
-        <v>409</v>
+        <v>399</v>
       </c>
       <c r="B606">
-        <v>204490030</v>
+        <v>400067987</v>
       </c>
       <c r="C606">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D606" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="607" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A607" t="s">
-        <v>410</v>
+        <v>400</v>
       </c>
       <c r="B607">
-        <v>204540423</v>
+        <v>400079421</v>
       </c>
       <c r="C607">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D607" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="608" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A608" t="s">
-        <v>410</v>
+        <v>400</v>
       </c>
       <c r="B608">
-        <v>204540423</v>
+        <v>400079421</v>
       </c>
       <c r="C608">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D608" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="609" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A609" t="s">
-        <v>411</v>
+        <v>401</v>
       </c>
       <c r="B609">
-        <v>205610424</v>
+        <v>400089816</v>
       </c>
       <c r="C609">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="D609" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="610" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A610" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
       <c r="B610">
-        <v>205610424</v>
+        <v>400102435</v>
       </c>
       <c r="C610">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="D610" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="611" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A611" t="s">
-        <v>412</v>
+        <v>402</v>
       </c>
       <c r="B611">
-        <v>205990955</v>
+        <v>400102435</v>
       </c>
       <c r="C611">
-        <v>18</v>
+        <v>10</v>
       </c>
       <c r="D611" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="612" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A612" t="s">
-        <v>412</v>
+        <v>403</v>
       </c>
       <c r="B612">
-        <v>205990955</v>
+        <v>400136170</v>
       </c>
       <c r="C612">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="D612" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="613" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A613" t="s">
-        <v>413</v>
+        <v>403</v>
       </c>
       <c r="B613">
-        <v>300469160</v>
+        <v>400136170</v>
       </c>
       <c r="C613">
-        <v>2</v>
+        <v>26</v>
       </c>
       <c r="D613" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="614" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A614" t="s">
-        <v>413</v>
+        <v>404</v>
       </c>
       <c r="B614">
-        <v>300469160</v>
+        <v>400146695</v>
       </c>
       <c r="C614">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D614" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="615" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A615" t="s">
-        <v>414</v>
+        <v>404</v>
       </c>
       <c r="B615">
-        <v>301020986</v>
+        <v>400146695</v>
       </c>
       <c r="C615">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D615" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="616" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A616" t="s">
-        <v>415</v>
+        <v>405</v>
       </c>
       <c r="B616">
-        <v>301070594</v>
+        <v>400146767</v>
       </c>
       <c r="C616">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="D616" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="617" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A617" t="s">
-        <v>415</v>
+        <v>405</v>
       </c>
       <c r="B617">
-        <v>301070594</v>
+        <v>400146767</v>
       </c>
       <c r="C617">
-        <v>13</v>
+        <v>59</v>
       </c>
       <c r="D617" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="618" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A618" t="s">
-        <v>416</v>
+        <v>406</v>
       </c>
       <c r="B618">
-        <v>301100166</v>
+        <v>400157561</v>
       </c>
       <c r="C618">
-        <v>1</v>
+        <v>16</v>
       </c>
       <c r="D618" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="619" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A619" t="s">
-        <v>417</v>
+        <v>406</v>
       </c>
       <c r="B619">
-        <v>301200099</v>
+        <v>400157561</v>
       </c>
       <c r="C619">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="D619" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="620" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A620" t="s">
-        <v>418</v>
+        <v>407</v>
       </c>
       <c r="B620">
-        <v>301210734</v>
+        <v>400157748</v>
       </c>
       <c r="C620">
-        <v>28</v>
+        <v>36</v>
       </c>
       <c r="D620" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="621" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A621" t="s">
-        <v>418</v>
+        <v>408</v>
       </c>
       <c r="B621">
-        <v>301210734</v>
+        <v>400179611</v>
       </c>
       <c r="C621">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D621" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="622" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A622" t="s">
-        <v>419</v>
+        <v>408</v>
       </c>
       <c r="B622">
-        <v>301230947</v>
+        <v>400179611</v>
       </c>
       <c r="C622">
         <v>3</v>
       </c>
       <c r="D622" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="623" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A623" t="s">
-        <v>420</v>
+        <v>409</v>
       </c>
       <c r="B623">
-        <v>301250317</v>
+        <v>400179981</v>
       </c>
       <c r="C623">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="D623" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="624" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A624" t="s">
-        <v>421</v>
+        <v>409</v>
       </c>
       <c r="B624">
-        <v>301250396</v>
+        <v>400179981</v>
       </c>
       <c r="C624">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D624" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="625" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A625" t="s">
-        <v>422</v>
+        <v>410</v>
       </c>
       <c r="B625">
-        <v>301340365</v>
+        <v>400192628</v>
       </c>
       <c r="C625">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D625" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="626" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A626" t="s">
-        <v>423</v>
+        <v>410</v>
       </c>
       <c r="B626">
-        <v>301480655</v>
+        <v>400192628</v>
       </c>
       <c r="C626">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="D626" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="627" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A627" t="s">
-        <v>423</v>
+        <v>411</v>
       </c>
       <c r="B627">
-        <v>301480655</v>
+        <v>400203317</v>
       </c>
       <c r="C627">
-        <v>1</v>
+        <v>82</v>
       </c>
       <c r="D627" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="628" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A628" t="s">
-        <v>424</v>
+        <v>411</v>
       </c>
       <c r="B628">
-        <v>301740878</v>
+        <v>400203317</v>
       </c>
       <c r="C628">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D628" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="629" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A629" t="s">
-        <v>424</v>
+        <v>412</v>
       </c>
       <c r="B629">
-        <v>301740878</v>
+        <v>400230489</v>
       </c>
       <c r="C629">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D629" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="630" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A630" t="s">
-        <v>425</v>
+        <v>412</v>
       </c>
       <c r="B630">
-        <v>301800197</v>
+        <v>400230489</v>
       </c>
       <c r="C630">
         <v>4</v>
       </c>
       <c r="D630" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="631" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A631" t="s">
-        <v>425</v>
+        <v>10</v>
       </c>
       <c r="B631">
-        <v>301800197</v>
+        <v>400247140</v>
       </c>
       <c r="C631">
-        <v>63</v>
+        <v>8</v>
       </c>
       <c r="D631" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="632" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A632" t="s">
-        <v>426</v>
+        <v>413</v>
       </c>
       <c r="B632">
-        <v>301880701</v>
+        <v>400247300</v>
       </c>
       <c r="C632">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D632" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="633" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A633" t="s">
-        <v>427</v>
+        <v>413</v>
       </c>
       <c r="B633">
-        <v>301900799</v>
+        <v>400247300</v>
       </c>
       <c r="C633">
-        <v>10</v>
+        <v>16</v>
       </c>
       <c r="D633" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="634" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A634" t="s">
-        <v>427</v>
+        <v>414</v>
       </c>
       <c r="B634">
-        <v>301900799</v>
+        <v>400258415</v>
       </c>
       <c r="C634">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="D634" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="635" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A635" t="s">
-        <v>428</v>
+        <v>414</v>
       </c>
       <c r="B635">
-        <v>301940716</v>
+        <v>400258415</v>
       </c>
       <c r="C635">
-        <v>2</v>
+        <v>43</v>
       </c>
       <c r="D635" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="636" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A636" t="s">
-        <v>429</v>
+        <v>415</v>
       </c>
       <c r="B636">
-        <v>302010192</v>
+        <v>400258644</v>
       </c>
       <c r="C636">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D636" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="637" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A637" t="s">
-        <v>430</v>
+        <v>415</v>
       </c>
       <c r="B637">
-        <v>302040017</v>
+        <v>400258644</v>
       </c>
       <c r="C637">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="D637" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="638" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A638" t="s">
-        <v>10</v>
+        <v>416</v>
       </c>
       <c r="B638">
-        <v>302110804</v>
+        <v>400279796</v>
       </c>
       <c r="C638">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="D638" t="s">
-        <v>1133</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="639" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A639" t="s">
-        <v>431</v>
+        <v>416</v>
       </c>
       <c r="B639">
-        <v>302360656</v>
+        <v>400279796</v>
       </c>
       <c r="C639">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="D639" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="640" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A640" t="s">
-        <v>432</v>
+        <v>417</v>
       </c>
       <c r="B640">
-        <v>302430456</v>
+        <v>400292218</v>
       </c>
       <c r="C640">
-        <v>23</v>
+        <v>5</v>
       </c>
       <c r="D640" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="641" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A641" t="s">
-        <v>432</v>
+        <v>417</v>
       </c>
       <c r="B641">
-        <v>302430456</v>
+        <v>400292218</v>
       </c>
       <c r="C641">
-        <v>4</v>
+        <v>110</v>
       </c>
       <c r="D641" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="642" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A642" t="s">
-        <v>433</v>
+        <v>418</v>
       </c>
       <c r="B642">
-        <v>304530239</v>
+        <v>400292487</v>
       </c>
       <c r="C642">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D642" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="643" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A643" t="s">
-        <v>433</v>
+        <v>418</v>
       </c>
       <c r="B643">
-        <v>304530239</v>
+        <v>400292487</v>
       </c>
       <c r="C643">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="D643" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="644" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A644" t="s">
-        <v>434</v>
+        <v>419</v>
       </c>
       <c r="B644">
-        <v>400022091</v>
+        <v>400303274</v>
       </c>
       <c r="C644">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D644" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="645" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A645" t="s">
-        <v>434</v>
+        <v>419</v>
       </c>
       <c r="B645">
-        <v>400022091</v>
+        <v>400303274</v>
       </c>
       <c r="C645">
-        <v>18</v>
+        <v>5</v>
       </c>
       <c r="D645" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="646" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A646" t="s">
-        <v>435</v>
+        <v>420</v>
       </c>
       <c r="B646">
-        <v>400067987</v>
+        <v>400303609</v>
       </c>
       <c r="C646">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D646" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="647" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A647" t="s">
-        <v>435</v>
+        <v>420</v>
       </c>
       <c r="B647">
-        <v>400067987</v>
+        <v>400303609</v>
       </c>
       <c r="C647">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D647" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="648" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A648" t="s">
-        <v>436</v>
+        <v>421</v>
       </c>
       <c r="B648">
-        <v>400079421</v>
+        <v>400335847</v>
       </c>
       <c r="C648">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D648" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="649" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A649" t="s">
-        <v>436</v>
+        <v>422</v>
       </c>
       <c r="B649">
-        <v>400079421</v>
+        <v>400335884</v>
       </c>
       <c r="C649">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D649" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="650" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A650" t="s">
-        <v>437</v>
+        <v>422</v>
       </c>
       <c r="B650">
-        <v>400089816</v>
+        <v>400335884</v>
       </c>
       <c r="C650">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D650" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="651" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A651" t="s">
-        <v>438</v>
+        <v>423</v>
       </c>
       <c r="B651">
-        <v>400102435</v>
+        <v>400335961</v>
       </c>
       <c r="C651">
-        <v>13</v>
+        <v>41</v>
       </c>
       <c r="D651" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="652" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A652" t="s">
-        <v>438</v>
+        <v>423</v>
       </c>
       <c r="B652">
-        <v>400102435</v>
+        <v>400335961</v>
       </c>
       <c r="C652">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D652" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="653" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A653" t="s">
-        <v>439</v>
+        <v>424</v>
       </c>
       <c r="B653">
-        <v>400113557</v>
+        <v>400347141</v>
       </c>
       <c r="C653">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D653" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="654" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A654" t="s">
-        <v>440</v>
+        <v>425</v>
       </c>
       <c r="B654">
-        <v>400136170</v>
+        <v>400369067</v>
       </c>
       <c r="C654">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="D654" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="655" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A655" t="s">
-        <v>440</v>
+        <v>426</v>
       </c>
       <c r="B655">
-        <v>400136170</v>
+        <v>400369287</v>
       </c>
       <c r="C655">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="D655" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="656" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A656" t="s">
-        <v>441</v>
+        <v>426</v>
       </c>
       <c r="B656">
-        <v>400146695</v>
+        <v>400369287</v>
       </c>
       <c r="C656">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D656" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="657" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A657" t="s">
-        <v>441</v>
+        <v>427</v>
       </c>
       <c r="B657">
-        <v>400146695</v>
+        <v>400370052</v>
       </c>
       <c r="C657">
-        <v>7</v>
+        <v>10</v>
       </c>
       <c r="D657" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="658" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A658" t="s">
-        <v>442</v>
+        <v>427</v>
       </c>
       <c r="B658">
-        <v>400146767</v>
+        <v>400370052</v>
       </c>
       <c r="C658">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D658" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="659" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A659" t="s">
-        <v>442</v>
+        <v>428</v>
       </c>
       <c r="B659">
-        <v>400146767</v>
+        <v>400379801</v>
       </c>
       <c r="C659">
-        <v>59</v>
+        <v>3</v>
       </c>
       <c r="D659" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="660" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A660" t="s">
-        <v>443</v>
+        <v>429</v>
       </c>
       <c r="B660">
-        <v>400157561</v>
+        <v>400381433</v>
       </c>
       <c r="C660">
-        <v>16</v>
+        <v>103</v>
       </c>
       <c r="D660" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="661" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A661" t="s">
-        <v>443</v>
+        <v>429</v>
       </c>
       <c r="B661">
-        <v>400157561</v>
+        <v>400381433</v>
       </c>
       <c r="C661">
-        <v>19</v>
+        <v>12</v>
       </c>
       <c r="D661" t="s">
-        <v>1133</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="662" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A662" t="s">
-        <v>444</v>
+        <v>430</v>
       </c>
       <c r="B662">
-        <v>400157748</v>
+        <v>400381490</v>
       </c>
       <c r="C662">
-        <v>36</v>
+        <v>3</v>
       </c>
       <c r="D662" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="663" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A663" t="s">
-        <v>445</v>
+        <v>431</v>
       </c>
       <c r="B663">
-        <v>400179611</v>
+        <v>400392077</v>
       </c>
       <c r="C663">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D663" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="664" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A664" t="s">
-        <v>445</v>
+        <v>431</v>
       </c>
       <c r="B664">
-        <v>400179611</v>
+        <v>400392077</v>
       </c>
       <c r="C664">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="D664" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="665" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A665" t="s">
-        <v>446</v>
+        <v>432</v>
       </c>
       <c r="B665">
-        <v>400179981</v>
+        <v>400392228</v>
       </c>
       <c r="C665">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D665" t="s">
-        <v>1133</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="666" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A666" t="s">
-        <v>446</v>
+        <v>433</v>
       </c>
       <c r="B666">
-        <v>400179981</v>
+        <v>400402665</v>
       </c>
       <c r="C666">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="D666" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="667" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A667" t="s">
-        <v>447</v>
+        <v>433</v>
       </c>
       <c r="B667">
-        <v>400192628</v>
+        <v>400402665</v>
       </c>
       <c r="C667">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="D667" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="668" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A668" t="s">
-        <v>447</v>
+        <v>434</v>
       </c>
       <c r="B668">
-        <v>400192628</v>
+        <v>400402957</v>
       </c>
       <c r="C668">
-        <v>2</v>
+        <v>87</v>
       </c>
       <c r="D668" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="669" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A669" t="s">
-        <v>448</v>
+        <v>434</v>
       </c>
       <c r="B669">
-        <v>400203317</v>
+        <v>400402957</v>
       </c>
       <c r="C669">
-        <v>5</v>
+        <v>12</v>
       </c>
       <c r="D669" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="670" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A670" t="s">
-        <v>448</v>
+        <v>435</v>
       </c>
       <c r="B670">
-        <v>400203317</v>
+        <v>400403496</v>
       </c>
       <c r="C670">
-        <v>82</v>
+        <v>4</v>
       </c>
       <c r="D670" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="671" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A671" t="s">
-        <v>449</v>
+        <v>435</v>
       </c>
       <c r="B671">
-        <v>400230489</v>
+        <v>400403496</v>
       </c>
       <c r="C671">
-        <v>4</v>
+        <v>43</v>
       </c>
       <c r="D671" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="672" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A672" t="s">
-        <v>449</v>
+        <v>436</v>
       </c>
       <c r="B672">
-        <v>400230489</v>
+        <v>400414149</v>
       </c>
       <c r="C672">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D672" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="673" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A673" t="s">
-        <v>10</v>
+        <v>436</v>
       </c>
       <c r="B673">
-        <v>400247140</v>
+        <v>400414149</v>
       </c>
       <c r="C673">
-        <v>8</v>
+        <v>13</v>
       </c>
       <c r="D673" t="s">
-        <v>1133</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="674" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A674" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B674">
-        <v>400247300</v>
+        <v>400420328</v>
       </c>
       <c r="C674">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D674" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="675" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A675" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B675">
-        <v>400247300</v>
+        <v>400420328</v>
       </c>
       <c r="C675">
-        <v>16</v>
+        <v>13</v>
       </c>
       <c r="D675" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="676" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A676" t="s">
-        <v>451</v>
+        <v>438</v>
       </c>
       <c r="B676">
-        <v>400258415</v>
+        <v>400430070</v>
       </c>
       <c r="C676">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="D676" t="s">
-        <v>1133</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="677" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A677" t="s">
-        <v>451</v>
+        <v>438</v>
       </c>
       <c r="B677">
-        <v>400258415</v>
+        <v>400430070</v>
       </c>
       <c r="C677">
-        <v>12</v>
+        <v>13</v>
       </c>
       <c r="D677" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="678" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A678" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="B678">
-        <v>400258644</v>
+        <v>400430355</v>
       </c>
       <c r="C678">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D678" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="679" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A679" t="s">
-        <v>452</v>
+        <v>440</v>
       </c>
       <c r="B679">
-        <v>400258644</v>
+        <v>400440074</v>
       </c>
       <c r="C679">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="D679" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="680" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A680" t="s">
-        <v>453</v>
+        <v>441</v>
       </c>
       <c r="B680">
-        <v>400279796</v>
+        <v>400440702</v>
       </c>
       <c r="C680">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D680" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="681" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A681" t="s">
-        <v>453</v>
+        <v>442</v>
       </c>
       <c r="B681">
-        <v>400279796</v>
+        <v>400450182</v>
       </c>
       <c r="C681">
-        <v>38</v>
+        <v>4</v>
       </c>
       <c r="D681" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="682" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A682" t="s">
-        <v>454</v>
+        <v>442</v>
       </c>
       <c r="B682">
-        <v>400292218</v>
+        <v>400450182</v>
       </c>
       <c r="C682">
-        <v>110</v>
+        <v>43</v>
       </c>
       <c r="D682" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="683" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A683" t="s">
-        <v>454</v>
+        <v>443</v>
       </c>
       <c r="B683">
-        <v>400292218</v>
+        <v>400450576</v>
       </c>
       <c r="C683">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D683" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="684" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A684" t="s">
-        <v>455</v>
+        <v>443</v>
       </c>
       <c r="B684">
-        <v>400292487</v>
+        <v>400450576</v>
       </c>
       <c r="C684">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D684" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="685" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A685" t="s">
-        <v>455</v>
+        <v>444</v>
       </c>
       <c r="B685">
-        <v>400292487</v>
+        <v>400450690</v>
       </c>
       <c r="C685">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D685" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="686" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A686" t="s">
-        <v>456</v>
+        <v>444</v>
       </c>
       <c r="B686">
-        <v>400302705</v>
+        <v>400450690</v>
       </c>
       <c r="C686">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D686" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="687" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A687" t="s">
-        <v>457</v>
+        <v>445</v>
       </c>
       <c r="B687">
-        <v>400303274</v>
+        <v>400460420</v>
       </c>
       <c r="C687">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D687" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="688" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A688" t="s">
-        <v>457</v>
+        <v>445</v>
       </c>
       <c r="B688">
-        <v>400303274</v>
+        <v>400460420</v>
       </c>
       <c r="C688">
         <v>3</v>
       </c>
       <c r="D688" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="689" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A689" t="s">
-        <v>458</v>
+        <v>446</v>
       </c>
       <c r="B689">
-        <v>400303609</v>
+        <v>400460428</v>
       </c>
       <c r="C689">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D689" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="690" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A690" t="s">
-        <v>458</v>
+        <v>446</v>
       </c>
       <c r="B690">
-        <v>400303609</v>
+        <v>400460428</v>
       </c>
       <c r="C690">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D690" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="691" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A691" t="s">
-        <v>459</v>
+        <v>447</v>
       </c>
       <c r="B691">
-        <v>400335847</v>
+        <v>400460605</v>
       </c>
       <c r="C691">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D691" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="692" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A692" t="s">
-        <v>460</v>
+        <v>447</v>
       </c>
       <c r="B692">
-        <v>400335884</v>
+        <v>400460605</v>
       </c>
       <c r="C692">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D692" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="693" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A693" t="s">
-        <v>460</v>
+        <v>448</v>
       </c>
       <c r="B693">
-        <v>400335884</v>
+        <v>400460612</v>
       </c>
       <c r="C693">
-        <v>3</v>
+        <v>42</v>
       </c>
       <c r="D693" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="694" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A694" t="s">
-        <v>461</v>
+        <v>448</v>
       </c>
       <c r="B694">
-        <v>400335961</v>
+        <v>400460612</v>
       </c>
       <c r="C694">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D694" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="695" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A695" t="s">
-        <v>461</v>
+        <v>449</v>
       </c>
       <c r="B695">
-        <v>400335961</v>
+        <v>400470063</v>
       </c>
       <c r="C695">
-        <v>41</v>
+        <v>1</v>
       </c>
       <c r="D695" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="696" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A696" t="s">
-        <v>462</v>
+        <v>450</v>
       </c>
       <c r="B696">
-        <v>400347046</v>
+        <v>400470176</v>
       </c>
       <c r="C696">
-        <v>1</v>
+        <v>47</v>
       </c>
       <c r="D696" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="697" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A697" t="s">
-        <v>463</v>
+        <v>450</v>
       </c>
       <c r="B697">
-        <v>400347141</v>
+        <v>400470176</v>
       </c>
       <c r="C697">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D697" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="698" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A698" t="s">
-        <v>464</v>
+        <v>451</v>
       </c>
       <c r="B698">
-        <v>400369067</v>
+        <v>400480759</v>
       </c>
       <c r="C698">
         <v>3</v>
       </c>
       <c r="D698" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="699" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A699" t="s">
-        <v>465</v>
+        <v>451</v>
       </c>
       <c r="B699">
-        <v>400369287</v>
+        <v>400480759</v>
       </c>
       <c r="C699">
         <v>5</v>
       </c>
       <c r="D699" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="700" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A700" t="s">
-        <v>465</v>
+        <v>452</v>
       </c>
       <c r="B700">
-        <v>400369287</v>
+        <v>400480816</v>
       </c>
       <c r="C700">
-        <v>2</v>
+        <v>111</v>
       </c>
       <c r="D700" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="701" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A701" t="s">
-        <v>466</v>
+        <v>452</v>
       </c>
       <c r="B701">
-        <v>400370052</v>
+        <v>400480816</v>
       </c>
       <c r="C701">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D701" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="702" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A702" t="s">
-        <v>466</v>
+        <v>453</v>
       </c>
       <c r="B702">
-        <v>400370052</v>
+        <v>400480910</v>
       </c>
       <c r="C702">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="D702" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="703" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A703" t="s">
-        <v>467</v>
+        <v>454</v>
       </c>
       <c r="B703">
-        <v>400379801</v>
+        <v>400490259</v>
       </c>
       <c r="C703">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D703" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="704" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A704" t="s">
-        <v>468</v>
+        <v>455</v>
       </c>
       <c r="B704">
-        <v>400381433</v>
+        <v>400490422</v>
       </c>
       <c r="C704">
-        <v>103</v>
+        <v>3</v>
       </c>
       <c r="D704" t="s">
-        <v>1133</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="705" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A705" t="s">
-        <v>468</v>
+        <v>456</v>
       </c>
       <c r="B705">
-        <v>400381433</v>
+        <v>400490747</v>
       </c>
       <c r="C705">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="D705" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="706" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A706" t="s">
-        <v>469</v>
+        <v>457</v>
       </c>
       <c r="B706">
-        <v>400381490</v>
+        <v>400490916</v>
       </c>
       <c r="C706">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D706" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="707" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A707" t="s">
-        <v>470</v>
+        <v>458</v>
       </c>
       <c r="B707">
-        <v>400392077</v>
+        <v>400500089</v>
       </c>
       <c r="C707">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="D707" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="708" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A708" t="s">
-        <v>470</v>
+        <v>458</v>
       </c>
       <c r="B708">
-        <v>400392077</v>
+        <v>400500089</v>
       </c>
       <c r="C708">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D708" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="709" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A709" t="s">
-        <v>471</v>
+        <v>459</v>
       </c>
       <c r="B709">
-        <v>400392228</v>
+        <v>400500311</v>
       </c>
       <c r="C709">
         <v>3</v>
       </c>
       <c r="D709" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="710" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A710" t="s">
-        <v>472</v>
+        <v>460</v>
       </c>
       <c r="B710">
-        <v>400402665</v>
+        <v>400510117</v>
       </c>
       <c r="C710">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D710" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="711" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A711" t="s">
-        <v>472</v>
+        <v>461</v>
       </c>
       <c r="B711">
-        <v>400402665</v>
+        <v>400510929</v>
       </c>
       <c r="C711">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D711" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="712" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A712" t="s">
-        <v>473</v>
+        <v>462</v>
       </c>
       <c r="B712">
-        <v>400402957</v>
+        <v>400520196</v>
       </c>
       <c r="C712">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="D712" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="713" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A713" t="s">
-        <v>473</v>
+        <v>462</v>
       </c>
       <c r="B713">
-        <v>400402957</v>
+        <v>400520196</v>
       </c>
       <c r="C713">
-        <v>87</v>
+        <v>3</v>
       </c>
       <c r="D713" t="s">
-        <v>1133</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="714" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A714" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="B714">
-        <v>400403496</v>
+        <v>400520783</v>
       </c>
       <c r="C714">
-        <v>43</v>
+        <v>7</v>
       </c>
       <c r="D714" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="715" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A715" t="s">
-        <v>474</v>
+        <v>463</v>
       </c>
       <c r="B715">
-        <v>400403496</v>
+        <v>400520783</v>
       </c>
       <c r="C715">
         <v>4</v>
       </c>
       <c r="D715" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="716" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A716" t="s">
-        <v>475</v>
+        <v>464</v>
       </c>
       <c r="B716">
-        <v>400414149</v>
+        <v>400520851</v>
       </c>
       <c r="C716">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D716" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="717" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A717" t="s">
-        <v>475</v>
+        <v>464</v>
       </c>
       <c r="B717">
-        <v>400414149</v>
+        <v>400520851</v>
       </c>
       <c r="C717">
-        <v>14</v>
+        <v>7</v>
       </c>
       <c r="D717" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="718" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A718" t="s">
-        <v>476</v>
+        <v>465</v>
       </c>
       <c r="B718">
-        <v>400420328</v>
+        <v>400520949</v>
       </c>
       <c r="C718">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="D718" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="719" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A719" t="s">
-        <v>476</v>
+        <v>466</v>
       </c>
       <c r="B719">
-        <v>400420328</v>
+        <v>400530318</v>
       </c>
       <c r="C719">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D719" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="720" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A720" t="s">
-        <v>477</v>
+        <v>466</v>
       </c>
       <c r="B720">
-        <v>400430070</v>
+        <v>400530318</v>
       </c>
       <c r="C720">
-        <v>13</v>
+        <v>107</v>
       </c>
       <c r="D720" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="721" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A721" t="s">
-        <v>477</v>
+        <v>467</v>
       </c>
       <c r="B721">
-        <v>400430070</v>
+        <v>400530833</v>
       </c>
       <c r="C721">
-        <v>22</v>
+        <v>1</v>
       </c>
       <c r="D721" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="722" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A722" t="s">
-        <v>478</v>
+        <v>468</v>
       </c>
       <c r="B722">
-        <v>400430355</v>
+        <v>400530878</v>
       </c>
       <c r="C722">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D722" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="723" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A723" t="s">
-        <v>478</v>
+        <v>469</v>
       </c>
       <c r="B723">
-        <v>400430355</v>
+        <v>400540142</v>
       </c>
       <c r="C723">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D723" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="724" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A724" t="s">
-        <v>479</v>
+        <v>469</v>
       </c>
       <c r="B724">
-        <v>400440074</v>
+        <v>400540142</v>
       </c>
       <c r="C724">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="D724" t="s">
-        <v>1133</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="725" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A725" t="s">
-        <v>480</v>
+        <v>470</v>
       </c>
       <c r="B725">
-        <v>400440702</v>
+        <v>400540199</v>
       </c>
       <c r="C725">
-        <v>8</v>
+        <v>39</v>
       </c>
       <c r="D725" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="726" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A726" t="s">
-        <v>481</v>
+        <v>470</v>
       </c>
       <c r="B726">
-        <v>400450182</v>
+        <v>400540199</v>
       </c>
       <c r="C726">
         <v>4</v>
       </c>
       <c r="D726" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="727" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A727" t="s">
-        <v>481</v>
+        <v>471</v>
       </c>
       <c r="B727">
-        <v>400450182</v>
+        <v>400540812</v>
       </c>
       <c r="C727">
-        <v>43</v>
+        <v>3</v>
       </c>
       <c r="D727" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="728" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A728" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="B728">
-        <v>400450576</v>
+        <v>400550467</v>
       </c>
       <c r="C728">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D728" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="729" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A729" t="s">
-        <v>482</v>
+        <v>472</v>
       </c>
       <c r="B729">
-        <v>400450576</v>
+        <v>400550467</v>
       </c>
       <c r="C729">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D729" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="730" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A730" t="s">
-        <v>483</v>
+        <v>473</v>
       </c>
       <c r="B730">
-        <v>400450690</v>
+        <v>400550543</v>
       </c>
       <c r="C730">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D730" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="731" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A731" t="s">
-        <v>483</v>
+        <v>474</v>
       </c>
       <c r="B731">
-        <v>400450690</v>
+        <v>400550612</v>
       </c>
       <c r="C731">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D731" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="732" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A732" t="s">
-        <v>484</v>
+        <v>474</v>
       </c>
       <c r="B732">
-        <v>400460420</v>
+        <v>400550612</v>
       </c>
       <c r="C732">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="D732" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="733" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A733" t="s">
-        <v>484</v>
+        <v>475</v>
       </c>
       <c r="B733">
-        <v>400460420</v>
+        <v>400560049</v>
       </c>
       <c r="C733">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D733" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="734" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A734" t="s">
-        <v>485</v>
+        <v>475</v>
       </c>
       <c r="B734">
-        <v>400460428</v>
+        <v>400560049</v>
       </c>
       <c r="C734">
-        <v>11</v>
+        <v>62</v>
       </c>
       <c r="D734" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="735" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A735" t="s">
-        <v>485</v>
+        <v>476</v>
       </c>
       <c r="B735">
-        <v>400460428</v>
+        <v>400560941</v>
       </c>
       <c r="C735">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D735" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="736" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A736" t="s">
-        <v>486</v>
+        <v>476</v>
       </c>
       <c r="B736">
-        <v>400460605</v>
+        <v>400560941</v>
       </c>
       <c r="C736">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D736" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="737" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A737" t="s">
-        <v>486</v>
+        <v>477</v>
       </c>
       <c r="B737">
-        <v>400460605</v>
+        <v>400560948</v>
       </c>
       <c r="C737">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D737" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="738" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A738" t="s">
-        <v>487</v>
+        <v>477</v>
       </c>
       <c r="B738">
-        <v>400460612</v>
+        <v>400560948</v>
       </c>
       <c r="C738">
-        <v>42</v>
+        <v>7</v>
       </c>
       <c r="D738" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="739" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A739" t="s">
-        <v>487</v>
+        <v>478</v>
       </c>
       <c r="B739">
-        <v>400460612</v>
+        <v>400570452</v>
       </c>
       <c r="C739">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D739" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="740" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A740" t="s">
-        <v>488</v>
+        <v>478</v>
       </c>
       <c r="B740">
-        <v>400460922</v>
+        <v>400570452</v>
       </c>
       <c r="C740">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="D740" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="741" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A741" t="s">
-        <v>489</v>
+        <v>479</v>
       </c>
       <c r="B741">
-        <v>400470063</v>
+        <v>400570503</v>
       </c>
       <c r="C741">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D741" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="742" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A742" t="s">
-        <v>490</v>
+        <v>479</v>
       </c>
       <c r="B742">
-        <v>400470176</v>
+        <v>400570503</v>
       </c>
       <c r="C742">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D742" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="743" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A743" t="s">
-        <v>490</v>
+        <v>480</v>
       </c>
       <c r="B743">
-        <v>400470176</v>
+        <v>400570616</v>
       </c>
       <c r="C743">
-        <v>47</v>
+        <v>5</v>
       </c>
       <c r="D743" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="744" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A744" t="s">
-        <v>491</v>
+        <v>480</v>
       </c>
       <c r="B744">
-        <v>400480759</v>
+        <v>400570616</v>
       </c>
       <c r="C744">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D744" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="745" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A745" t="s">
-        <v>491</v>
+        <v>481</v>
       </c>
       <c r="B745">
-        <v>400480759</v>
+        <v>400580281</v>
       </c>
       <c r="C745">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D745" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="746" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A746" t="s">
-        <v>492</v>
+        <v>481</v>
       </c>
       <c r="B746">
-        <v>400480816</v>
+        <v>400580281</v>
       </c>
       <c r="C746">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D746" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="747" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A747" t="s">
-        <v>492</v>
+        <v>482</v>
       </c>
       <c r="B747">
-        <v>400480816</v>
+        <v>400580562</v>
       </c>
       <c r="C747">
-        <v>111</v>
+        <v>2</v>
       </c>
       <c r="D747" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="748" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A748" t="s">
-        <v>493</v>
+        <v>483</v>
       </c>
       <c r="B748">
-        <v>400480910</v>
+        <v>400580764</v>
       </c>
       <c r="C748">
-        <v>2</v>
+        <v>71</v>
       </c>
       <c r="D748" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="749" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A749" t="s">
-        <v>494</v>
+        <v>483</v>
       </c>
       <c r="B749">
-        <v>400490259</v>
+        <v>400580764</v>
       </c>
       <c r="C749">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D749" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="750" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A750" t="s">
-        <v>495</v>
+        <v>484</v>
       </c>
       <c r="B750">
-        <v>400490388</v>
+        <v>400590157</v>
       </c>
       <c r="C750">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D750" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="751" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A751" t="s">
-        <v>496</v>
+        <v>485</v>
       </c>
       <c r="B751">
-        <v>400490422</v>
+        <v>400590715</v>
       </c>
       <c r="C751">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="D751" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="752" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A752" t="s">
-        <v>497</v>
+        <v>485</v>
       </c>
       <c r="B752">
-        <v>400490747</v>
+        <v>400590715</v>
       </c>
       <c r="C752">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="D752" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="753" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A753" t="s">
-        <v>498</v>
+        <v>486</v>
       </c>
       <c r="B753">
-        <v>400490916</v>
+        <v>400590891</v>
       </c>
       <c r="C753">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D753" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="754" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A754" t="s">
-        <v>499</v>
+        <v>486</v>
       </c>
       <c r="B754">
-        <v>400500089</v>
+        <v>400590891</v>
       </c>
       <c r="C754">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D754" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="755" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A755" t="s">
-        <v>499</v>
+        <v>487</v>
       </c>
       <c r="B755">
-        <v>400500089</v>
+        <v>400590935</v>
       </c>
       <c r="C755">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D755" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="756" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A756" t="s">
-        <v>500</v>
+        <v>488</v>
       </c>
       <c r="B756">
-        <v>400500311</v>
+        <v>400600063</v>
       </c>
       <c r="C756">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D756" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="757" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A757" t="s">
-        <v>501</v>
+        <v>489</v>
       </c>
       <c r="B757">
-        <v>400510117</v>
+        <v>400600867</v>
       </c>
       <c r="C757">
         <v>2</v>
       </c>
       <c r="D757" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="758" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A758" t="s">
-        <v>502</v>
+        <v>489</v>
       </c>
       <c r="B758">
-        <v>400510929</v>
+        <v>400600867</v>
       </c>
       <c r="C758">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D758" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="759" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A759" t="s">
-        <v>503</v>
+        <v>490</v>
       </c>
       <c r="B759">
-        <v>400520196</v>
+        <v>400610899</v>
       </c>
       <c r="C759">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D759" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="760" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A760" t="s">
-        <v>503</v>
+        <v>490</v>
       </c>
       <c r="B760">
-        <v>400520196</v>
+        <v>400610899</v>
       </c>
       <c r="C760">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D760" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="761" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A761" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="B761">
-        <v>400520783</v>
+        <v>400620045</v>
       </c>
       <c r="C761">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D761" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="762" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A762" t="s">
-        <v>504</v>
+        <v>491</v>
       </c>
       <c r="B762">
-        <v>400520783</v>
+        <v>400620045</v>
       </c>
       <c r="C762">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D762" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="763" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A763" t="s">
-        <v>505</v>
+        <v>492</v>
       </c>
       <c r="B763">
-        <v>400520851</v>
+        <v>400620356</v>
       </c>
       <c r="C763">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D763" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="764" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A764" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="B764">
-        <v>400520851</v>
+        <v>400620613</v>
       </c>
       <c r="C764">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D764" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="765" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A765" t="s">
-        <v>506</v>
+        <v>493</v>
       </c>
       <c r="B765">
-        <v>400520949</v>
+        <v>400620613</v>
       </c>
       <c r="C765">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D765" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="766" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A766" t="s">
-        <v>507</v>
+        <v>494</v>
       </c>
       <c r="B766">
-        <v>400530318</v>
+        <v>400630256</v>
       </c>
       <c r="C766">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D766" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="767" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A767" t="s">
-        <v>507</v>
+        <v>495</v>
       </c>
       <c r="B767">
-        <v>400530318</v>
+        <v>400630336</v>
       </c>
       <c r="C767">
-        <v>107</v>
+        <v>3</v>
       </c>
       <c r="D767" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="768" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A768" t="s">
-        <v>508</v>
+        <v>496</v>
       </c>
       <c r="B768">
-        <v>400530833</v>
+        <v>400630577</v>
       </c>
       <c r="C768">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D768" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="769" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A769" t="s">
-        <v>509</v>
+        <v>496</v>
       </c>
       <c r="B769">
-        <v>400530878</v>
+        <v>400630577</v>
       </c>
       <c r="C769">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D769" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="770" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A770" t="s">
-        <v>510</v>
+        <v>497</v>
       </c>
       <c r="B770">
-        <v>400540142</v>
+        <v>400640099</v>
       </c>
       <c r="C770">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D770" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="771" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A771" t="s">
-        <v>510</v>
+        <v>498</v>
       </c>
       <c r="B771">
-        <v>400540142</v>
+        <v>400640281</v>
       </c>
       <c r="C771">
         <v>3</v>
       </c>
       <c r="D771" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="772" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A772" t="s">
-        <v>511</v>
+        <v>499</v>
       </c>
       <c r="B772">
-        <v>400540199</v>
+        <v>400640459</v>
       </c>
       <c r="C772">
-        <v>39</v>
+        <v>4</v>
       </c>
       <c r="D772" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="773" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A773" t="s">
-        <v>511</v>
+        <v>499</v>
       </c>
       <c r="B773">
-        <v>400540199</v>
+        <v>400640459</v>
       </c>
       <c r="C773">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D773" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="774" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A774" t="s">
-        <v>512</v>
+        <v>500</v>
       </c>
       <c r="B774">
-        <v>400540435</v>
+        <v>400640593</v>
       </c>
       <c r="C774">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D774" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="775" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A775" t="s">
-        <v>513</v>
+        <v>501</v>
       </c>
       <c r="B775">
-        <v>400540812</v>
+        <v>400640596</v>
       </c>
       <c r="C775">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D775" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="776" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A776" t="s">
-        <v>514</v>
+        <v>501</v>
       </c>
       <c r="B776">
-        <v>400550467</v>
+        <v>400640596</v>
       </c>
       <c r="C776">
-        <v>7</v>
+        <v>98</v>
       </c>
       <c r="D776" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="777" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A777" t="s">
-        <v>514</v>
+        <v>502</v>
       </c>
       <c r="B777">
-        <v>400550467</v>
+        <v>400650080</v>
       </c>
       <c r="C777">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D777" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="778" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A778" t="s">
-        <v>515</v>
+        <v>503</v>
       </c>
       <c r="B778">
-        <v>400550543</v>
+        <v>400650305</v>
       </c>
       <c r="C778">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D778" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="779" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A779" t="s">
-        <v>516</v>
+        <v>504</v>
       </c>
       <c r="B779">
-        <v>400550612</v>
+        <v>400650676</v>
       </c>
       <c r="C779">
-        <v>26</v>
+        <v>24</v>
       </c>
       <c r="D779" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="780" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A780" t="s">
-        <v>516</v>
+        <v>505</v>
       </c>
       <c r="B780">
-        <v>400550612</v>
+        <v>400660043</v>
       </c>
       <c r="C780">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D780" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="781" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A781" t="s">
-        <v>517</v>
+        <v>506</v>
       </c>
       <c r="B781">
-        <v>400560049</v>
+        <v>400660259</v>
       </c>
       <c r="C781">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D781" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="782" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A782" t="s">
-        <v>517</v>
+        <v>506</v>
       </c>
       <c r="B782">
-        <v>400560049</v>
+        <v>400660259</v>
       </c>
       <c r="C782">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="D782" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="783" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A783" t="s">
-        <v>518</v>
+        <v>507</v>
       </c>
       <c r="B783">
-        <v>400560941</v>
+        <v>400660460</v>
       </c>
       <c r="C783">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D783" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="784" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A784" t="s">
-        <v>518</v>
+        <v>507</v>
       </c>
       <c r="B784">
-        <v>400560941</v>
+        <v>400660460</v>
       </c>
       <c r="C784">
-        <v>3</v>
+        <v>34</v>
       </c>
       <c r="D784" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="785" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A785" t="s">
-        <v>519</v>
+        <v>508</v>
       </c>
       <c r="B785">
-        <v>400560948</v>
+        <v>400660651</v>
       </c>
       <c r="C785">
-        <v>7</v>
+        <v>28</v>
       </c>
       <c r="D785" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="786" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A786" t="s">
-        <v>519</v>
+        <v>509</v>
       </c>
       <c r="B786">
-        <v>400560948</v>
+        <v>400660721</v>
       </c>
       <c r="C786">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D786" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="787" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A787" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
       <c r="B787">
-        <v>400570452</v>
+        <v>400660744</v>
       </c>
       <c r="C787">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="D787" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="788" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A788" t="s">
-        <v>520</v>
+        <v>510</v>
       </c>
       <c r="B788">
-        <v>400570452</v>
+        <v>400660744</v>
       </c>
       <c r="C788">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D788" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="789" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A789" t="s">
-        <v>521</v>
+        <v>511</v>
       </c>
       <c r="B789">
-        <v>400570453</v>
+        <v>400670383</v>
       </c>
       <c r="C789">
         <v>3</v>
       </c>
       <c r="D789" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="790" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A790" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="B790">
-        <v>400570503</v>
+        <v>400680078</v>
       </c>
       <c r="C790">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="D790" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="791" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A791" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="B791">
-        <v>400570503</v>
+        <v>400680078</v>
       </c>
       <c r="C791">
-        <v>6</v>
+        <v>13</v>
       </c>
       <c r="D791" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="792" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A792" t="s">
-        <v>523</v>
+        <v>513</v>
       </c>
       <c r="B792">
-        <v>400570616</v>
+        <v>400680193</v>
       </c>
       <c r="C792">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D792" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="793" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A793" t="s">
-        <v>523</v>
+        <v>514</v>
       </c>
       <c r="B793">
-        <v>400570616</v>
+        <v>400680452</v>
       </c>
       <c r="C793">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D793" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="794" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A794" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
       <c r="B794">
-        <v>400580281</v>
+        <v>400680711</v>
       </c>
       <c r="C794">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D794" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="795" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A795" t="s">
-        <v>524</v>
+        <v>516</v>
       </c>
       <c r="B795">
-        <v>400580281</v>
+        <v>400690183</v>
       </c>
       <c r="C795">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="D795" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="796" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A796" t="s">
-        <v>525</v>
+        <v>517</v>
       </c>
       <c r="B796">
-        <v>400580562</v>
+        <v>400690216</v>
       </c>
       <c r="C796">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D796" t="s">
-        <v>1133</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="797" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A797" t="s">
-        <v>526</v>
+        <v>517</v>
       </c>
       <c r="B797">
-        <v>400580764</v>
+        <v>400690216</v>
       </c>
       <c r="C797">
-        <v>71</v>
+        <v>4</v>
       </c>
       <c r="D797" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="798" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A798" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="B798">
-        <v>400580764</v>
+        <v>400690518</v>
       </c>
       <c r="C798">
-        <v>5</v>
+        <v>28</v>
       </c>
       <c r="D798" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="799" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A799" t="s">
-        <v>527</v>
+        <v>518</v>
       </c>
       <c r="B799">
-        <v>400590157</v>
+        <v>400690518</v>
       </c>
       <c r="C799">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D799" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="800" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A800" t="s">
-        <v>528</v>
+        <v>519</v>
       </c>
       <c r="B800">
-        <v>400590625</v>
+        <v>400700154</v>
       </c>
       <c r="C800">
-        <v>3</v>
+        <v>49</v>
       </c>
       <c r="D800" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="801" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A801" t="s">
-        <v>528</v>
+        <v>519</v>
       </c>
       <c r="B801">
-        <v>400590625</v>
+        <v>400700154</v>
       </c>
       <c r="C801">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D801" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="802" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A802" t="s">
-        <v>529</v>
+        <v>520</v>
       </c>
       <c r="B802">
-        <v>400590715</v>
+        <v>400700421</v>
       </c>
       <c r="C802">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="D802" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="803" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A803" t="s">
-        <v>529</v>
+        <v>521</v>
       </c>
       <c r="B803">
-        <v>400590715</v>
+        <v>400700576</v>
       </c>
       <c r="C803">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="D803" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="804" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A804" t="s">
-        <v>530</v>
+        <v>521</v>
       </c>
       <c r="B804">
-        <v>400590891</v>
+        <v>400700576</v>
       </c>
       <c r="C804">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D804" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="805" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A805" t="s">
-        <v>530</v>
+        <v>522</v>
       </c>
       <c r="B805">
-        <v>400590891</v>
+        <v>400700898</v>
       </c>
       <c r="C805">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D805" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="806" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A806" t="s">
-        <v>531</v>
+        <v>522</v>
       </c>
       <c r="B806">
-        <v>400590894</v>
+        <v>400700898</v>
       </c>
       <c r="C806">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D806" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="807" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A807" t="s">
-        <v>531</v>
+        <v>523</v>
       </c>
       <c r="B807">
-        <v>400590894</v>
+        <v>400710066</v>
       </c>
       <c r="C807">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D807" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="808" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A808" t="s">
-        <v>532</v>
+        <v>524</v>
       </c>
       <c r="B808">
-        <v>400590895</v>
+        <v>400710312</v>
       </c>
       <c r="C808">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D808" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="809" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A809" t="s">
-        <v>533</v>
+        <v>525</v>
       </c>
       <c r="B809">
-        <v>400590935</v>
+        <v>400710555</v>
       </c>
       <c r="C809">
         <v>2</v>
       </c>
       <c r="D809" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="810" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A810" t="s">
-        <v>534</v>
+        <v>526</v>
       </c>
       <c r="B810">
-        <v>400600063</v>
+        <v>400710761</v>
       </c>
       <c r="C810">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D810" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="811" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A811" t="s">
-        <v>535</v>
+        <v>527</v>
       </c>
       <c r="B811">
-        <v>400600605</v>
+        <v>400710842</v>
       </c>
       <c r="C811">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D811" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="812" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A812" t="s">
-        <v>536</v>
+        <v>528</v>
       </c>
       <c r="B812">
-        <v>400600867</v>
+        <v>400720055</v>
       </c>
       <c r="C812">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="D812" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="813" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A813" t="s">
-        <v>536</v>
+        <v>528</v>
       </c>
       <c r="B813">
-        <v>400600867</v>
+        <v>400720055</v>
       </c>
       <c r="C813">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D813" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="814" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A814" t="s">
-        <v>537</v>
+        <v>529</v>
       </c>
       <c r="B814">
-        <v>400610899</v>
+        <v>400720169</v>
       </c>
       <c r="C814">
         <v>3</v>
       </c>
       <c r="D814" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="815" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A815" t="s">
-        <v>537</v>
+        <v>530</v>
       </c>
       <c r="B815">
-        <v>400610899</v>
+        <v>400720324</v>
       </c>
       <c r="C815">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D815" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="816" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A816" t="s">
-        <v>538</v>
+        <v>530</v>
       </c>
       <c r="B816">
-        <v>400620045</v>
+        <v>400720324</v>
       </c>
       <c r="C816">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D816" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="817" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A817" t="s">
-        <v>538</v>
+        <v>531</v>
       </c>
       <c r="B817">
-        <v>400620045</v>
+        <v>400720538</v>
       </c>
       <c r="C817">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D817" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="818" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A818" t="s">
-        <v>539</v>
+        <v>532</v>
       </c>
       <c r="B818">
-        <v>400620356</v>
+        <v>400720588</v>
       </c>
       <c r="C818">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D818" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="819" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A819" t="s">
-        <v>540</v>
+        <v>532</v>
       </c>
       <c r="B819">
-        <v>400620613</v>
+        <v>400720588</v>
       </c>
       <c r="C819">
-        <v>5</v>
+        <v>11</v>
       </c>
       <c r="D819" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="820" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A820" t="s">
-        <v>540</v>
+        <v>533</v>
       </c>
       <c r="B820">
-        <v>400620613</v>
+        <v>400720645</v>
       </c>
       <c r="C820">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D820" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="821" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A821" t="s">
-        <v>541</v>
+        <v>533</v>
       </c>
       <c r="B821">
-        <v>400630256</v>
+        <v>400720645</v>
       </c>
       <c r="C821">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="D821" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="822" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A822" t="s">
-        <v>542</v>
+        <v>534</v>
       </c>
       <c r="B822">
-        <v>400630336</v>
+        <v>400720740</v>
       </c>
       <c r="C822">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D822" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="823" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A823" t="s">
-        <v>543</v>
+        <v>10</v>
       </c>
       <c r="B823">
-        <v>400630577</v>
+        <v>400720905</v>
       </c>
       <c r="C823">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="D823" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="824" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A824" t="s">
-        <v>543</v>
+        <v>535</v>
       </c>
       <c r="B824">
-        <v>400630577</v>
+        <v>400721000</v>
       </c>
       <c r="C824">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D824" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="825" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A825" t="s">
-        <v>544</v>
+        <v>536</v>
       </c>
       <c r="B825">
-        <v>400640099</v>
+        <v>400730226</v>
       </c>
       <c r="C825">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D825" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="826" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A826" t="s">
-        <v>545</v>
+        <v>536</v>
       </c>
       <c r="B826">
-        <v>400640281</v>
+        <v>400730226</v>
       </c>
       <c r="C826">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="D826" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="827" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A827" t="s">
-        <v>546</v>
+        <v>537</v>
       </c>
       <c r="B827">
-        <v>400640459</v>
+        <v>400730559</v>
       </c>
       <c r="C827">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D827" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="828" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A828" t="s">
-        <v>546</v>
+        <v>538</v>
       </c>
       <c r="B828">
-        <v>400640459</v>
+        <v>400730755</v>
       </c>
       <c r="C828">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D828" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="829" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A829" t="s">
-        <v>547</v>
+        <v>538</v>
       </c>
       <c r="B829">
-        <v>400640557</v>
+        <v>400730755</v>
       </c>
       <c r="C829">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D829" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="830" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A830" t="s">
-        <v>547</v>
+        <v>539</v>
       </c>
       <c r="B830">
-        <v>400640557</v>
+        <v>400730967</v>
       </c>
       <c r="C830">
         <v>3</v>
       </c>
       <c r="D830" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="831" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A831" t="s">
-        <v>548</v>
+        <v>540</v>
       </c>
       <c r="B831">
-        <v>400640593</v>
+        <v>400740227</v>
       </c>
       <c r="C831">
         <v>2</v>
       </c>
       <c r="D831" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="832" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A832" t="s">
-        <v>549</v>
+        <v>541</v>
       </c>
       <c r="B832">
-        <v>400640596</v>
+        <v>400740283</v>
       </c>
       <c r="C832">
-        <v>98</v>
+        <v>3</v>
       </c>
       <c r="D832" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="833" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A833" t="s">
-        <v>549</v>
+        <v>541</v>
       </c>
       <c r="B833">
-        <v>400640596</v>
+        <v>400740283</v>
       </c>
       <c r="C833">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D833" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="834" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A834" t="s">
-        <v>550</v>
+        <v>542</v>
       </c>
       <c r="B834">
-        <v>400650080</v>
+        <v>400740338</v>
       </c>
       <c r="C834">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="D834" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="835" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A835" t="s">
-        <v>551</v>
+        <v>542</v>
       </c>
       <c r="B835">
-        <v>400650305</v>
+        <v>400740338</v>
       </c>
       <c r="C835">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D835" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="836" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A836" t="s">
-        <v>552</v>
+        <v>543</v>
       </c>
       <c r="B836">
-        <v>400650676</v>
+        <v>400740358</v>
       </c>
       <c r="C836">
-        <v>19</v>
+        <v>2</v>
       </c>
       <c r="D836" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="837" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A837" t="s">
-        <v>552</v>
+        <v>543</v>
       </c>
       <c r="B837">
-        <v>400650676</v>
+        <v>400740358</v>
       </c>
       <c r="C837">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D837" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="838" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A838" t="s">
-        <v>553</v>
+        <v>544</v>
       </c>
       <c r="B838">
-        <v>400660043</v>
+        <v>400740669</v>
       </c>
       <c r="C838">
         <v>3</v>
       </c>
       <c r="D838" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="839" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A839" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
       <c r="B839">
-        <v>400660259</v>
+        <v>400740905</v>
       </c>
       <c r="C839">
-        <v>59</v>
+        <v>3</v>
       </c>
       <c r="D839" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="840" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A840" t="s">
-        <v>554</v>
+        <v>545</v>
       </c>
       <c r="B840">
-        <v>400660259</v>
+        <v>400740905</v>
       </c>
       <c r="C840">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D840" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="841" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A841" t="s">
-        <v>555</v>
+        <v>546</v>
       </c>
       <c r="B841">
-        <v>400660459</v>
+        <v>400750056</v>
       </c>
       <c r="C841">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="D841" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="842" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A842" t="s">
-        <v>556</v>
+        <v>546</v>
       </c>
       <c r="B842">
-        <v>400660460</v>
+        <v>400750056</v>
       </c>
       <c r="C842">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D842" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="843" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A843" t="s">
-        <v>556</v>
+        <v>547</v>
       </c>
       <c r="B843">
-        <v>400660460</v>
+        <v>400750119</v>
       </c>
       <c r="C843">
-        <v>34</v>
+        <v>5</v>
       </c>
       <c r="D843" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="844" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A844" t="s">
-        <v>557</v>
+        <v>547</v>
       </c>
       <c r="B844">
-        <v>400660651</v>
+        <v>400750119</v>
       </c>
       <c r="C844">
-        <v>28</v>
+        <v>2</v>
       </c>
       <c r="D844" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="845" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A845" t="s">
-        <v>558</v>
+        <v>548</v>
       </c>
       <c r="B845">
-        <v>400660721</v>
+        <v>400750129</v>
       </c>
       <c r="C845">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D845" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="846" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A846" t="s">
-        <v>559</v>
+        <v>549</v>
       </c>
       <c r="B846">
-        <v>400660744</v>
+        <v>400750299</v>
       </c>
       <c r="C846">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="D846" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="847" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A847" t="s">
-        <v>559</v>
+        <v>549</v>
       </c>
       <c r="B847">
-        <v>400660744</v>
+        <v>400750299</v>
       </c>
       <c r="C847">
-        <v>5</v>
+        <v>26</v>
       </c>
       <c r="D847" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="848" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A848" t="s">
-        <v>560</v>
+        <v>550</v>
       </c>
       <c r="B848">
-        <v>400670383</v>
+        <v>400750515</v>
       </c>
       <c r="C848">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D848" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="849" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A849" t="s">
-        <v>561</v>
+        <v>550</v>
       </c>
       <c r="B849">
-        <v>400680078</v>
+        <v>400750515</v>
       </c>
       <c r="C849">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="D849" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="850" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A850" t="s">
-        <v>561</v>
+        <v>551</v>
       </c>
       <c r="B850">
-        <v>400680078</v>
+        <v>400750874</v>
       </c>
       <c r="C850">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="D850" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="851" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A851" t="s">
-        <v>562</v>
+        <v>552</v>
       </c>
       <c r="B851">
-        <v>400680193</v>
+        <v>400750893</v>
       </c>
       <c r="C851">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D851" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="852" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A852" t="s">
-        <v>563</v>
+        <v>553</v>
       </c>
       <c r="B852">
-        <v>400680452</v>
+        <v>400750896</v>
       </c>
       <c r="C852">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="D852" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="853" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A853" t="s">
-        <v>564</v>
+        <v>553</v>
       </c>
       <c r="B853">
-        <v>400680711</v>
+        <v>400750896</v>
       </c>
       <c r="C853">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D853" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="854" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A854" t="s">
-        <v>565</v>
+        <v>554</v>
       </c>
       <c r="B854">
-        <v>400690183</v>
+        <v>400760083</v>
       </c>
       <c r="C854">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D854" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="855" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A855" t="s">
-        <v>566</v>
+        <v>555</v>
       </c>
       <c r="B855">
-        <v>400690216</v>
+        <v>400760233</v>
       </c>
       <c r="C855">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D855" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="856" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A856" t="s">
-        <v>566</v>
+        <v>555</v>
       </c>
       <c r="B856">
-        <v>400690216</v>
+        <v>400760233</v>
       </c>
       <c r="C856">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D856" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="857" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A857" t="s">
-        <v>567</v>
+        <v>556</v>
       </c>
       <c r="B857">
-        <v>400690518</v>
+        <v>400760366</v>
       </c>
       <c r="C857">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D857" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="858" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A858" t="s">
-        <v>567</v>
+        <v>557</v>
       </c>
       <c r="B858">
-        <v>400690518</v>
+        <v>400760411</v>
       </c>
       <c r="C858">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="D858" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="859" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A859" t="s">
-        <v>568</v>
+        <v>557</v>
       </c>
       <c r="B859">
-        <v>400700154</v>
+        <v>400760411</v>
       </c>
       <c r="C859">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D859" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="860" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A860" t="s">
-        <v>568</v>
+        <v>558</v>
       </c>
       <c r="B860">
-        <v>400700154</v>
+        <v>400760745</v>
       </c>
       <c r="C860">
-        <v>49</v>
+        <v>3</v>
       </c>
       <c r="D860" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="861" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A861" t="s">
-        <v>569</v>
+        <v>559</v>
       </c>
       <c r="B861">
-        <v>400700421</v>
+        <v>400760777</v>
       </c>
       <c r="C861">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D861" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="862" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A862" t="s">
-        <v>570</v>
+        <v>560</v>
       </c>
       <c r="B862">
-        <v>400700576</v>
+        <v>400770153</v>
       </c>
       <c r="C862">
         <v>1</v>
       </c>
       <c r="D862" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="863" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A863" t="s">
-        <v>570</v>
+        <v>561</v>
       </c>
       <c r="B863">
-        <v>400700576</v>
+        <v>400770800</v>
       </c>
       <c r="C863">
         <v>2</v>
       </c>
       <c r="D863" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="864" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A864" t="s">
-        <v>571</v>
+        <v>561</v>
       </c>
       <c r="B864">
-        <v>400700898</v>
+        <v>400770800</v>
       </c>
       <c r="C864">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="D864" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="865" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A865" t="s">
-        <v>571</v>
+        <v>562</v>
       </c>
       <c r="B865">
-        <v>400700898</v>
+        <v>400770809</v>
       </c>
       <c r="C865">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D865" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="866" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A866" t="s">
-        <v>572</v>
+        <v>562</v>
       </c>
       <c r="B866">
-        <v>400710066</v>
+        <v>400770809</v>
       </c>
       <c r="C866">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D866" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="867" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A867" t="s">
-        <v>573</v>
+        <v>563</v>
       </c>
       <c r="B867">
-        <v>400710312</v>
+        <v>400770846</v>
       </c>
       <c r="C867">
         <v>2</v>
       </c>
       <c r="D867" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="868" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A868" t="s">
-        <v>574</v>
+        <v>564</v>
       </c>
       <c r="B868">
-        <v>400710555</v>
+        <v>400780480</v>
       </c>
       <c r="C868">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D868" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="869" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A869" t="s">
-        <v>575</v>
+        <v>565</v>
       </c>
       <c r="B869">
-        <v>400710761</v>
+        <v>400780617</v>
       </c>
       <c r="C869">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D869" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="870" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A870" t="s">
-        <v>575</v>
+        <v>566</v>
       </c>
       <c r="B870">
-        <v>400710761</v>
+        <v>400790205</v>
       </c>
       <c r="C870">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D870" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="871" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A871" t="s">
-        <v>576</v>
+        <v>566</v>
       </c>
       <c r="B871">
-        <v>400710842</v>
+        <v>400790205</v>
       </c>
       <c r="C871">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D871" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="872" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A872" t="s">
-        <v>577</v>
+        <v>567</v>
       </c>
       <c r="B872">
-        <v>400720055</v>
+        <v>400790335</v>
       </c>
       <c r="C872">
         <v>1</v>
       </c>
       <c r="D872" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="873" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A873" t="s">
-        <v>577</v>
+        <v>568</v>
       </c>
       <c r="B873">
-        <v>400720055</v>
+        <v>400790436</v>
       </c>
       <c r="C873">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="D873" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="874" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A874" t="s">
-        <v>578</v>
+        <v>569</v>
       </c>
       <c r="B874">
-        <v>400720169</v>
+        <v>400790461</v>
       </c>
       <c r="C874">
         <v>3</v>
       </c>
       <c r="D874" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="875" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A875" t="s">
-        <v>579</v>
+        <v>570</v>
       </c>
       <c r="B875">
-        <v>400720324</v>
+        <v>400790786</v>
       </c>
       <c r="C875">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D875" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="876" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A876" t="s">
-        <v>579</v>
+        <v>571</v>
       </c>
       <c r="B876">
-        <v>400720324</v>
+        <v>400800062</v>
       </c>
       <c r="C876">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D876" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="877" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A877" t="s">
-        <v>580</v>
+        <v>572</v>
       </c>
       <c r="B877">
-        <v>400720538</v>
+        <v>400800742</v>
       </c>
       <c r="C877">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D877" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="878" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A878" t="s">
-        <v>581</v>
+        <v>572</v>
       </c>
       <c r="B878">
-        <v>400720588</v>
+        <v>400800742</v>
       </c>
       <c r="C878">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="D878" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="879" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A879" t="s">
-        <v>581</v>
+        <v>573</v>
       </c>
       <c r="B879">
-        <v>400720588</v>
+        <v>400810166</v>
       </c>
       <c r="C879">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D879" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="880" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A880" t="s">
-        <v>582</v>
+        <v>573</v>
       </c>
       <c r="B880">
-        <v>400720645</v>
+        <v>400810166</v>
       </c>
       <c r="C880">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D880" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="881" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A881" t="s">
-        <v>582</v>
+        <v>574</v>
       </c>
       <c r="B881">
-        <v>400720645</v>
+        <v>400810668</v>
       </c>
       <c r="C881">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D881" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="882" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A882" t="s">
-        <v>583</v>
+        <v>575</v>
       </c>
       <c r="B882">
-        <v>400720740</v>
+        <v>400810878</v>
       </c>
       <c r="C882">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="D882" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="883" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A883" t="s">
-        <v>584</v>
+        <v>575</v>
       </c>
       <c r="B883">
-        <v>400720830</v>
+        <v>400810878</v>
       </c>
       <c r="C883">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D883" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="884" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A884" t="s">
-        <v>10</v>
+        <v>576</v>
       </c>
       <c r="B884">
-        <v>400720905</v>
+        <v>400820499</v>
       </c>
       <c r="C884">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="D884" t="s">
-        <v>1133</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="885" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A885" t="s">
-        <v>585</v>
+        <v>577</v>
       </c>
       <c r="B885">
-        <v>400721000</v>
+        <v>400820696</v>
       </c>
       <c r="C885">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D885" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="886" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A886" t="s">
-        <v>586</v>
+        <v>577</v>
       </c>
       <c r="B886">
-        <v>400730226</v>
+        <v>400820696</v>
       </c>
       <c r="C886">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D886" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="887" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A887" t="s">
-        <v>586</v>
+        <v>578</v>
       </c>
       <c r="B887">
-        <v>400730226</v>
+        <v>400820764</v>
       </c>
       <c r="C887">
-        <v>30</v>
+        <v>3</v>
       </c>
       <c r="D887" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="888" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A888" t="s">
-        <v>587</v>
+        <v>579</v>
       </c>
       <c r="B888">
-        <v>400730559</v>
+        <v>400830242</v>
       </c>
       <c r="C888">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D888" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="889" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A889" t="s">
-        <v>588</v>
+        <v>580</v>
       </c>
       <c r="B889">
-        <v>400730755</v>
+        <v>400830420</v>
       </c>
       <c r="C889">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D889" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="890" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A890" t="s">
-        <v>588</v>
+        <v>581</v>
       </c>
       <c r="B890">
-        <v>400730755</v>
+        <v>400830590</v>
       </c>
       <c r="C890">
         <v>3</v>
       </c>
       <c r="D890" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="891" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A891" t="s">
-        <v>589</v>
+        <v>582</v>
       </c>
       <c r="B891">
-        <v>400730967</v>
+        <v>400840214</v>
       </c>
       <c r="C891">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="D891" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="892" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A892" t="s">
-        <v>590</v>
+        <v>582</v>
       </c>
       <c r="B892">
-        <v>400740021</v>
+        <v>400840214</v>
       </c>
       <c r="C892">
         <v>1</v>
       </c>
       <c r="D892" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="893" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A893" t="s">
-        <v>591</v>
+        <v>583</v>
       </c>
       <c r="B893">
-        <v>400740227</v>
+        <v>400840322</v>
       </c>
       <c r="C893">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D893" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="894" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A894" t="s">
-        <v>592</v>
+        <v>583</v>
       </c>
       <c r="B894">
-        <v>400740283</v>
+        <v>400840322</v>
       </c>
       <c r="C894">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D894" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="895" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A895" t="s">
-        <v>592</v>
+        <v>584</v>
       </c>
       <c r="B895">
-        <v>400740283</v>
+        <v>400840449</v>
       </c>
       <c r="C895">
         <v>3</v>
       </c>
       <c r="D895" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="896" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A896" t="s">
-        <v>593</v>
+        <v>585</v>
       </c>
       <c r="B896">
-        <v>400740338</v>
+        <v>400840963</v>
       </c>
       <c r="C896">
-        <v>22</v>
+        <v>3</v>
       </c>
       <c r="D896" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="897" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A897" t="s">
-        <v>593</v>
+        <v>586</v>
       </c>
       <c r="B897">
-        <v>400740338</v>
+        <v>400840988</v>
       </c>
       <c r="C897">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="D897" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="898" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A898" t="s">
-        <v>594</v>
+        <v>587</v>
       </c>
       <c r="B898">
-        <v>400740358</v>
+        <v>400850175</v>
       </c>
       <c r="C898">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D898" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="899" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A899" t="s">
-        <v>594</v>
+        <v>588</v>
       </c>
       <c r="B899">
-        <v>400740358</v>
+        <v>400850340</v>
       </c>
       <c r="C899">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D899" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="900" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A900" t="s">
-        <v>595</v>
+        <v>588</v>
       </c>
       <c r="B900">
-        <v>400740669</v>
+        <v>400850340</v>
       </c>
       <c r="C900">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="D900" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="901" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A901" t="s">
-        <v>596</v>
+        <v>589</v>
       </c>
       <c r="B901">
-        <v>400740905</v>
+        <v>400850360</v>
       </c>
       <c r="C901">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D901" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="902" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A902" t="s">
-        <v>596</v>
+        <v>589</v>
       </c>
       <c r="B902">
-        <v>400740905</v>
+        <v>400850360</v>
       </c>
       <c r="C902">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D902" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="903" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A903" t="s">
-        <v>597</v>
+        <v>590</v>
       </c>
       <c r="B903">
-        <v>400750056</v>
+        <v>400850563</v>
       </c>
       <c r="C903">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="D903" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="904" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A904" t="s">
-        <v>597</v>
+        <v>590</v>
       </c>
       <c r="B904">
-        <v>400750056</v>
+        <v>400850563</v>
       </c>
       <c r="C904">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D904" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="905" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A905" t="s">
-        <v>598</v>
+        <v>591</v>
       </c>
       <c r="B905">
-        <v>400750119</v>
+        <v>400850964</v>
       </c>
       <c r="C905">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D905" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="906" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A906" t="s">
-        <v>598</v>
+        <v>592</v>
       </c>
       <c r="B906">
-        <v>400750119</v>
+        <v>400860601</v>
       </c>
       <c r="C906">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D906" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="907" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A907" t="s">
-        <v>599</v>
+        <v>593</v>
       </c>
       <c r="B907">
-        <v>400750129</v>
+        <v>400860991</v>
       </c>
       <c r="C907">
         <v>3</v>
       </c>
       <c r="D907" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="908" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A908" t="s">
-        <v>600</v>
+        <v>594</v>
       </c>
       <c r="B908">
-        <v>400750299</v>
+        <v>400870099</v>
       </c>
       <c r="C908">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="D908" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="909" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A909" t="s">
-        <v>600</v>
+        <v>595</v>
       </c>
       <c r="B909">
-        <v>400750299</v>
+        <v>400870151</v>
       </c>
       <c r="C909">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="D909" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="910" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A910" t="s">
-        <v>601</v>
+        <v>595</v>
       </c>
       <c r="B910">
-        <v>400750515</v>
+        <v>400870151</v>
       </c>
       <c r="C910">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D910" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="911" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A911" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
       <c r="B911">
-        <v>400750515</v>
+        <v>400870355</v>
       </c>
       <c r="C911">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D911" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="912" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A912" t="s">
-        <v>602</v>
+        <v>597</v>
       </c>
       <c r="B912">
-        <v>400750874</v>
+        <v>400870531</v>
       </c>
       <c r="C912">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D912" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="913" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A913" t="s">
-        <v>603</v>
+        <v>598</v>
       </c>
       <c r="B913">
-        <v>400750893</v>
+        <v>400870594</v>
       </c>
       <c r="C913">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D913" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="914" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A914" t="s">
-        <v>604</v>
+        <v>598</v>
       </c>
       <c r="B914">
-        <v>400750896</v>
+        <v>400870594</v>
       </c>
       <c r="C914">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="D914" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="915" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A915" t="s">
-        <v>604</v>
+        <v>599</v>
       </c>
       <c r="B915">
-        <v>400750896</v>
+        <v>400880103</v>
       </c>
       <c r="C915">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D915" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="916" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A916" t="s">
-        <v>605</v>
+        <v>600</v>
       </c>
       <c r="B916">
-        <v>400760083</v>
+        <v>400890081</v>
       </c>
       <c r="C916">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D916" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="917" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A917" t="s">
-        <v>606</v>
+        <v>601</v>
       </c>
       <c r="B917">
-        <v>400760233</v>
+        <v>400890086</v>
       </c>
       <c r="C917">
         <v>1</v>
       </c>
       <c r="D917" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="918" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A918" t="s">
-        <v>606</v>
+        <v>601</v>
       </c>
       <c r="B918">
-        <v>400760233</v>
+        <v>400890086</v>
       </c>
       <c r="C918">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D918" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="919" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A919" t="s">
-        <v>607</v>
+        <v>602</v>
       </c>
       <c r="B919">
-        <v>400760260</v>
+        <v>400890291</v>
       </c>
       <c r="C919">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D919" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="920" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A920" t="s">
-        <v>608</v>
+        <v>603</v>
       </c>
       <c r="B920">
-        <v>400760366</v>
+        <v>400890433</v>
       </c>
       <c r="C920">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D920" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="921" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A921" t="s">
-        <v>609</v>
+        <v>603</v>
       </c>
       <c r="B921">
-        <v>400760411</v>
+        <v>400890433</v>
       </c>
       <c r="C921">
-        <v>6</v>
+        <v>7</v>
       </c>
       <c r="D921" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="922" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A922" t="s">
-        <v>609</v>
+        <v>604</v>
       </c>
       <c r="B922">
-        <v>400760411</v>
+        <v>400890770</v>
       </c>
       <c r="C922">
-        <v>29</v>
+        <v>2</v>
       </c>
       <c r="D922" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="923" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A923" t="s">
-        <v>610</v>
+        <v>605</v>
       </c>
       <c r="B923">
-        <v>400760507</v>
+        <v>400900078</v>
       </c>
       <c r="C923">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D923" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="924" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A924" t="s">
-        <v>611</v>
+        <v>605</v>
       </c>
       <c r="B924">
-        <v>400760745</v>
+        <v>400900078</v>
       </c>
       <c r="C924">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="D924" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="925" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A925" t="s">
-        <v>612</v>
+        <v>606</v>
       </c>
       <c r="B925">
-        <v>400760777</v>
+        <v>400900207</v>
       </c>
       <c r="C925">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D925" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="926" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A926" t="s">
-        <v>613</v>
+        <v>606</v>
       </c>
       <c r="B926">
-        <v>400770153</v>
+        <v>400900207</v>
       </c>
       <c r="C926">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D926" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="927" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A927" t="s">
-        <v>614</v>
+        <v>607</v>
       </c>
       <c r="B927">
-        <v>400770800</v>
+        <v>400900378</v>
       </c>
       <c r="C927">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D927" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="928" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A928" t="s">
-        <v>614</v>
+        <v>607</v>
       </c>
       <c r="B928">
-        <v>400770800</v>
+        <v>400900378</v>
       </c>
       <c r="C928">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D928" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="929" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A929" t="s">
-        <v>615</v>
+        <v>608</v>
       </c>
       <c r="B929">
-        <v>400770809</v>
+        <v>400900923</v>
       </c>
       <c r="C929">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D929" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="930" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A930" t="s">
-        <v>615</v>
+        <v>608</v>
       </c>
       <c r="B930">
-        <v>400770809</v>
+        <v>400900923</v>
       </c>
       <c r="C930">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D930" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="931" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A931" t="s">
-        <v>616</v>
+        <v>609</v>
       </c>
       <c r="B931">
-        <v>400770846</v>
+        <v>400900925</v>
       </c>
       <c r="C931">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D931" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="932" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A932" t="s">
-        <v>617</v>
+        <v>609</v>
       </c>
       <c r="B932">
-        <v>400770928</v>
+        <v>400900925</v>
       </c>
       <c r="C932">
-        <v>1</v>
+        <v>78</v>
       </c>
       <c r="D932" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="933" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A933" t="s">
-        <v>618</v>
+        <v>610</v>
       </c>
       <c r="B933">
-        <v>400780318</v>
+        <v>400910044</v>
       </c>
       <c r="C933">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D933" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="934" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A934" t="s">
-        <v>619</v>
+        <v>611</v>
       </c>
       <c r="B934">
-        <v>400780480</v>
+        <v>400910839</v>
       </c>
       <c r="C934">
         <v>1</v>
       </c>
       <c r="D934" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="935" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A935" t="s">
-        <v>620</v>
+        <v>612</v>
       </c>
       <c r="B935">
-        <v>400780617</v>
+        <v>400910873</v>
       </c>
       <c r="C935">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D935" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="936" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A936" t="s">
-        <v>621</v>
+        <v>613</v>
       </c>
       <c r="B936">
-        <v>400780629</v>
+        <v>400920167</v>
       </c>
       <c r="C936">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D936" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="937" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A937" t="s">
-        <v>622</v>
+        <v>614</v>
       </c>
       <c r="B937">
-        <v>400790205</v>
+        <v>400920677</v>
       </c>
       <c r="C937">
         <v>2</v>
       </c>
       <c r="D937" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="938" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A938" t="s">
-        <v>622</v>
+        <v>614</v>
       </c>
       <c r="B938">
-        <v>400790205</v>
+        <v>400920677</v>
       </c>
       <c r="C938">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="D938" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="939" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A939" t="s">
-        <v>623</v>
+        <v>615</v>
       </c>
       <c r="B939">
-        <v>400790320</v>
+        <v>400920723</v>
       </c>
       <c r="C939">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D939" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="940" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A940" t="s">
-        <v>624</v>
+        <v>616</v>
       </c>
       <c r="B940">
-        <v>400790335</v>
+        <v>400930591</v>
       </c>
       <c r="C940">
         <v>1</v>
       </c>
       <c r="D940" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="941" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A941" t="s">
-        <v>625</v>
+        <v>617</v>
       </c>
       <c r="B941">
-        <v>400790436</v>
+        <v>400930782</v>
       </c>
       <c r="C941">
-        <v>3</v>
+        <v>38</v>
       </c>
       <c r="D941" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="942" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A942" t="s">
-        <v>626</v>
+        <v>617</v>
       </c>
       <c r="B942">
-        <v>400790461</v>
+        <v>400930782</v>
       </c>
       <c r="C942">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D942" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="943" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A943" t="s">
-        <v>627</v>
+        <v>618</v>
       </c>
       <c r="B943">
-        <v>400790786</v>
+        <v>400940348</v>
       </c>
       <c r="C943">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D943" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="944" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A944" t="s">
-        <v>628</v>
+        <v>618</v>
       </c>
       <c r="B944">
-        <v>400800062</v>
+        <v>400940348</v>
       </c>
       <c r="C944">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D944" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="945" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A945" t="s">
-        <v>629</v>
+        <v>619</v>
       </c>
       <c r="B945">
-        <v>400800742</v>
+        <v>400940474</v>
       </c>
       <c r="C945">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D945" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="946" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A946" t="s">
-        <v>629</v>
+        <v>619</v>
       </c>
       <c r="B946">
-        <v>400800742</v>
+        <v>400940474</v>
       </c>
       <c r="C946">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D946" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="947" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A947" t="s">
-        <v>630</v>
+        <v>620</v>
       </c>
       <c r="B947">
-        <v>400800869</v>
+        <v>400940664</v>
       </c>
       <c r="C947">
         <v>3</v>
       </c>
       <c r="D947" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="948" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A948" t="s">
-        <v>631</v>
+        <v>620</v>
       </c>
       <c r="B948">
-        <v>400810166</v>
+        <v>400940664</v>
       </c>
       <c r="C948">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D948" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="949" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A949" t="s">
-        <v>631</v>
+        <v>621</v>
       </c>
       <c r="B949">
-        <v>400810166</v>
+        <v>400940691</v>
       </c>
       <c r="C949">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D949" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="950" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A950" t="s">
-        <v>632</v>
+        <v>622</v>
       </c>
       <c r="B950">
-        <v>400810552</v>
+        <v>400940809</v>
       </c>
       <c r="C950">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D950" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="951" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A951" t="s">
-        <v>633</v>
+        <v>623</v>
       </c>
       <c r="B951">
-        <v>400810668</v>
+        <v>400950439</v>
       </c>
       <c r="C951">
         <v>1</v>
       </c>
       <c r="D951" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="952" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A952" t="s">
-        <v>634</v>
+        <v>624</v>
       </c>
       <c r="B952">
-        <v>400810878</v>
+        <v>400950611</v>
       </c>
       <c r="C952">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="D952" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="953" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A953" t="s">
-        <v>634</v>
+        <v>625</v>
       </c>
       <c r="B953">
-        <v>400810878</v>
+        <v>400950663</v>
       </c>
       <c r="C953">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D953" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="954" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A954" t="s">
-        <v>635</v>
+        <v>626</v>
       </c>
       <c r="B954">
-        <v>400820189</v>
+        <v>400950977</v>
       </c>
       <c r="C954">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D954" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="955" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A955" t="s">
-        <v>636</v>
+        <v>626</v>
       </c>
       <c r="B955">
-        <v>400820499</v>
+        <v>400950977</v>
       </c>
       <c r="C955">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D955" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="956" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A956" t="s">
-        <v>637</v>
+        <v>627</v>
       </c>
       <c r="B956">
-        <v>400820696</v>
+        <v>400960090</v>
       </c>
       <c r="C956">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D956" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="957" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A957" t="s">
-        <v>637</v>
+        <v>628</v>
       </c>
       <c r="B957">
-        <v>400820696</v>
+        <v>400960852</v>
       </c>
       <c r="C957">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D957" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="958" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A958" t="s">
-        <v>638</v>
+        <v>629</v>
       </c>
       <c r="B958">
-        <v>400820764</v>
+        <v>400960959</v>
       </c>
       <c r="C958">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D958" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="959" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A959" t="s">
-        <v>639</v>
+        <v>630</v>
       </c>
       <c r="B959">
-        <v>400830242</v>
+        <v>400970607</v>
       </c>
       <c r="C959">
         <v>1</v>
       </c>
       <c r="D959" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="960" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A960" t="s">
-        <v>640</v>
+        <v>631</v>
       </c>
       <c r="B960">
-        <v>400830364</v>
+        <v>400970682</v>
       </c>
       <c r="C960">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D960" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="961" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A961" t="s">
-        <v>641</v>
+        <v>632</v>
       </c>
       <c r="B961">
-        <v>400830420</v>
+        <v>400980089</v>
       </c>
       <c r="C961">
         <v>3</v>
       </c>
       <c r="D961" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="962" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A962" t="s">
-        <v>642</v>
+        <v>633</v>
       </c>
       <c r="B962">
-        <v>400830590</v>
+        <v>400980304</v>
       </c>
       <c r="C962">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D962" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="963" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A963" t="s">
-        <v>643</v>
+        <v>633</v>
       </c>
       <c r="B963">
-        <v>400840214</v>
+        <v>400980304</v>
       </c>
       <c r="C963">
-        <v>10</v>
+        <v>6</v>
       </c>
       <c r="D963" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="964" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A964" t="s">
-        <v>643</v>
+        <v>634</v>
       </c>
       <c r="B964">
-        <v>400840214</v>
+        <v>400980535</v>
       </c>
       <c r="C964">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D964" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="965" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A965" t="s">
-        <v>644</v>
+        <v>634</v>
       </c>
       <c r="B965">
-        <v>400840322</v>
+        <v>400980535</v>
       </c>
       <c r="C965">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D965" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="966" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A966" t="s">
-        <v>644</v>
+        <v>635</v>
       </c>
       <c r="B966">
-        <v>400840322</v>
+        <v>400990301</v>
       </c>
       <c r="C966">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D966" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="967" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A967" t="s">
-        <v>645</v>
+        <v>636</v>
       </c>
       <c r="B967">
-        <v>400840449</v>
+        <v>400990615</v>
       </c>
       <c r="C967">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="D967" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="968" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A968" t="s">
-        <v>646</v>
+        <v>636</v>
       </c>
       <c r="B968">
-        <v>400840963</v>
+        <v>400990615</v>
       </c>
       <c r="C968">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="D968" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="969" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A969" t="s">
-        <v>647</v>
+        <v>637</v>
       </c>
       <c r="B969">
-        <v>400840988</v>
+        <v>400990869</v>
       </c>
       <c r="C969">
         <v>1</v>
       </c>
       <c r="D969" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="970" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A970" t="s">
-        <v>648</v>
+        <v>638</v>
       </c>
       <c r="B970">
-        <v>400850175</v>
+        <v>401000053</v>
       </c>
       <c r="C970">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D970" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="971" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A971" t="s">
-        <v>649</v>
+        <v>639</v>
       </c>
       <c r="B971">
-        <v>400850340</v>
+        <v>401000414</v>
       </c>
       <c r="C971">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="D971" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="972" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A972" t="s">
-        <v>649</v>
+        <v>640</v>
       </c>
       <c r="B972">
-        <v>400850340</v>
+        <v>401000936</v>
       </c>
       <c r="C972">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D972" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="973" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A973" t="s">
-        <v>650</v>
+        <v>641</v>
       </c>
       <c r="B973">
-        <v>400850360</v>
+        <v>401001034</v>
       </c>
       <c r="C973">
         <v>1</v>
       </c>
       <c r="D973" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="974" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A974" t="s">
-        <v>650</v>
+        <v>642</v>
       </c>
       <c r="B974">
-        <v>400850360</v>
+        <v>401001229</v>
       </c>
       <c r="C974">
         <v>3</v>
       </c>
       <c r="D974" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="975" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A975" t="s">
-        <v>651</v>
+        <v>643</v>
       </c>
       <c r="B975">
-        <v>400850563</v>
+        <v>401001341</v>
       </c>
       <c r="C975">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D975" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="976" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A976" t="s">
-        <v>651</v>
+        <v>644</v>
       </c>
       <c r="B976">
-        <v>400850563</v>
+        <v>401010139</v>
       </c>
       <c r="C976">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D976" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="977" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A977" t="s">
-        <v>652</v>
+        <v>645</v>
       </c>
       <c r="B977">
-        <v>400850964</v>
+        <v>401010405</v>
       </c>
       <c r="C977">
         <v>3</v>
       </c>
       <c r="D977" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="978" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A978" t="s">
-        <v>653</v>
+        <v>646</v>
       </c>
       <c r="B978">
-        <v>400860601</v>
+        <v>401010800</v>
       </c>
       <c r="C978">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D978" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="979" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A979" t="s">
-        <v>654</v>
+        <v>647</v>
       </c>
       <c r="B979">
-        <v>400860991</v>
+        <v>401011027</v>
       </c>
       <c r="C979">
         <v>3</v>
       </c>
       <c r="D979" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="980" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A980" t="s">
-        <v>655</v>
+        <v>648</v>
       </c>
       <c r="B980">
-        <v>400870099</v>
+        <v>401011158</v>
       </c>
       <c r="C980">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D980" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="981" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A981" t="s">
-        <v>656</v>
+        <v>648</v>
       </c>
       <c r="B981">
-        <v>400870151</v>
+        <v>401011158</v>
       </c>
       <c r="C981">
         <v>2</v>
       </c>
       <c r="D981" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="982" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A982" t="s">
-        <v>656</v>
+        <v>649</v>
       </c>
       <c r="B982">
-        <v>400870151</v>
+        <v>401020432</v>
       </c>
       <c r="C982">
         <v>1</v>
       </c>
       <c r="D982" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="983" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A983" t="s">
-        <v>657</v>
+        <v>650</v>
       </c>
       <c r="B983">
-        <v>400870355</v>
+        <v>401020625</v>
       </c>
       <c r="C983">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D983" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="984" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A984" t="s">
-        <v>658</v>
+        <v>651</v>
       </c>
       <c r="B984">
-        <v>400870531</v>
+        <v>401020640</v>
       </c>
       <c r="C984">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D984" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="985" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A985" t="s">
-        <v>659</v>
+        <v>652</v>
       </c>
       <c r="B985">
-        <v>400870594</v>
+        <v>401020726</v>
       </c>
       <c r="C985">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D985" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="986" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A986" t="s">
-        <v>659</v>
+        <v>653</v>
       </c>
       <c r="B986">
-        <v>400870594</v>
+        <v>401021084</v>
       </c>
       <c r="C986">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D986" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="987" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A987" t="s">
-        <v>660</v>
+        <v>653</v>
       </c>
       <c r="B987">
-        <v>400880103</v>
+        <v>401021084</v>
       </c>
       <c r="C987">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D987" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="988" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A988" t="s">
-        <v>661</v>
+        <v>654</v>
       </c>
       <c r="B988">
-        <v>400880992</v>
+        <v>401021255</v>
       </c>
       <c r="C988">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D988" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="989" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A989" t="s">
-        <v>662</v>
+        <v>655</v>
       </c>
       <c r="B989">
-        <v>400890081</v>
+        <v>401030392</v>
       </c>
       <c r="C989">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D989" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="990" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A990" t="s">
-        <v>663</v>
+        <v>655</v>
       </c>
       <c r="B990">
-        <v>400890086</v>
+        <v>401030392</v>
       </c>
       <c r="C990">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="D990" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="991" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A991" t="s">
-        <v>663</v>
+        <v>656</v>
       </c>
       <c r="B991">
-        <v>400890086</v>
+        <v>401030600</v>
       </c>
       <c r="C991">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D991" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="992" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A992" t="s">
-        <v>664</v>
+        <v>656</v>
       </c>
       <c r="B992">
-        <v>400890291</v>
+        <v>401030600</v>
       </c>
       <c r="C992">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D992" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="993" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A993" t="s">
-        <v>665</v>
+        <v>657</v>
       </c>
       <c r="B993">
-        <v>400890433</v>
+        <v>401030762</v>
       </c>
       <c r="C993">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D993" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="994" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A994" t="s">
-        <v>665</v>
+        <v>658</v>
       </c>
       <c r="B994">
-        <v>400890433</v>
+        <v>401031066</v>
       </c>
       <c r="C994">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D994" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="995" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A995" t="s">
-        <v>666</v>
+        <v>659</v>
       </c>
       <c r="B995">
-        <v>400890770</v>
+        <v>401031167</v>
       </c>
       <c r="C995">
-        <v>2</v>
+        <v>17</v>
       </c>
       <c r="D995" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="996" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A996" t="s">
-        <v>667</v>
+        <v>660</v>
       </c>
       <c r="B996">
-        <v>400900078</v>
+        <v>401031351</v>
       </c>
       <c r="C996">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="D996" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="997" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A997" t="s">
-        <v>667</v>
+        <v>661</v>
       </c>
       <c r="B997">
-        <v>400900078</v>
+        <v>401040446</v>
       </c>
       <c r="C997">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D997" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="998" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A998" t="s">
-        <v>668</v>
+        <v>662</v>
       </c>
       <c r="B998">
-        <v>400900207</v>
+        <v>401040615</v>
       </c>
       <c r="C998">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D998" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="999" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A999" t="s">
-        <v>668</v>
+        <v>662</v>
       </c>
       <c r="B999">
-        <v>400900207</v>
+        <v>401040615</v>
       </c>
       <c r="C999">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D999" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1000" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1000" t="s">
-        <v>669</v>
+        <v>663</v>
       </c>
       <c r="B1000">
-        <v>400900378</v>
+        <v>401040876</v>
       </c>
       <c r="C1000">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D1000" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1001" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1001" t="s">
-        <v>669</v>
+        <v>664</v>
       </c>
       <c r="B1001">
-        <v>400900378</v>
+        <v>401041015</v>
       </c>
       <c r="C1001">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D1001" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1002" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1002" t="s">
-        <v>670</v>
+        <v>665</v>
       </c>
       <c r="B1002">
-        <v>400900923</v>
+        <v>401041175</v>
       </c>
       <c r="C1002">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D1002" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1003" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1003" t="s">
-        <v>670</v>
+        <v>666</v>
       </c>
       <c r="B1003">
-        <v>400900923</v>
+        <v>401041200</v>
       </c>
       <c r="C1003">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D1003" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1004" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1004" t="s">
-        <v>671</v>
+        <v>10</v>
       </c>
       <c r="B1004">
-        <v>400900925</v>
+        <v>401041203</v>
       </c>
       <c r="C1004">
-        <v>78</v>
+        <v>48</v>
       </c>
       <c r="D1004" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1005" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1005" t="s">
-        <v>671</v>
+        <v>667</v>
       </c>
       <c r="B1005">
-        <v>400900925</v>
+        <v>401050159</v>
       </c>
       <c r="C1005">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D1005" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1006" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1006" t="s">
-        <v>672</v>
+        <v>668</v>
       </c>
       <c r="B1006">
-        <v>400910044</v>
+        <v>401050217</v>
       </c>
       <c r="C1006">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1006" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1007" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1007" t="s">
-        <v>673</v>
+        <v>668</v>
       </c>
       <c r="B1007">
-        <v>400910839</v>
+        <v>401050217</v>
       </c>
       <c r="C1007">
         <v>1</v>
       </c>
       <c r="D1007" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1008" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1008" t="s">
-        <v>674</v>
+        <v>669</v>
       </c>
       <c r="B1008">
-        <v>400910873</v>
+        <v>401050241</v>
       </c>
       <c r="C1008">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1008" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1009" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1009" t="s">
-        <v>675</v>
+        <v>670</v>
       </c>
       <c r="B1009">
-        <v>400920167</v>
+        <v>401050818</v>
       </c>
       <c r="C1009">
         <v>3</v>
       </c>
       <c r="D1009" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1010" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1010" t="s">
-        <v>676</v>
+        <v>671</v>
       </c>
       <c r="B1010">
-        <v>400920677</v>
+        <v>401050822</v>
       </c>
       <c r="C1010">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="D1010" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1011" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1011" t="s">
-        <v>676</v>
+        <v>672</v>
       </c>
       <c r="B1011">
-        <v>400920677</v>
+        <v>401050930</v>
       </c>
       <c r="C1011">
-        <v>2</v>
+        <v>38</v>
       </c>
       <c r="D1011" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1012" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1012" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
       <c r="B1012">
-        <v>400920723</v>
+        <v>401050930</v>
       </c>
       <c r="C1012">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D1012" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1013" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1013" t="s">
-        <v>678</v>
+        <v>673</v>
       </c>
       <c r="B1013">
-        <v>400930591</v>
+        <v>401051005</v>
       </c>
       <c r="C1013">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="D1013" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1014" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1014" t="s">
-        <v>679</v>
+        <v>673</v>
       </c>
       <c r="B1014">
-        <v>400930782</v>
+        <v>401051005</v>
       </c>
       <c r="C1014">
         <v>5</v>
       </c>
       <c r="D1014" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1015" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1015" t="s">
-        <v>679</v>
+        <v>674</v>
       </c>
       <c r="B1015">
-        <v>400930782</v>
+        <v>401051480</v>
       </c>
       <c r="C1015">
-        <v>38</v>
+        <v>2</v>
       </c>
       <c r="D1015" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1016" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1016" t="s">
-        <v>680</v>
+        <v>674</v>
       </c>
       <c r="B1016">
-        <v>400940348</v>
+        <v>401051480</v>
       </c>
       <c r="C1016">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D1016" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1017" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1017" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
       <c r="B1017">
-        <v>400940348</v>
+        <v>401060131</v>
       </c>
       <c r="C1017">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1017" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1018" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1018" t="s">
-        <v>681</v>
+        <v>676</v>
       </c>
       <c r="B1018">
-        <v>400940474</v>
+        <v>401060169</v>
       </c>
       <c r="C1018">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1018" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1019" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1019" t="s">
-        <v>681</v>
+        <v>677</v>
       </c>
       <c r="B1019">
-        <v>400940474</v>
+        <v>401060451</v>
       </c>
       <c r="C1019">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1019" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1020" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1020" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="B1020">
-        <v>400940664</v>
+        <v>401060497</v>
       </c>
       <c r="C1020">
         <v>3</v>
       </c>
       <c r="D1020" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1021" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1021" t="s">
-        <v>682</v>
+        <v>678</v>
       </c>
       <c r="B1021">
-        <v>400940664</v>
+        <v>401060497</v>
       </c>
       <c r="C1021">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D1021" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1022" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1022" t="s">
-        <v>683</v>
+        <v>679</v>
       </c>
       <c r="B1022">
-        <v>400940691</v>
+        <v>401060726</v>
       </c>
       <c r="C1022">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1022" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1023" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1023" t="s">
-        <v>684</v>
+        <v>680</v>
       </c>
       <c r="B1023">
-        <v>400940809</v>
+        <v>401070162</v>
       </c>
       <c r="C1023">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1023" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1024" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1024" t="s">
-        <v>685</v>
+        <v>681</v>
       </c>
       <c r="B1024">
-        <v>400950439</v>
+        <v>401070529</v>
       </c>
       <c r="C1024">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="D1024" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1025" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1025" t="s">
-        <v>686</v>
+        <v>681</v>
       </c>
       <c r="B1025">
-        <v>400950611</v>
+        <v>401070529</v>
       </c>
       <c r="C1025">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1025" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1026" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1026" t="s">
-        <v>687</v>
+        <v>682</v>
       </c>
       <c r="B1026">
-        <v>400950663</v>
+        <v>401070733</v>
       </c>
       <c r="C1026">
         <v>2</v>
       </c>
       <c r="D1026" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1027" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1027" t="s">
-        <v>688</v>
+        <v>683</v>
       </c>
       <c r="B1027">
-        <v>400950977</v>
+        <v>401090054</v>
       </c>
       <c r="C1027">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1027" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1028" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1028" t="s">
-        <v>688</v>
+        <v>684</v>
       </c>
       <c r="B1028">
-        <v>400950977</v>
+        <v>401090345</v>
       </c>
       <c r="C1028">
         <v>2</v>
       </c>
       <c r="D1028" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1029" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1029" t="s">
-        <v>689</v>
+        <v>684</v>
       </c>
       <c r="B1029">
-        <v>400960090</v>
+        <v>401090345</v>
       </c>
       <c r="C1029">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1029" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1030" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1030" t="s">
-        <v>690</v>
+        <v>685</v>
       </c>
       <c r="B1030">
-        <v>400960374</v>
+        <v>401090568</v>
       </c>
       <c r="C1030">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D1030" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1031" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1031" t="s">
-        <v>690</v>
+        <v>686</v>
       </c>
       <c r="B1031">
-        <v>400960374</v>
+        <v>401090640</v>
       </c>
       <c r="C1031">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="D1031" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1032" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1032" t="s">
-        <v>691</v>
+        <v>687</v>
       </c>
       <c r="B1032">
-        <v>400960552</v>
+        <v>401100084</v>
       </c>
       <c r="C1032">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D1032" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1033" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1033" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
       <c r="B1033">
-        <v>400960586</v>
+        <v>401100084</v>
       </c>
       <c r="C1033">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="D1033" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1034" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1034" t="s">
-        <v>693</v>
+        <v>688</v>
       </c>
       <c r="B1034">
-        <v>400960852</v>
+        <v>401100273</v>
       </c>
       <c r="C1034">
         <v>1</v>
       </c>
       <c r="D1034" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1035" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1035" t="s">
-        <v>694</v>
+        <v>689</v>
       </c>
       <c r="B1035">
-        <v>400960959</v>
+        <v>401100896</v>
       </c>
       <c r="C1035">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="D1035" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1036" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1036" t="s">
-        <v>695</v>
+        <v>689</v>
       </c>
       <c r="B1036">
-        <v>400970522</v>
+        <v>401100896</v>
       </c>
       <c r="C1036">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1036" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1037" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1037" t="s">
-        <v>696</v>
+        <v>690</v>
       </c>
       <c r="B1037">
-        <v>400970607</v>
+        <v>401100948</v>
       </c>
       <c r="C1037">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D1037" t="s">
-        <v>1131</v>
+        <v>1011</v>
       </c>
     </row>
     <row r="1038" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1038" t="s">
-        <v>697</v>
+        <v>690</v>
       </c>
       <c r="B1038">
-        <v>400970682</v>
+        <v>401100948</v>
       </c>
       <c r="C1038">
         <v>3</v>
       </c>
       <c r="D1038" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1039" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1039" t="s">
-        <v>698</v>
+        <v>690</v>
       </c>
       <c r="B1039">
-        <v>400980089</v>
+        <v>401100948</v>
       </c>
       <c r="C1039">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D1039" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1040" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1040" t="s">
-        <v>699</v>
+        <v>691</v>
       </c>
       <c r="B1040">
-        <v>400980304</v>
+        <v>401110788</v>
       </c>
       <c r="C1040">
-        <v>5</v>
+        <v>36</v>
       </c>
       <c r="D1040" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1041" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1041" t="s">
-        <v>699</v>
+        <v>691</v>
       </c>
       <c r="B1041">
-        <v>400980304</v>
+        <v>401110788</v>
       </c>
       <c r="C1041">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D1041" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1042" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1042" t="s">
-        <v>700</v>
+        <v>692</v>
       </c>
       <c r="B1042">
-        <v>400980535</v>
+        <v>401110999</v>
       </c>
       <c r="C1042">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D1042" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1043" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1043" t="s">
-        <v>700</v>
+        <v>693</v>
       </c>
       <c r="B1043">
-        <v>400980535</v>
+        <v>401120844</v>
       </c>
       <c r="C1043">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D1043" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1044" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1044" t="s">
-        <v>701</v>
+        <v>693</v>
       </c>
       <c r="B1044">
-        <v>400990050</v>
+        <v>401120844</v>
       </c>
       <c r="C1044">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="D1044" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1045" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1045" t="s">
-        <v>702</v>
+        <v>694</v>
       </c>
       <c r="B1045">
-        <v>400990301</v>
+        <v>401120913</v>
       </c>
       <c r="C1045">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1045" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1046" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1046" t="s">
-        <v>703</v>
+        <v>694</v>
       </c>
       <c r="B1046">
-        <v>400990331</v>
+        <v>401120913</v>
       </c>
       <c r="C1046">
-        <v>1</v>
+        <v>30</v>
       </c>
       <c r="D1046" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1047" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1047" t="s">
-        <v>704</v>
+        <v>695</v>
       </c>
       <c r="B1047">
-        <v>400990615</v>
+        <v>401130038</v>
       </c>
       <c r="C1047">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="D1047" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1048" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1048" t="s">
-        <v>704</v>
+        <v>696</v>
       </c>
       <c r="B1048">
-        <v>400990615</v>
+        <v>401130635</v>
       </c>
       <c r="C1048">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="D1048" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1049" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1049" t="s">
-        <v>705</v>
+        <v>697</v>
       </c>
       <c r="B1049">
-        <v>400990869</v>
+        <v>401140013</v>
       </c>
       <c r="C1049">
         <v>1</v>
       </c>
       <c r="D1049" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1050" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1050" t="s">
-        <v>706</v>
+        <v>698</v>
       </c>
       <c r="B1050">
-        <v>401000053</v>
+        <v>401140627</v>
       </c>
       <c r="C1050">
         <v>3</v>
       </c>
       <c r="D1050" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1051" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1051" t="s">
-        <v>707</v>
+        <v>699</v>
       </c>
       <c r="B1051">
-        <v>401000414</v>
+        <v>401140795</v>
       </c>
       <c r="C1051">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1051" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1052" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1052" t="s">
-        <v>708</v>
+        <v>699</v>
       </c>
       <c r="B1052">
-        <v>401000441</v>
+        <v>401140795</v>
       </c>
       <c r="C1052">
-        <v>1</v>
+        <v>66</v>
       </c>
       <c r="D1052" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1053" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1053" t="s">
-        <v>708</v>
+        <v>700</v>
       </c>
       <c r="B1053">
-        <v>401000441</v>
+        <v>401140926</v>
       </c>
       <c r="C1053">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1053" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1054" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1054" t="s">
-        <v>709</v>
+        <v>701</v>
       </c>
       <c r="B1054">
-        <v>401000612</v>
+        <v>401150883</v>
       </c>
       <c r="C1054">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1054" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1055" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1055" t="s">
-        <v>710</v>
+        <v>702</v>
       </c>
       <c r="B1055">
-        <v>401000936</v>
+        <v>401150914</v>
       </c>
       <c r="C1055">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1055" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1056" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1056" t="s">
-        <v>711</v>
+        <v>703</v>
       </c>
       <c r="B1056">
-        <v>401001034</v>
+        <v>401160226</v>
       </c>
       <c r="C1056">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1056" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1057" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1057" t="s">
-        <v>712</v>
+        <v>704</v>
       </c>
       <c r="B1057">
-        <v>401001076</v>
+        <v>401160450</v>
       </c>
       <c r="C1057">
         <v>2</v>
       </c>
       <c r="D1057" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1058" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1058" t="s">
-        <v>713</v>
+        <v>705</v>
       </c>
       <c r="B1058">
-        <v>401001229</v>
+        <v>401160706</v>
       </c>
       <c r="C1058">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="D1058" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1059" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1059" t="s">
-        <v>714</v>
+        <v>706</v>
       </c>
       <c r="B1059">
-        <v>401001341</v>
+        <v>401160887</v>
       </c>
       <c r="C1059">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1059" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1060" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1060" t="s">
-        <v>715</v>
+        <v>706</v>
       </c>
       <c r="B1060">
-        <v>401010139</v>
+        <v>401160887</v>
       </c>
       <c r="C1060">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D1060" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1061" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1061" t="s">
-        <v>716</v>
+        <v>707</v>
       </c>
       <c r="B1061">
-        <v>401010208</v>
+        <v>401170508</v>
       </c>
       <c r="C1061">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1061" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1062" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1062" t="s">
-        <v>717</v>
+        <v>708</v>
       </c>
       <c r="B1062">
-        <v>401010405</v>
+        <v>401180373</v>
       </c>
       <c r="C1062">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D1062" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1063" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1063" t="s">
-        <v>718</v>
+        <v>708</v>
       </c>
       <c r="B1063">
-        <v>401010800</v>
+        <v>401180373</v>
       </c>
       <c r="C1063">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1063" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1064" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1064" t="s">
-        <v>719</v>
+        <v>709</v>
       </c>
       <c r="B1064">
-        <v>401011027</v>
+        <v>401200074</v>
       </c>
       <c r="C1064">
         <v>3</v>
       </c>
       <c r="D1064" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1065" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1065" t="s">
-        <v>720</v>
+        <v>710</v>
       </c>
       <c r="B1065">
-        <v>401011158</v>
+        <v>401200791</v>
       </c>
       <c r="C1065">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D1065" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1066" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1066" t="s">
-        <v>720</v>
+        <v>711</v>
       </c>
       <c r="B1066">
-        <v>401011158</v>
+        <v>401210112</v>
       </c>
       <c r="C1066">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1066" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1067" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1067" t="s">
-        <v>721</v>
+        <v>712</v>
       </c>
       <c r="B1067">
-        <v>401011274</v>
+        <v>401210401</v>
       </c>
       <c r="C1067">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1067" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1068" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1068" t="s">
-        <v>722</v>
+        <v>712</v>
       </c>
       <c r="B1068">
-        <v>401020432</v>
+        <v>401210401</v>
       </c>
       <c r="C1068">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D1068" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1069" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1069" t="s">
-        <v>723</v>
+        <v>713</v>
       </c>
       <c r="B1069">
-        <v>401020625</v>
+        <v>401210555</v>
       </c>
       <c r="C1069">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D1069" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1070" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1070" t="s">
-        <v>724</v>
+        <v>713</v>
       </c>
       <c r="B1070">
-        <v>401020640</v>
+        <v>401210555</v>
       </c>
       <c r="C1070">
         <v>2</v>
       </c>
       <c r="D1070" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1071" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1071" t="s">
-        <v>725</v>
+        <v>714</v>
       </c>
       <c r="B1071">
-        <v>401020726</v>
+        <v>401220385</v>
       </c>
       <c r="C1071">
         <v>3</v>
       </c>
       <c r="D1071" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1072" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1072" t="s">
-        <v>726</v>
+        <v>715</v>
       </c>
       <c r="B1072">
-        <v>401021084</v>
+        <v>401230671</v>
       </c>
       <c r="C1072">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D1072" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1073" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1073" t="s">
-        <v>726</v>
+        <v>716</v>
       </c>
       <c r="B1073">
-        <v>401021084</v>
+        <v>401240090</v>
       </c>
       <c r="C1073">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1073" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1074" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1074" t="s">
-        <v>727</v>
+        <v>716</v>
       </c>
       <c r="B1074">
-        <v>401021255</v>
+        <v>401240090</v>
       </c>
       <c r="C1074">
         <v>2</v>
       </c>
       <c r="D1074" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1075" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1075" t="s">
-        <v>728</v>
+        <v>717</v>
       </c>
       <c r="B1075">
-        <v>401021362</v>
+        <v>401240686</v>
       </c>
       <c r="C1075">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1075" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1076" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1076" t="s">
-        <v>729</v>
+        <v>717</v>
       </c>
       <c r="B1076">
-        <v>401030392</v>
+        <v>401240686</v>
       </c>
       <c r="C1076">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D1076" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1077" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1077" t="s">
-        <v>729</v>
+        <v>718</v>
       </c>
       <c r="B1077">
-        <v>401030392</v>
+        <v>401240966</v>
       </c>
       <c r="C1077">
-        <v>9</v>
+        <v>7</v>
       </c>
       <c r="D1077" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1078" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1078" t="s">
-        <v>730</v>
+        <v>718</v>
       </c>
       <c r="B1078">
-        <v>401030600</v>
+        <v>401240966</v>
       </c>
       <c r="C1078">
         <v>4</v>
       </c>
       <c r="D1078" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1079" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1079" t="s">
-        <v>730</v>
+        <v>719</v>
       </c>
       <c r="B1079">
-        <v>401030600</v>
+        <v>401250397</v>
       </c>
       <c r="C1079">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D1079" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1080" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1080" t="s">
-        <v>731</v>
+        <v>719</v>
       </c>
       <c r="B1080">
-        <v>401030762</v>
+        <v>401250397</v>
       </c>
       <c r="C1080">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1080" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1081" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1081" t="s">
-        <v>732</v>
+        <v>720</v>
       </c>
       <c r="B1081">
-        <v>401031066</v>
+        <v>401250625</v>
       </c>
       <c r="C1081">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1081" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1082" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1082" t="s">
-        <v>733</v>
+        <v>721</v>
       </c>
       <c r="B1082">
-        <v>401031167</v>
+        <v>401260348</v>
       </c>
       <c r="C1082">
-        <v>17</v>
+        <v>2</v>
       </c>
       <c r="D1082" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1083" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1083" t="s">
-        <v>734</v>
+        <v>722</v>
       </c>
       <c r="B1083">
-        <v>401031351</v>
+        <v>401260649</v>
       </c>
       <c r="C1083">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1083" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1084" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1084" t="s">
-        <v>735</v>
+        <v>723</v>
       </c>
       <c r="B1084">
-        <v>401040244</v>
+        <v>401260838</v>
       </c>
       <c r="C1084">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1084" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1085" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1085" t="s">
-        <v>736</v>
+        <v>724</v>
       </c>
       <c r="B1085">
-        <v>401040446</v>
+        <v>401270922</v>
       </c>
       <c r="C1085">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1085" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1086" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1086" t="s">
-        <v>737</v>
+        <v>725</v>
       </c>
       <c r="B1086">
-        <v>401040615</v>
+        <v>401280164</v>
       </c>
       <c r="C1086">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D1086" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1087" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1087" t="s">
-        <v>737</v>
+        <v>726</v>
       </c>
       <c r="B1087">
-        <v>401040615</v>
+        <v>401290214</v>
       </c>
       <c r="C1087">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D1087" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1088" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1088" t="s">
-        <v>738</v>
+        <v>726</v>
       </c>
       <c r="B1088">
-        <v>401040876</v>
+        <v>401290214</v>
       </c>
       <c r="C1088">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1088" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1089" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1089" t="s">
-        <v>739</v>
+        <v>727</v>
       </c>
       <c r="B1089">
-        <v>401041015</v>
+        <v>401290394</v>
       </c>
       <c r="C1089">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1089" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1090" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1090" t="s">
-        <v>740</v>
+        <v>728</v>
       </c>
       <c r="B1090">
-        <v>401041175</v>
+        <v>401290606</v>
       </c>
       <c r="C1090">
         <v>1</v>
       </c>
       <c r="D1090" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1091" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1091" t="s">
-        <v>741</v>
+        <v>729</v>
       </c>
       <c r="B1091">
-        <v>401041200</v>
+        <v>401300441</v>
       </c>
       <c r="C1091">
         <v>3</v>
       </c>
       <c r="D1091" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1092" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1092" t="s">
-        <v>10</v>
+        <v>730</v>
       </c>
       <c r="B1092">
-        <v>401041203</v>
+        <v>401300668</v>
       </c>
       <c r="C1092">
-        <v>48</v>
+        <v>3</v>
       </c>
       <c r="D1092" t="s">
-        <v>1133</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1093" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1093" t="s">
-        <v>742</v>
+        <v>731</v>
       </c>
       <c r="B1093">
-        <v>401050159</v>
+        <v>401300713</v>
       </c>
       <c r="C1093">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1093" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1094" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1094" t="s">
-        <v>743</v>
+        <v>731</v>
       </c>
       <c r="B1094">
-        <v>401050217</v>
+        <v>401300713</v>
       </c>
       <c r="C1094">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1094" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1095" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1095" t="s">
-        <v>743</v>
+        <v>732</v>
       </c>
       <c r="B1095">
-        <v>401050217</v>
+        <v>401300946</v>
       </c>
       <c r="C1095">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1095" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1096" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1096" t="s">
-        <v>744</v>
+        <v>733</v>
       </c>
       <c r="B1096">
-        <v>401050241</v>
+        <v>401300962</v>
       </c>
       <c r="C1096">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1096" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1097" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1097" t="s">
-        <v>745</v>
+        <v>734</v>
       </c>
       <c r="B1097">
-        <v>401050818</v>
+        <v>401310430</v>
       </c>
       <c r="C1097">
         <v>3</v>
       </c>
       <c r="D1097" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1098" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1098" t="s">
-        <v>746</v>
+        <v>735</v>
       </c>
       <c r="B1098">
-        <v>401050822</v>
+        <v>401310719</v>
       </c>
       <c r="C1098">
         <v>3</v>
       </c>
       <c r="D1098" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1099" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1099" t="s">
-        <v>747</v>
+        <v>735</v>
       </c>
       <c r="B1099">
-        <v>401050930</v>
+        <v>401310719</v>
       </c>
       <c r="C1099">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="D1099" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1100" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1100" t="s">
-        <v>747</v>
+        <v>736</v>
       </c>
       <c r="B1100">
-        <v>401050930</v>
+        <v>401310833</v>
       </c>
       <c r="C1100">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D1100" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1101" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1101" t="s">
-        <v>748</v>
+        <v>736</v>
       </c>
       <c r="B1101">
-        <v>401051005</v>
+        <v>401310833</v>
       </c>
       <c r="C1101">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="D1101" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1102" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1102" t="s">
-        <v>748</v>
+        <v>737</v>
       </c>
       <c r="B1102">
-        <v>401051005</v>
+        <v>401320510</v>
       </c>
       <c r="C1102">
-        <v>38</v>
+        <v>2</v>
       </c>
       <c r="D1102" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1103" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1103" t="s">
-        <v>749</v>
+        <v>738</v>
       </c>
       <c r="B1103">
-        <v>401051480</v>
+        <v>401330132</v>
       </c>
       <c r="C1103">
         <v>2</v>
       </c>
       <c r="D1103" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1104" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1104" t="s">
-        <v>749</v>
+        <v>739</v>
       </c>
       <c r="B1104">
-        <v>401051480</v>
+        <v>401330490</v>
       </c>
       <c r="C1104">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1104" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1105" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1105" t="s">
-        <v>750</v>
+        <v>740</v>
       </c>
       <c r="B1105">
-        <v>401060131</v>
+        <v>401330734</v>
       </c>
       <c r="C1105">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1105" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1106" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1106" t="s">
-        <v>751</v>
+        <v>741</v>
       </c>
       <c r="B1106">
-        <v>401060169</v>
+        <v>401340028</v>
       </c>
       <c r="C1106">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="D1106" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1107" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1107" t="s">
-        <v>752</v>
+        <v>742</v>
       </c>
       <c r="B1107">
-        <v>401060451</v>
+        <v>401340197</v>
       </c>
       <c r="C1107">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1107" t="s">
-        <v>1133</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1108" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1108" t="s">
-        <v>753</v>
+        <v>743</v>
       </c>
       <c r="B1108">
-        <v>401060497</v>
+        <v>401340258</v>
       </c>
       <c r="C1108">
         <v>3</v>
       </c>
       <c r="D1108" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1109" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1109" t="s">
-        <v>753</v>
+        <v>744</v>
       </c>
       <c r="B1109">
-        <v>401060497</v>
+        <v>401340668</v>
       </c>
       <c r="C1109">
         <v>3</v>
       </c>
       <c r="D1109" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1110" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1110" t="s">
-        <v>754</v>
+        <v>745</v>
       </c>
       <c r="B1110">
-        <v>401060726</v>
+        <v>401340680</v>
       </c>
       <c r="C1110">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1110" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1111" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1111" t="s">
-        <v>755</v>
+        <v>746</v>
       </c>
       <c r="B1111">
-        <v>401061045</v>
+        <v>401350278</v>
       </c>
       <c r="C1111">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1111" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1112" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1112" t="s">
-        <v>756</v>
+        <v>747</v>
       </c>
       <c r="B1112">
-        <v>401070162</v>
+        <v>401350918</v>
       </c>
       <c r="C1112">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1112" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1113" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1113" t="s">
-        <v>757</v>
+        <v>748</v>
       </c>
       <c r="B1113">
-        <v>401070529</v>
+        <v>401360396</v>
       </c>
       <c r="C1113">
-        <v>26</v>
+        <v>11</v>
       </c>
       <c r="D1113" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1114" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1114" t="s">
-        <v>757</v>
+        <v>749</v>
       </c>
       <c r="B1114">
-        <v>401070529</v>
+        <v>401360611</v>
       </c>
       <c r="C1114">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D1114" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1115" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1115" t="s">
-        <v>758</v>
+        <v>750</v>
       </c>
       <c r="B1115">
-        <v>401070733</v>
+        <v>401360627</v>
       </c>
       <c r="C1115">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1115" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1116" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1116" t="s">
-        <v>759</v>
+        <v>751</v>
       </c>
       <c r="B1116">
-        <v>401080530</v>
+        <v>401360816</v>
       </c>
       <c r="C1116">
         <v>2</v>
       </c>
       <c r="D1116" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1117" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1117" t="s">
-        <v>759</v>
+        <v>752</v>
       </c>
       <c r="B1117">
-        <v>401080530</v>
+        <v>401370243</v>
       </c>
       <c r="C1117">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D1117" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1118" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1118" t="s">
-        <v>760</v>
+        <v>752</v>
       </c>
       <c r="B1118">
-        <v>401090054</v>
+        <v>401370243</v>
       </c>
       <c r="C1118">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D1118" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1119" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1119" t="s">
-        <v>761</v>
+        <v>753</v>
       </c>
       <c r="B1119">
-        <v>401090345</v>
+        <v>401370505</v>
       </c>
       <c r="C1119">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D1119" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1120" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1120" t="s">
-        <v>761</v>
+        <v>754</v>
       </c>
       <c r="B1120">
-        <v>401090345</v>
+        <v>401380119</v>
       </c>
       <c r="C1120">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1120" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1121" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1121" t="s">
-        <v>762</v>
+        <v>755</v>
       </c>
       <c r="B1121">
-        <v>401090568</v>
+        <v>401380138</v>
       </c>
       <c r="C1121">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1121" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1122" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1122" t="s">
-        <v>763</v>
+        <v>756</v>
       </c>
       <c r="B1122">
-        <v>401090640</v>
+        <v>401380921</v>
       </c>
       <c r="C1122">
-        <v>21</v>
+        <v>1</v>
       </c>
       <c r="D1122" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1123" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1123" t="s">
-        <v>764</v>
+        <v>757</v>
       </c>
       <c r="B1123">
-        <v>401100084</v>
+        <v>401390963</v>
       </c>
       <c r="C1123">
         <v>5</v>
       </c>
       <c r="D1123" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1124" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1124" t="s">
-        <v>764</v>
+        <v>757</v>
       </c>
       <c r="B1124">
-        <v>401100084</v>
+        <v>401390963</v>
       </c>
       <c r="C1124">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="D1124" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1125" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1125" t="s">
-        <v>765</v>
+        <v>758</v>
       </c>
       <c r="B1125">
-        <v>401100273</v>
+        <v>401400386</v>
       </c>
       <c r="C1125">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D1125" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1126" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1126" t="s">
-        <v>766</v>
+        <v>758</v>
       </c>
       <c r="B1126">
-        <v>401100896</v>
+        <v>401400386</v>
       </c>
       <c r="C1126">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="D1126" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1127" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1127" t="s">
-        <v>766</v>
+        <v>759</v>
       </c>
       <c r="B1127">
-        <v>401100896</v>
+        <v>401400829</v>
       </c>
       <c r="C1127">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D1127" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1128" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1128" t="s">
-        <v>767</v>
+        <v>760</v>
       </c>
       <c r="B1128">
-        <v>401100948</v>
+        <v>401410221</v>
       </c>
       <c r="C1128">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D1128" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1129" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1129" t="s">
-        <v>767</v>
+        <v>761</v>
       </c>
       <c r="B1129">
-        <v>401100948</v>
+        <v>401410309</v>
       </c>
       <c r="C1129">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D1129" t="s">
-        <v>1132</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1130" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1130" t="s">
-        <v>767</v>
+        <v>762</v>
       </c>
       <c r="B1130">
-        <v>401100948</v>
+        <v>401410618</v>
       </c>
       <c r="C1130">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1130" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1131" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1131" t="s">
-        <v>768</v>
+        <v>762</v>
       </c>
       <c r="B1131">
-        <v>401110159</v>
+        <v>401410618</v>
       </c>
       <c r="C1131">
         <v>2</v>
       </c>
       <c r="D1131" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1132" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1132" t="s">
-        <v>769</v>
+        <v>763</v>
       </c>
       <c r="B1132">
-        <v>401110182</v>
+        <v>401410707</v>
       </c>
       <c r="C1132">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1132" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1133" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1133" t="s">
-        <v>770</v>
+        <v>764</v>
       </c>
       <c r="B1133">
-        <v>401110788</v>
+        <v>401420170</v>
       </c>
       <c r="C1133">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1133" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1134" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1134" t="s">
-        <v>770</v>
+        <v>764</v>
       </c>
       <c r="B1134">
-        <v>401110788</v>
+        <v>401420170</v>
       </c>
       <c r="C1134">
-        <v>36</v>
+        <v>1</v>
       </c>
       <c r="D1134" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1135" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1135" t="s">
-        <v>771</v>
+        <v>765</v>
       </c>
       <c r="B1135">
-        <v>401110999</v>
+        <v>401420248</v>
       </c>
       <c r="C1135">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1135" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1136" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1136" t="s">
-        <v>772</v>
+        <v>766</v>
       </c>
       <c r="B1136">
-        <v>401120844</v>
+        <v>401420275</v>
       </c>
       <c r="C1136">
-        <v>11</v>
+        <v>25</v>
       </c>
       <c r="D1136" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1137" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1137" t="s">
-        <v>772</v>
+        <v>767</v>
       </c>
       <c r="B1137">
-        <v>401120844</v>
+        <v>401420682</v>
       </c>
       <c r="C1137">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D1137" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1138" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1138" t="s">
-        <v>773</v>
+        <v>767</v>
       </c>
       <c r="B1138">
-        <v>401120913</v>
+        <v>401420682</v>
       </c>
       <c r="C1138">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D1138" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1139" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1139" t="s">
-        <v>773</v>
+        <v>768</v>
       </c>
       <c r="B1139">
-        <v>401120913</v>
+        <v>401430197</v>
       </c>
       <c r="C1139">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="D1139" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1140" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1140" t="s">
-        <v>774</v>
+        <v>768</v>
       </c>
       <c r="B1140">
-        <v>401130038</v>
+        <v>401430197</v>
       </c>
       <c r="C1140">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D1140" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1141" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1141" t="s">
-        <v>775</v>
+        <v>769</v>
       </c>
       <c r="B1141">
-        <v>401130635</v>
+        <v>401430533</v>
       </c>
       <c r="C1141">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D1141" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1142" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1142" t="s">
-        <v>776</v>
+        <v>769</v>
       </c>
       <c r="B1142">
-        <v>401140013</v>
+        <v>401430533</v>
       </c>
       <c r="C1142">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="D1142" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1143" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1143" t="s">
-        <v>777</v>
+        <v>770</v>
       </c>
       <c r="B1143">
-        <v>401140133</v>
+        <v>401430610</v>
       </c>
       <c r="C1143">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1143" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1144" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1144" t="s">
-        <v>778</v>
+        <v>771</v>
       </c>
       <c r="B1144">
-        <v>401140627</v>
+        <v>401430728</v>
       </c>
       <c r="C1144">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1144" t="s">
-        <v>1133</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1145" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1145" t="s">
-        <v>779</v>
+        <v>772</v>
       </c>
       <c r="B1145">
-        <v>401140795</v>
+        <v>401440052</v>
       </c>
       <c r="C1145">
-        <v>66</v>
+        <v>1</v>
       </c>
       <c r="D1145" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1146" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1146" t="s">
-        <v>779</v>
+        <v>773</v>
       </c>
       <c r="B1146">
-        <v>401140795</v>
+        <v>401440147</v>
       </c>
       <c r="C1146">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D1146" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1147" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1147" t="s">
-        <v>780</v>
+        <v>774</v>
       </c>
       <c r="B1147">
-        <v>401140926</v>
+        <v>401440227</v>
       </c>
       <c r="C1147">
         <v>1</v>
       </c>
       <c r="D1147" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1148" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1148" t="s">
-        <v>781</v>
+        <v>775</v>
       </c>
       <c r="B1148">
-        <v>401150664</v>
+        <v>401440436</v>
       </c>
       <c r="C1148">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1148" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1149" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1149" t="s">
-        <v>782</v>
+        <v>776</v>
       </c>
       <c r="B1149">
-        <v>401150883</v>
+        <v>401450019</v>
       </c>
       <c r="C1149">
         <v>3</v>
       </c>
       <c r="D1149" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1150" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1150" t="s">
-        <v>783</v>
+        <v>776</v>
       </c>
       <c r="B1150">
-        <v>401150914</v>
+        <v>401450019</v>
       </c>
       <c r="C1150">
-        <v>3</v>
+        <v>24</v>
       </c>
       <c r="D1150" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1151" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1151" t="s">
-        <v>784</v>
+        <v>777</v>
       </c>
       <c r="B1151">
-        <v>401160226</v>
+        <v>401450254</v>
       </c>
       <c r="C1151">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1151" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1152" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1152" t="s">
-        <v>785</v>
+        <v>778</v>
       </c>
       <c r="B1152">
-        <v>401160450</v>
+        <v>401450652</v>
       </c>
       <c r="C1152">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1152" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1153" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1153" t="s">
-        <v>786</v>
+        <v>779</v>
       </c>
       <c r="B1153">
-        <v>401160678</v>
+        <v>401450724</v>
       </c>
       <c r="C1153">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1153" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1154" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1154" t="s">
-        <v>787</v>
+        <v>780</v>
       </c>
       <c r="B1154">
-        <v>401160706</v>
+        <v>401450869</v>
       </c>
       <c r="C1154">
-        <v>19</v>
+        <v>3</v>
       </c>
       <c r="D1154" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1155" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1155" t="s">
-        <v>788</v>
+        <v>781</v>
       </c>
       <c r="B1155">
-        <v>401160887</v>
+        <v>401450906</v>
       </c>
       <c r="C1155">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D1155" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1156" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1156" t="s">
-        <v>788</v>
+        <v>782</v>
       </c>
       <c r="B1156">
-        <v>401160887</v>
+        <v>401450971</v>
       </c>
       <c r="C1156">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D1156" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1157" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1157" t="s">
-        <v>789</v>
+        <v>782</v>
       </c>
       <c r="B1157">
-        <v>401170508</v>
+        <v>401450971</v>
       </c>
       <c r="C1157">
         <v>2</v>
       </c>
       <c r="D1157" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1158" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1158" t="s">
-        <v>790</v>
+        <v>783</v>
       </c>
       <c r="B1158">
-        <v>401180373</v>
+        <v>401460136</v>
       </c>
       <c r="C1158">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1158" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1159" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1159" t="s">
-        <v>790</v>
+        <v>784</v>
       </c>
       <c r="B1159">
-        <v>401180373</v>
+        <v>401460587</v>
       </c>
       <c r="C1159">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D1159" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1160" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1160" t="s">
-        <v>791</v>
+        <v>785</v>
       </c>
       <c r="B1160">
-        <v>401200012</v>
+        <v>401460599</v>
       </c>
       <c r="C1160">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1160" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1161" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1161" t="s">
-        <v>792</v>
+        <v>786</v>
       </c>
       <c r="B1161">
-        <v>401200074</v>
+        <v>401460676</v>
       </c>
       <c r="C1161">
         <v>3</v>
       </c>
       <c r="D1161" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1162" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1162" t="s">
-        <v>793</v>
+        <v>786</v>
       </c>
       <c r="B1162">
-        <v>401200791</v>
+        <v>401460676</v>
       </c>
       <c r="C1162">
-        <v>3</v>
+        <v>28</v>
       </c>
       <c r="D1162" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1163" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1163" t="s">
-        <v>794</v>
+        <v>787</v>
       </c>
       <c r="B1163">
-        <v>401210112</v>
+        <v>401480169</v>
       </c>
       <c r="C1163">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1163" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1164" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1164" t="s">
-        <v>795</v>
+        <v>787</v>
       </c>
       <c r="B1164">
-        <v>401210401</v>
+        <v>401480169</v>
       </c>
       <c r="C1164">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D1164" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1165" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1165" t="s">
-        <v>795</v>
+        <v>788</v>
       </c>
       <c r="B1165">
-        <v>401210401</v>
+        <v>401490613</v>
       </c>
       <c r="C1165">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1165" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1166" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1166" t="s">
-        <v>796</v>
+        <v>789</v>
       </c>
       <c r="B1166">
-        <v>401210441</v>
+        <v>401500077</v>
       </c>
       <c r="C1166">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1166" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1167" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1167" t="s">
-        <v>797</v>
+        <v>789</v>
       </c>
       <c r="B1167">
-        <v>401210555</v>
+        <v>401500077</v>
       </c>
       <c r="C1167">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D1167" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1168" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1168" t="s">
-        <v>797</v>
+        <v>790</v>
       </c>
       <c r="B1168">
-        <v>401210555</v>
+        <v>401500793</v>
       </c>
       <c r="C1168">
         <v>2</v>
       </c>
       <c r="D1168" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1169" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1169" t="s">
-        <v>798</v>
+        <v>791</v>
       </c>
       <c r="B1169">
-        <v>401220385</v>
+        <v>401510117</v>
       </c>
       <c r="C1169">
         <v>3</v>
       </c>
       <c r="D1169" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1170" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1170" t="s">
-        <v>799</v>
+        <v>792</v>
       </c>
       <c r="B1170">
-        <v>401230671</v>
+        <v>401510149</v>
       </c>
       <c r="C1170">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="D1170" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1171" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1171" t="s">
-        <v>800</v>
+        <v>793</v>
       </c>
       <c r="B1171">
-        <v>401240090</v>
+        <v>401510359</v>
       </c>
       <c r="C1171">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="D1171" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1172" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1172" t="s">
-        <v>800</v>
+        <v>793</v>
       </c>
       <c r="B1172">
-        <v>401240090</v>
+        <v>401510359</v>
       </c>
       <c r="C1172">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1172" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1173" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1173" t="s">
-        <v>801</v>
+        <v>794</v>
       </c>
       <c r="B1173">
-        <v>401240686</v>
+        <v>401510465</v>
       </c>
       <c r="C1173">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1173" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1174" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1174" t="s">
-        <v>801</v>
+        <v>795</v>
       </c>
       <c r="B1174">
-        <v>401240686</v>
+        <v>401510595</v>
       </c>
       <c r="C1174">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D1174" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1175" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1175" t="s">
-        <v>802</v>
+        <v>796</v>
       </c>
       <c r="B1175">
-        <v>401240966</v>
+        <v>401520088</v>
       </c>
       <c r="C1175">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D1175" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1176" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1176" t="s">
-        <v>802</v>
+        <v>796</v>
       </c>
       <c r="B1176">
-        <v>401240966</v>
+        <v>401520088</v>
       </c>
       <c r="C1176">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D1176" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1177" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1177" t="s">
-        <v>803</v>
+        <v>797</v>
       </c>
       <c r="B1177">
-        <v>401250397</v>
+        <v>401520727</v>
       </c>
       <c r="C1177">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1177" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1178" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1178" t="s">
-        <v>803</v>
+        <v>798</v>
       </c>
       <c r="B1178">
-        <v>401250397</v>
+        <v>401530171</v>
       </c>
       <c r="C1178">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D1178" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1179" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1179" t="s">
-        <v>804</v>
+        <v>799</v>
       </c>
       <c r="B1179">
-        <v>401250625</v>
+        <v>401530541</v>
       </c>
       <c r="C1179">
         <v>3</v>
       </c>
       <c r="D1179" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1180" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1180" t="s">
-        <v>805</v>
+        <v>800</v>
       </c>
       <c r="B1180">
-        <v>401260111</v>
+        <v>401540057</v>
       </c>
       <c r="C1180">
         <v>3</v>
       </c>
       <c r="D1180" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1181" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1181" t="s">
-        <v>806</v>
+        <v>801</v>
       </c>
       <c r="B1181">
-        <v>401260348</v>
+        <v>401540081</v>
       </c>
       <c r="C1181">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1181" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1182" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1182" t="s">
-        <v>807</v>
+        <v>802</v>
       </c>
       <c r="B1182">
-        <v>401260649</v>
+        <v>401540158</v>
       </c>
       <c r="C1182">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1182" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1183" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1183" t="s">
-        <v>808</v>
+        <v>803</v>
       </c>
       <c r="B1183">
-        <v>401260838</v>
+        <v>401550255</v>
       </c>
       <c r="C1183">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1183" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1184" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1184" t="s">
-        <v>809</v>
+        <v>804</v>
       </c>
       <c r="B1184">
-        <v>401270922</v>
+        <v>401550701</v>
       </c>
       <c r="C1184">
         <v>3</v>
       </c>
       <c r="D1184" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1185" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1185" t="s">
-        <v>810</v>
+        <v>805</v>
       </c>
       <c r="B1185">
-        <v>401280164</v>
+        <v>401570225</v>
       </c>
       <c r="C1185">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D1185" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1186" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1186" t="s">
-        <v>811</v>
+        <v>805</v>
       </c>
       <c r="B1186">
-        <v>401290214</v>
+        <v>401570225</v>
       </c>
       <c r="C1186">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D1186" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1187" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1187" t="s">
-        <v>811</v>
+        <v>806</v>
       </c>
       <c r="B1187">
-        <v>401290214</v>
+        <v>401580070</v>
       </c>
       <c r="C1187">
         <v>1</v>
       </c>
       <c r="D1187" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1188" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1188" t="s">
-        <v>812</v>
+        <v>807</v>
       </c>
       <c r="B1188">
-        <v>401290394</v>
+        <v>401580505</v>
       </c>
       <c r="C1188">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1188" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1189" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1189" t="s">
-        <v>813</v>
+        <v>808</v>
       </c>
       <c r="B1189">
-        <v>401290606</v>
+        <v>401580891</v>
       </c>
       <c r="C1189">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1189" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1190" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1190" t="s">
-        <v>814</v>
+        <v>809</v>
       </c>
       <c r="B1190">
-        <v>401300441</v>
+        <v>401600177</v>
       </c>
       <c r="C1190">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1190" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1191" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1191" t="s">
-        <v>815</v>
+        <v>809</v>
       </c>
       <c r="B1191">
-        <v>401300668</v>
+        <v>401600177</v>
       </c>
       <c r="C1191">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1191" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1192" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1192" t="s">
-        <v>816</v>
+        <v>810</v>
       </c>
       <c r="B1192">
-        <v>401300713</v>
+        <v>401600593</v>
       </c>
       <c r="C1192">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1192" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1193" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1193" t="s">
-        <v>816</v>
+        <v>811</v>
       </c>
       <c r="B1193">
-        <v>401300713</v>
+        <v>401600676</v>
       </c>
       <c r="C1193">
         <v>2</v>
       </c>
       <c r="D1193" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1194" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1194" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="B1194">
-        <v>401300946</v>
+        <v>401640097</v>
       </c>
       <c r="C1194">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="D1194" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1195" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1195" t="s">
-        <v>818</v>
+        <v>812</v>
       </c>
       <c r="B1195">
-        <v>401300962</v>
+        <v>401640097</v>
       </c>
       <c r="C1195">
         <v>2</v>
       </c>
       <c r="D1195" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1196" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1196" t="s">
-        <v>819</v>
+        <v>813</v>
       </c>
       <c r="B1196">
-        <v>401310260</v>
+        <v>401640349</v>
       </c>
       <c r="C1196">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1196" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1197" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1197" t="s">
-        <v>819</v>
+        <v>814</v>
       </c>
       <c r="B1197">
-        <v>401310260</v>
+        <v>401650182</v>
       </c>
       <c r="C1197">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1197" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1198" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1198" t="s">
-        <v>820</v>
+        <v>814</v>
       </c>
       <c r="B1198">
-        <v>401310299</v>
+        <v>401650182</v>
       </c>
       <c r="C1198">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1198" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1199" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1199" t="s">
-        <v>821</v>
+        <v>815</v>
       </c>
       <c r="B1199">
-        <v>401310430</v>
+        <v>401660532</v>
       </c>
       <c r="C1199">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1199" t="s">
-        <v>1133</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1200" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1200" t="s">
-        <v>822</v>
+        <v>816</v>
       </c>
       <c r="B1200">
-        <v>401310719</v>
+        <v>401680924</v>
       </c>
       <c r="C1200">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="D1200" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1201" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1201" t="s">
-        <v>822</v>
+        <v>817</v>
       </c>
       <c r="B1201">
-        <v>401310719</v>
+        <v>401700153</v>
       </c>
       <c r="C1201">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1201" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1202" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1202" t="s">
-        <v>823</v>
+        <v>818</v>
       </c>
       <c r="B1202">
-        <v>401310833</v>
+        <v>401710041</v>
       </c>
       <c r="C1202">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="D1202" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1203" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1203" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
       <c r="B1203">
-        <v>401310833</v>
+        <v>401710488</v>
       </c>
       <c r="C1203">
         <v>1</v>
       </c>
       <c r="D1203" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1204" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1204" t="s">
-        <v>824</v>
+        <v>820</v>
       </c>
       <c r="B1204">
-        <v>401320510</v>
+        <v>401720240</v>
       </c>
       <c r="C1204">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="D1204" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1205" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1205" t="s">
-        <v>825</v>
+        <v>820</v>
       </c>
       <c r="B1205">
-        <v>401330132</v>
+        <v>401720240</v>
       </c>
       <c r="C1205">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D1205" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1206" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1206" t="s">
-        <v>826</v>
+        <v>821</v>
       </c>
       <c r="B1206">
-        <v>401330490</v>
+        <v>401720982</v>
       </c>
       <c r="C1206">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D1206" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1207" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1207" t="s">
-        <v>827</v>
+        <v>822</v>
       </c>
       <c r="B1207">
-        <v>401330734</v>
+        <v>401740823</v>
       </c>
       <c r="C1207">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1207" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1208" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1208" t="s">
-        <v>828</v>
+        <v>823</v>
       </c>
       <c r="B1208">
-        <v>401340028</v>
+        <v>401750803</v>
       </c>
       <c r="C1208">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="D1208" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1209" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1209" t="s">
-        <v>829</v>
+        <v>824</v>
       </c>
       <c r="B1209">
-        <v>401340197</v>
+        <v>401770084</v>
       </c>
       <c r="C1209">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="D1209" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1210" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1210" t="s">
-        <v>830</v>
+        <v>825</v>
       </c>
       <c r="B1210">
-        <v>401340258</v>
+        <v>401790114</v>
       </c>
       <c r="C1210">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1210" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1211" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1211" t="s">
-        <v>831</v>
+        <v>826</v>
       </c>
       <c r="B1211">
-        <v>401340668</v>
+        <v>401790862</v>
       </c>
       <c r="C1211">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D1211" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1212" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1212" t="s">
-        <v>832</v>
+        <v>827</v>
       </c>
       <c r="B1212">
-        <v>401340680</v>
+        <v>401800587</v>
       </c>
       <c r="C1212">
         <v>3</v>
       </c>
       <c r="D1212" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1213" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1213" t="s">
-        <v>833</v>
+        <v>827</v>
       </c>
       <c r="B1213">
-        <v>401350149</v>
+        <v>401800587</v>
       </c>
       <c r="C1213">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1213" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1214" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1214" t="s">
-        <v>834</v>
+        <v>828</v>
       </c>
       <c r="B1214">
-        <v>401350278</v>
+        <v>401810294</v>
       </c>
       <c r="C1214">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D1214" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1215" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1215" t="s">
-        <v>835</v>
+        <v>828</v>
       </c>
       <c r="B1215">
-        <v>401350918</v>
+        <v>401810294</v>
       </c>
       <c r="C1215">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1215" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1216" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1216" t="s">
-        <v>836</v>
+        <v>829</v>
       </c>
       <c r="B1216">
-        <v>401360231</v>
+        <v>401820861</v>
       </c>
       <c r="C1216">
         <v>1</v>
       </c>
       <c r="D1216" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1217" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1217" t="s">
-        <v>837</v>
+        <v>830</v>
       </c>
       <c r="B1217">
-        <v>401360396</v>
+        <v>401830978</v>
       </c>
       <c r="C1217">
-        <v>11</v>
+        <v>22</v>
       </c>
       <c r="D1217" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1218" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1218" t="s">
-        <v>838</v>
+        <v>831</v>
       </c>
       <c r="B1218">
-        <v>401360611</v>
+        <v>401840020</v>
       </c>
       <c r="C1218">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1218" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1219" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1219" t="s">
-        <v>839</v>
+        <v>832</v>
       </c>
       <c r="B1219">
-        <v>401360627</v>
+        <v>401860307</v>
       </c>
       <c r="C1219">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="D1219" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1220" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1220" t="s">
-        <v>840</v>
+        <v>832</v>
       </c>
       <c r="B1220">
-        <v>401360816</v>
+        <v>401860307</v>
       </c>
       <c r="C1220">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D1220" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1221" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1221" t="s">
-        <v>841</v>
+        <v>833</v>
       </c>
       <c r="B1221">
-        <v>401370243</v>
+        <v>401860472</v>
       </c>
       <c r="C1221">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="D1221" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1222" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1222" t="s">
-        <v>841</v>
+        <v>833</v>
       </c>
       <c r="B1222">
-        <v>401370243</v>
+        <v>401860472</v>
       </c>
       <c r="C1222">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D1222" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1223" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1223" t="s">
-        <v>842</v>
+        <v>834</v>
       </c>
       <c r="B1223">
-        <v>401370505</v>
+        <v>401890227</v>
       </c>
       <c r="C1223">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="D1223" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1224" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1224" t="s">
-        <v>843</v>
+        <v>834</v>
       </c>
       <c r="B1224">
-        <v>401380038</v>
+        <v>401890227</v>
       </c>
       <c r="C1224">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D1224" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1225" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1225" t="s">
-        <v>844</v>
+        <v>835</v>
       </c>
       <c r="B1225">
-        <v>401380119</v>
+        <v>401890497</v>
       </c>
       <c r="C1225">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1225" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1226" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1226" t="s">
-        <v>845</v>
+        <v>835</v>
       </c>
       <c r="B1226">
-        <v>401380138</v>
+        <v>401890497</v>
       </c>
       <c r="C1226">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D1226" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1227" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1227" t="s">
-        <v>846</v>
+        <v>836</v>
       </c>
       <c r="B1227">
-        <v>401380921</v>
+        <v>401900918</v>
       </c>
       <c r="C1227">
         <v>1</v>
       </c>
       <c r="D1227" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1228" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1228" t="s">
-        <v>847</v>
+        <v>837</v>
       </c>
       <c r="B1228">
-        <v>401390006</v>
+        <v>401910630</v>
       </c>
       <c r="C1228">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1228" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1229" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1229" t="s">
-        <v>848</v>
+        <v>837</v>
       </c>
       <c r="B1229">
-        <v>401390742</v>
+        <v>401910630</v>
       </c>
       <c r="C1229">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D1229" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1230" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1230" t="s">
-        <v>849</v>
+        <v>838</v>
       </c>
       <c r="B1230">
-        <v>401390955</v>
+        <v>401910840</v>
       </c>
       <c r="C1230">
         <v>1</v>
       </c>
       <c r="D1230" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1231" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1231" t="s">
-        <v>850</v>
+        <v>839</v>
       </c>
       <c r="B1231">
-        <v>401390963</v>
+        <v>401930252</v>
       </c>
       <c r="C1231">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D1231" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1232" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1232" t="s">
-        <v>850</v>
+        <v>839</v>
       </c>
       <c r="B1232">
-        <v>401390963</v>
+        <v>401930252</v>
       </c>
       <c r="C1232">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D1232" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1233" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1233" t="s">
-        <v>851</v>
+        <v>840</v>
       </c>
       <c r="B1233">
-        <v>401400386</v>
+        <v>401940112</v>
       </c>
       <c r="C1233">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D1233" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1234" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1234" t="s">
-        <v>851</v>
+        <v>841</v>
       </c>
       <c r="B1234">
-        <v>401400386</v>
+        <v>401970921</v>
       </c>
       <c r="C1234">
-        <v>7</v>
+        <v>21</v>
       </c>
       <c r="D1234" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1235" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1235" t="s">
-        <v>852</v>
+        <v>842</v>
       </c>
       <c r="B1235">
-        <v>401400829</v>
+        <v>401990798</v>
       </c>
       <c r="C1235">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1235" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1236" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1236" t="s">
-        <v>853</v>
+        <v>843</v>
       </c>
       <c r="B1236">
-        <v>401410221</v>
+        <v>402000598</v>
       </c>
       <c r="C1236">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1236" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1237" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1237" t="s">
-        <v>854</v>
+        <v>844</v>
       </c>
       <c r="B1237">
-        <v>401410281</v>
+        <v>402000771</v>
       </c>
       <c r="C1237">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D1237" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1238" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1238" t="s">
-        <v>855</v>
+        <v>844</v>
       </c>
       <c r="B1238">
-        <v>401410309</v>
+        <v>402000771</v>
       </c>
       <c r="C1238">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="D1238" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1239" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1239" t="s">
-        <v>856</v>
+        <v>845</v>
       </c>
       <c r="B1239">
-        <v>401410618</v>
+        <v>402040410</v>
       </c>
       <c r="C1239">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="D1239" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1240" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1240" t="s">
-        <v>856</v>
+        <v>845</v>
       </c>
       <c r="B1240">
-        <v>401410618</v>
+        <v>402040410</v>
       </c>
       <c r="C1240">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D1240" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1241" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1241" t="s">
-        <v>857</v>
+        <v>846</v>
       </c>
       <c r="B1241">
-        <v>401410707</v>
+        <v>402070792</v>
       </c>
       <c r="C1241">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1241" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1242" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1242" t="s">
-        <v>858</v>
+        <v>847</v>
       </c>
       <c r="B1242">
-        <v>401420170</v>
+        <v>402100547</v>
       </c>
       <c r="C1242">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="D1242" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1243" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1243" t="s">
-        <v>858</v>
+        <v>848</v>
       </c>
       <c r="B1243">
-        <v>401420170</v>
+        <v>402140309</v>
       </c>
       <c r="C1243">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D1243" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1244" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1244" t="s">
-        <v>859</v>
+        <v>848</v>
       </c>
       <c r="B1244">
-        <v>401420248</v>
+        <v>402140309</v>
       </c>
       <c r="C1244">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="D1244" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1245" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1245" t="s">
-        <v>860</v>
+        <v>849</v>
       </c>
       <c r="B1245">
-        <v>401420275</v>
+        <v>402230371</v>
       </c>
       <c r="C1245">
-        <v>25</v>
+        <v>4</v>
       </c>
       <c r="D1245" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1246" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1246" t="s">
-        <v>861</v>
+        <v>850</v>
       </c>
       <c r="B1246">
-        <v>401420682</v>
+        <v>402240026</v>
       </c>
       <c r="C1246">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="D1246" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1247" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1247" t="s">
-        <v>861</v>
+        <v>851</v>
       </c>
       <c r="B1247">
-        <v>401420682</v>
+        <v>402260190</v>
       </c>
       <c r="C1247">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1247" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1248" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1248" t="s">
-        <v>862</v>
+        <v>851</v>
       </c>
       <c r="B1248">
-        <v>401430197</v>
+        <v>402260190</v>
       </c>
       <c r="C1248">
-        <v>31</v>
+        <v>14</v>
       </c>
       <c r="D1248" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1249" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1249" t="s">
-        <v>862</v>
+        <v>852</v>
       </c>
       <c r="B1249">
-        <v>401430197</v>
+        <v>500400236</v>
       </c>
       <c r="C1249">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D1249" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1250" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1250" t="s">
-        <v>863</v>
+        <v>852</v>
       </c>
       <c r="B1250">
-        <v>401430533</v>
+        <v>500400236</v>
       </c>
       <c r="C1250">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D1250" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1251" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1251" t="s">
-        <v>863</v>
+        <v>853</v>
       </c>
       <c r="B1251">
-        <v>401430533</v>
+        <v>500620666</v>
       </c>
       <c r="C1251">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="D1251" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1252" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1252" t="s">
-        <v>864</v>
+        <v>853</v>
       </c>
       <c r="B1252">
-        <v>401430608</v>
+        <v>500620666</v>
       </c>
       <c r="C1252">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1252" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1253" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1253" t="s">
-        <v>865</v>
+        <v>854</v>
       </c>
       <c r="B1253">
-        <v>401430610</v>
+        <v>500680536</v>
       </c>
       <c r="C1253">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1253" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1254" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1254" t="s">
-        <v>866</v>
+        <v>854</v>
       </c>
       <c r="B1254">
-        <v>401430728</v>
+        <v>500680536</v>
       </c>
       <c r="C1254">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1254" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1255" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1255" t="s">
-        <v>867</v>
+        <v>855</v>
       </c>
       <c r="B1255">
-        <v>401440052</v>
+        <v>500690128</v>
       </c>
       <c r="C1255">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="D1255" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1256" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1256" t="s">
-        <v>868</v>
+        <v>855</v>
       </c>
       <c r="B1256">
-        <v>401440147</v>
+        <v>500690128</v>
       </c>
       <c r="C1256">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1256" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1257" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1257" t="s">
-        <v>869</v>
+        <v>856</v>
       </c>
       <c r="B1257">
-        <v>401440227</v>
+        <v>500700621</v>
       </c>
       <c r="C1257">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1257" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1258" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1258" t="s">
-        <v>870</v>
+        <v>856</v>
       </c>
       <c r="B1258">
-        <v>401440436</v>
+        <v>500700621</v>
       </c>
       <c r="C1258">
-        <v>3</v>
+        <v>19</v>
       </c>
       <c r="D1258" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1259" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1259" t="s">
-        <v>871</v>
+        <v>857</v>
       </c>
       <c r="B1259">
-        <v>401450019</v>
+        <v>500910783</v>
       </c>
       <c r="C1259">
-        <v>24</v>
+        <v>1</v>
       </c>
       <c r="D1259" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1260" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1260" t="s">
-        <v>871</v>
+        <v>10</v>
       </c>
       <c r="B1260">
-        <v>401450019</v>
+        <v>500930189</v>
       </c>
       <c r="C1260">
-        <v>3</v>
+        <v>72</v>
       </c>
       <c r="D1260" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1261" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1261" t="s">
-        <v>872</v>
+        <v>858</v>
       </c>
       <c r="B1261">
-        <v>401450187</v>
+        <v>501040599</v>
       </c>
       <c r="C1261">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D1261" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1262" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1262" t="s">
-        <v>873</v>
+        <v>858</v>
       </c>
       <c r="B1262">
-        <v>401450254</v>
+        <v>501040599</v>
       </c>
       <c r="C1262">
-        <v>1</v>
+        <v>52</v>
       </c>
       <c r="D1262" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1263" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1263" t="s">
-        <v>874</v>
+        <v>859</v>
       </c>
       <c r="B1263">
-        <v>401450652</v>
+        <v>501050896</v>
       </c>
       <c r="C1263">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1263" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1264" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1264" t="s">
-        <v>875</v>
+        <v>860</v>
       </c>
       <c r="B1264">
-        <v>401450724</v>
+        <v>501240752</v>
       </c>
       <c r="C1264">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="D1264" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1265" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1265" t="s">
-        <v>876</v>
+        <v>861</v>
       </c>
       <c r="B1265">
-        <v>401450869</v>
+        <v>501260160</v>
       </c>
       <c r="C1265">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1265" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1266" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1266" t="s">
-        <v>877</v>
+        <v>862</v>
       </c>
       <c r="B1266">
-        <v>401450906</v>
+        <v>501401064</v>
       </c>
       <c r="C1266">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1266" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1267" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1267" t="s">
-        <v>878</v>
+        <v>863</v>
       </c>
       <c r="B1267">
-        <v>401450971</v>
+        <v>501420146</v>
       </c>
       <c r="C1267">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1267" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1268" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1268" t="s">
-        <v>878</v>
+        <v>864</v>
       </c>
       <c r="B1268">
-        <v>401450971</v>
+        <v>501430665</v>
       </c>
       <c r="C1268">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1268" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1269" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1269" t="s">
-        <v>879</v>
+        <v>865</v>
       </c>
       <c r="B1269">
-        <v>401460136</v>
+        <v>501460797</v>
       </c>
       <c r="C1269">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="D1269" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1270" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1270" t="s">
-        <v>880</v>
+        <v>865</v>
       </c>
       <c r="B1270">
-        <v>401460587</v>
+        <v>501460797</v>
       </c>
       <c r="C1270">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="D1270" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1271" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1271" t="s">
-        <v>881</v>
+        <v>866</v>
       </c>
       <c r="B1271">
-        <v>401460599</v>
+        <v>502040416</v>
       </c>
       <c r="C1271">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1271" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1272" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1272" t="s">
-        <v>882</v>
+        <v>10</v>
       </c>
       <c r="B1272">
-        <v>401460676</v>
+        <v>502210426</v>
       </c>
       <c r="C1272">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1272" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1273" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1273" t="s">
-        <v>882</v>
+        <v>867</v>
       </c>
       <c r="B1273">
-        <v>401460676</v>
+        <v>502430224</v>
       </c>
       <c r="C1273">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="D1273" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1274" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1274" t="s">
-        <v>883</v>
+        <v>868</v>
       </c>
       <c r="B1274">
-        <v>401480169</v>
+        <v>502660715</v>
       </c>
       <c r="C1274">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1274" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1275" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1275" t="s">
-        <v>883</v>
+        <v>869</v>
       </c>
       <c r="B1275">
-        <v>401480169</v>
+        <v>502950523</v>
       </c>
       <c r="C1275">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D1275" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1276" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1276" t="s">
-        <v>884</v>
+        <v>870</v>
       </c>
       <c r="B1276">
-        <v>401480321</v>
+        <v>503530570</v>
       </c>
       <c r="C1276">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="D1276" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1277" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1277" t="s">
-        <v>885</v>
+        <v>871</v>
       </c>
       <c r="B1277">
-        <v>401480595</v>
+        <v>503530644</v>
       </c>
       <c r="C1277">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1277" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1278" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1278" t="s">
-        <v>886</v>
+        <v>872</v>
       </c>
       <c r="B1278">
-        <v>401490613</v>
+        <v>600230230</v>
       </c>
       <c r="C1278">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D1278" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1279" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1279" t="s">
-        <v>887</v>
+        <v>872</v>
       </c>
       <c r="B1279">
-        <v>401500077</v>
+        <v>600230230</v>
       </c>
       <c r="C1279">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1279" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1280" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1280" t="s">
-        <v>887</v>
+        <v>873</v>
       </c>
       <c r="B1280">
-        <v>401500077</v>
+        <v>600230474</v>
       </c>
       <c r="C1280">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="D1280" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1281" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1281" t="s">
-        <v>888</v>
+        <v>873</v>
       </c>
       <c r="B1281">
-        <v>401500793</v>
+        <v>600230474</v>
       </c>
       <c r="C1281">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D1281" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1282" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1282" t="s">
-        <v>889</v>
+        <v>874</v>
       </c>
       <c r="B1282">
-        <v>401510117</v>
+        <v>600280339</v>
       </c>
       <c r="C1282">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D1282" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1283" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1283" t="s">
-        <v>890</v>
+        <v>874</v>
       </c>
       <c r="B1283">
-        <v>401510149</v>
+        <v>600280339</v>
       </c>
       <c r="C1283">
-        <v>16</v>
+        <v>21</v>
       </c>
       <c r="D1283" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1284" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1284" t="s">
-        <v>891</v>
+        <v>875</v>
       </c>
       <c r="B1284">
-        <v>401510359</v>
+        <v>600350076</v>
       </c>
       <c r="C1284">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="D1284" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1285" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1285" t="s">
-        <v>891</v>
+        <v>876</v>
       </c>
       <c r="B1285">
-        <v>401510359</v>
+        <v>600400529</v>
       </c>
       <c r="C1285">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1285" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1286" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1286" t="s">
-        <v>892</v>
+        <v>876</v>
       </c>
       <c r="B1286">
-        <v>401510465</v>
+        <v>600400529</v>
       </c>
       <c r="C1286">
-        <v>1</v>
+        <v>54</v>
       </c>
       <c r="D1286" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1287" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1287" t="s">
-        <v>893</v>
+        <v>877</v>
       </c>
       <c r="B1287">
-        <v>401510595</v>
+        <v>600550665</v>
       </c>
       <c r="C1287">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1287" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1288" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1288" t="s">
-        <v>894</v>
+        <v>878</v>
       </c>
       <c r="B1288">
-        <v>401520088</v>
+        <v>600650500</v>
       </c>
       <c r="C1288">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D1288" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1289" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1289" t="s">
-        <v>894</v>
+        <v>878</v>
       </c>
       <c r="B1289">
-        <v>401520088</v>
+        <v>600650500</v>
       </c>
       <c r="C1289">
-        <v>11</v>
+        <v>3</v>
       </c>
       <c r="D1289" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1290" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1290" t="s">
-        <v>895</v>
+        <v>879</v>
       </c>
       <c r="B1290">
-        <v>401520727</v>
+        <v>600820016</v>
       </c>
       <c r="C1290">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1290" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1291" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1291" t="s">
-        <v>896</v>
+        <v>880</v>
       </c>
       <c r="B1291">
-        <v>401530171</v>
+        <v>600890260</v>
       </c>
       <c r="C1291">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1291" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1292" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1292" t="s">
-        <v>897</v>
+        <v>880</v>
       </c>
       <c r="B1292">
-        <v>401530541</v>
+        <v>600890260</v>
       </c>
       <c r="C1292">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1292" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1293" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1293" t="s">
-        <v>898</v>
+        <v>881</v>
       </c>
       <c r="B1293">
-        <v>401540057</v>
+        <v>600940941</v>
       </c>
       <c r="C1293">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1293" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1294" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1294" t="s">
-        <v>899</v>
+        <v>881</v>
       </c>
       <c r="B1294">
-        <v>401540081</v>
+        <v>600940941</v>
       </c>
       <c r="C1294">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="D1294" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1295" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1295" t="s">
-        <v>900</v>
+        <v>882</v>
       </c>
       <c r="B1295">
-        <v>401540158</v>
+        <v>601010484</v>
       </c>
       <c r="C1295">
         <v>3</v>
       </c>
       <c r="D1295" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1296" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1296" t="s">
-        <v>901</v>
+        <v>883</v>
       </c>
       <c r="B1296">
-        <v>401550255</v>
+        <v>601020138</v>
       </c>
       <c r="C1296">
         <v>2</v>
       </c>
       <c r="D1296" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1297" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1297" t="s">
-        <v>902</v>
+        <v>884</v>
       </c>
       <c r="B1297">
-        <v>401550701</v>
+        <v>601021362</v>
       </c>
       <c r="C1297">
         <v>3</v>
       </c>
       <c r="D1297" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1298" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1298" t="s">
-        <v>903</v>
+        <v>885</v>
       </c>
       <c r="B1298">
-        <v>401560878</v>
+        <v>601060260</v>
       </c>
       <c r="C1298">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1298" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1299" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1299" t="s">
-        <v>904</v>
+        <v>886</v>
       </c>
       <c r="B1299">
-        <v>401570225</v>
+        <v>601070362</v>
       </c>
       <c r="C1299">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D1299" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1300" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1300" t="s">
-        <v>904</v>
+        <v>887</v>
       </c>
       <c r="B1300">
-        <v>401570225</v>
+        <v>601080053</v>
       </c>
       <c r="C1300">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D1300" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1301" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1301" t="s">
-        <v>905</v>
+        <v>888</v>
       </c>
       <c r="B1301">
-        <v>401580070</v>
+        <v>601180004</v>
       </c>
       <c r="C1301">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1301" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1302" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1302" t="s">
-        <v>906</v>
+        <v>888</v>
       </c>
       <c r="B1302">
-        <v>401580505</v>
+        <v>601180004</v>
       </c>
       <c r="C1302">
         <v>4</v>
       </c>
       <c r="D1302" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1303" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1303" t="s">
-        <v>907</v>
+        <v>889</v>
       </c>
       <c r="B1303">
-        <v>401580891</v>
+        <v>601230494</v>
       </c>
       <c r="C1303">
         <v>3</v>
       </c>
       <c r="D1303" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1304" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1304" t="s">
-        <v>908</v>
+        <v>890</v>
       </c>
       <c r="B1304">
-        <v>401590505</v>
+        <v>601250334</v>
       </c>
       <c r="C1304">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D1304" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1305" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1305" t="s">
-        <v>909</v>
+        <v>890</v>
       </c>
       <c r="B1305">
-        <v>401600177</v>
+        <v>601250334</v>
       </c>
       <c r="C1305">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D1305" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1306" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1306" t="s">
-        <v>909</v>
+        <v>891</v>
       </c>
       <c r="B1306">
-        <v>401600177</v>
+        <v>601420121</v>
       </c>
       <c r="C1306">
-        <v>4</v>
+        <v>22</v>
       </c>
       <c r="D1306" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1307" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1307" t="s">
-        <v>910</v>
+        <v>10</v>
       </c>
       <c r="B1307">
-        <v>401600593</v>
+        <v>601440593</v>
       </c>
       <c r="C1307">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D1307" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1308" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1308" t="s">
-        <v>911</v>
+        <v>892</v>
       </c>
       <c r="B1308">
-        <v>401600676</v>
+        <v>601450731</v>
       </c>
       <c r="C1308">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D1308" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1309" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1309" t="s">
-        <v>912</v>
+        <v>892</v>
       </c>
       <c r="B1309">
-        <v>401640097</v>
+        <v>601450731</v>
       </c>
       <c r="C1309">
-        <v>2</v>
+        <v>106</v>
       </c>
       <c r="D1309" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1310" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1310" t="s">
-        <v>912</v>
+        <v>893</v>
       </c>
       <c r="B1310">
-        <v>401640097</v>
+        <v>601460841</v>
       </c>
       <c r="C1310">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D1310" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1311" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1311" t="s">
-        <v>913</v>
+        <v>894</v>
       </c>
       <c r="B1311">
-        <v>401640349</v>
+        <v>601470460</v>
       </c>
       <c r="C1311">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="D1311" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1312" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1312" t="s">
-        <v>914</v>
+        <v>894</v>
       </c>
       <c r="B1312">
-        <v>401650182</v>
+        <v>601470460</v>
       </c>
       <c r="C1312">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D1312" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1313" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1313" t="s">
-        <v>914</v>
+        <v>895</v>
       </c>
       <c r="B1313">
-        <v>401650182</v>
+        <v>601540331</v>
       </c>
       <c r="C1313">
-        <v>3</v>
+        <v>68</v>
       </c>
       <c r="D1313" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1314" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1314" t="s">
-        <v>915</v>
+        <v>896</v>
       </c>
       <c r="B1314">
-        <v>401660532</v>
+        <v>601560858</v>
       </c>
       <c r="C1314">
-        <v>2</v>
+        <v>22</v>
       </c>
       <c r="D1314" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1315" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1315" t="s">
-        <v>916</v>
+        <v>897</v>
       </c>
       <c r="B1315">
-        <v>401680924</v>
+        <v>601690799</v>
       </c>
       <c r="C1315">
-        <v>2</v>
+        <v>40</v>
       </c>
       <c r="D1315" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1316" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1316" t="s">
-        <v>917</v>
+        <v>898</v>
       </c>
       <c r="B1316">
-        <v>401700153</v>
+        <v>601780049</v>
       </c>
       <c r="C1316">
         <v>1</v>
       </c>
       <c r="D1316" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1317" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1317" t="s">
-        <v>918</v>
+        <v>899</v>
       </c>
       <c r="B1317">
-        <v>401710041</v>
+        <v>601890709</v>
       </c>
       <c r="C1317">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1317" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1318" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1318" t="s">
-        <v>919</v>
+        <v>900</v>
       </c>
       <c r="B1318">
-        <v>401710488</v>
+        <v>602050801</v>
       </c>
       <c r="C1318">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="D1318" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1319" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1319" t="s">
-        <v>920</v>
+        <v>900</v>
       </c>
       <c r="B1319">
-        <v>401720240</v>
+        <v>602050801</v>
       </c>
       <c r="C1319">
         <v>4</v>
       </c>
       <c r="D1319" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1320" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1320" t="s">
-        <v>920</v>
+        <v>901</v>
       </c>
       <c r="B1320">
-        <v>401720240</v>
+        <v>602750950</v>
       </c>
       <c r="C1320">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="D1320" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1321" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1321" t="s">
-        <v>921</v>
+        <v>902</v>
       </c>
       <c r="B1321">
-        <v>401720982</v>
+        <v>602990953</v>
       </c>
       <c r="C1321">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D1321" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1322" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1322" t="s">
-        <v>922</v>
+        <v>903</v>
       </c>
       <c r="B1322">
-        <v>401740823</v>
+        <v>603280734</v>
       </c>
       <c r="C1322">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D1322" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1323" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1323" t="s">
-        <v>923</v>
+        <v>903</v>
       </c>
       <c r="B1323">
-        <v>401750803</v>
+        <v>603280734</v>
       </c>
       <c r="C1323">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1323" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1324" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1324" t="s">
-        <v>924</v>
+        <v>904</v>
       </c>
       <c r="B1324">
-        <v>401770084</v>
+        <v>603370831</v>
       </c>
       <c r="C1324">
-        <v>16</v>
+        <v>22</v>
       </c>
       <c r="D1324" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1325" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1325" t="s">
-        <v>925</v>
+        <v>905</v>
       </c>
       <c r="B1325">
-        <v>401790114</v>
+        <v>700160174</v>
       </c>
       <c r="C1325">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D1325" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1326" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1326" t="s">
-        <v>926</v>
+        <v>906</v>
       </c>
       <c r="B1326">
-        <v>401790862</v>
+        <v>700240148</v>
       </c>
       <c r="C1326">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D1326" t="s">
-        <v>1133</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1327" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1327" t="s">
-        <v>927</v>
+        <v>906</v>
       </c>
       <c r="B1327">
-        <v>401800587</v>
+        <v>700240148</v>
       </c>
       <c r="C1327">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D1327" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1328" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1328" t="s">
-        <v>927</v>
+        <v>907</v>
       </c>
       <c r="B1328">
-        <v>401800587</v>
+        <v>700270966</v>
       </c>
       <c r="C1328">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D1328" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1329" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1329" t="s">
-        <v>928</v>
+        <v>907</v>
       </c>
       <c r="B1329">
-        <v>401810294</v>
+        <v>700270966</v>
       </c>
       <c r="C1329">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D1329" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1330" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1330" t="s">
-        <v>928</v>
+        <v>908</v>
       </c>
       <c r="B1330">
-        <v>401810294</v>
+        <v>700540136</v>
       </c>
       <c r="C1330">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D1330" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1331" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1331" t="s">
-        <v>929</v>
+        <v>909</v>
       </c>
       <c r="B1331">
-        <v>401820861</v>
+        <v>700620292</v>
       </c>
       <c r="C1331">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1331" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1332" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1332" t="s">
-        <v>930</v>
+        <v>909</v>
       </c>
       <c r="B1332">
-        <v>401830978</v>
+        <v>700620292</v>
       </c>
       <c r="C1332">
-        <v>22</v>
+        <v>5</v>
       </c>
       <c r="D1332" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1333" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1333" t="s">
-        <v>931</v>
+        <v>910</v>
       </c>
       <c r="B1333">
-        <v>401840020</v>
+        <v>700720949</v>
       </c>
       <c r="C1333">
         <v>2</v>
       </c>
       <c r="D1333" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1334" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1334" t="s">
-        <v>932</v>
+        <v>911</v>
       </c>
       <c r="B1334">
-        <v>401850731</v>
+        <v>701100600</v>
       </c>
       <c r="C1334">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D1334" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1335" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1335" t="s">
-        <v>933</v>
+        <v>912</v>
       </c>
       <c r="B1335">
-        <v>401860307</v>
+        <v>701760932</v>
       </c>
       <c r="C1335">
-        <v>13</v>
+        <v>24</v>
       </c>
       <c r="D1335" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1336" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1336" t="s">
-        <v>933</v>
+        <v>913</v>
       </c>
       <c r="B1336">
-        <v>401860307</v>
+        <v>701910558</v>
       </c>
       <c r="C1336">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D1336" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1337" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1337" t="s">
-        <v>934</v>
+        <v>913</v>
       </c>
       <c r="B1337">
-        <v>401860472</v>
+        <v>701910558</v>
       </c>
       <c r="C1337">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D1337" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1338" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1338" t="s">
-        <v>934</v>
+        <v>914</v>
       </c>
       <c r="B1338">
-        <v>401860472</v>
+        <v>702030390</v>
       </c>
       <c r="C1338">
         <v>4</v>
       </c>
       <c r="D1338" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1339" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1339" t="s">
-        <v>935</v>
+        <v>915</v>
       </c>
       <c r="B1339">
-        <v>401860878</v>
+        <v>800250276</v>
       </c>
       <c r="C1339">
-        <v>1</v>
+        <v>7</v>
       </c>
       <c r="D1339" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1340" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1340" t="s">
-        <v>936</v>
+        <v>915</v>
       </c>
       <c r="B1340">
-        <v>401890227</v>
+        <v>800250276</v>
       </c>
       <c r="C1340">
-        <v>12</v>
+        <v>4</v>
       </c>
       <c r="D1340" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1341" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1341" t="s">
-        <v>936</v>
+        <v>916</v>
       </c>
       <c r="B1341">
-        <v>401890227</v>
+        <v>800300539</v>
       </c>
       <c r="C1341">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D1341" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1342" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1342" t="s">
-        <v>937</v>
+        <v>917</v>
       </c>
       <c r="B1342">
-        <v>401890497</v>
+        <v>800390315</v>
       </c>
       <c r="C1342">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D1342" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1343" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1343" t="s">
-        <v>937</v>
+        <v>918</v>
       </c>
       <c r="B1343">
-        <v>401890497</v>
+        <v>800490961</v>
       </c>
       <c r="C1343">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1343" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1344" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1344" t="s">
-        <v>938</v>
+        <v>919</v>
       </c>
       <c r="B1344">
-        <v>401900918</v>
+        <v>800500047</v>
       </c>
       <c r="C1344">
         <v>1</v>
       </c>
       <c r="D1344" t="s">
-        <v>1133</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1345" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1345" t="s">
-        <v>939</v>
+        <v>920</v>
       </c>
       <c r="B1345">
-        <v>401910630</v>
+        <v>800580798</v>
       </c>
       <c r="C1345">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D1345" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1346" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1346" t="s">
-        <v>939</v>
+        <v>921</v>
       </c>
       <c r="B1346">
-        <v>401910630</v>
+        <v>800710537</v>
       </c>
       <c r="C1346">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D1346" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1347" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1347" t="s">
-        <v>940</v>
+        <v>922</v>
       </c>
       <c r="B1347">
-        <v>401910840</v>
+        <v>800720058</v>
       </c>
       <c r="C1347">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1347" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1348" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1348" t="s">
-        <v>941</v>
+        <v>922</v>
       </c>
       <c r="B1348">
-        <v>401930252</v>
+        <v>800720058</v>
       </c>
       <c r="C1348">
-        <v>6</v>
+        <v>56</v>
       </c>
       <c r="D1348" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1349" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1349" t="s">
-        <v>941</v>
+        <v>923</v>
       </c>
       <c r="B1349">
-        <v>401930252</v>
+        <v>800750848</v>
       </c>
       <c r="C1349">
-        <v>10</v>
+        <v>15</v>
       </c>
       <c r="D1349" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1350" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1350" t="s">
-        <v>942</v>
+        <v>923</v>
       </c>
       <c r="B1350">
-        <v>401940112</v>
+        <v>800750848</v>
       </c>
       <c r="C1350">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1350" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1351" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1351" t="s">
-        <v>943</v>
+        <v>924</v>
       </c>
       <c r="B1351">
-        <v>401970921</v>
+        <v>800770957</v>
       </c>
       <c r="C1351">
-        <v>21</v>
+        <v>2</v>
       </c>
       <c r="D1351" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1352" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1352" t="s">
-        <v>944</v>
+        <v>925</v>
       </c>
       <c r="B1352">
-        <v>401990655</v>
+        <v>801300752</v>
       </c>
       <c r="C1352">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1352" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1353" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1353" t="s">
-        <v>945</v>
+        <v>925</v>
       </c>
       <c r="B1353">
-        <v>401990798</v>
+        <v>801300752</v>
       </c>
       <c r="C1353">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D1353" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1354" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1354" t="s">
-        <v>946</v>
+        <v>926</v>
       </c>
       <c r="B1354">
-        <v>402000598</v>
+        <v>900010203</v>
       </c>
       <c r="C1354">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1354" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1355" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1355" t="s">
-        <v>947</v>
+        <v>927</v>
       </c>
       <c r="B1355">
-        <v>402000771</v>
+        <v>900100487</v>
       </c>
       <c r="C1355">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D1355" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1356" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1356" t="s">
-        <v>947</v>
+        <v>928</v>
       </c>
       <c r="B1356">
-        <v>402000771</v>
+        <v>900100572</v>
       </c>
       <c r="C1356">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D1356" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1357" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1357" t="s">
-        <v>948</v>
+        <v>929</v>
       </c>
       <c r="B1357">
-        <v>402040281</v>
+        <v>900120374</v>
       </c>
       <c r="C1357">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1357" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1358" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1358" t="s">
-        <v>949</v>
+        <v>929</v>
       </c>
       <c r="B1358">
-        <v>402040410</v>
+        <v>900120374</v>
       </c>
       <c r="C1358">
         <v>10</v>
       </c>
       <c r="D1358" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1359" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1359" t="s">
-        <v>949</v>
+        <v>930</v>
       </c>
       <c r="B1359">
-        <v>402040410</v>
+        <v>900130589</v>
       </c>
       <c r="C1359">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D1359" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1360" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1360" t="s">
-        <v>950</v>
+        <v>930</v>
       </c>
       <c r="B1360">
-        <v>402070792</v>
+        <v>900130589</v>
       </c>
       <c r="C1360">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1360" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1361" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1361" t="s">
-        <v>951</v>
+        <v>931</v>
       </c>
       <c r="B1361">
-        <v>402100547</v>
+        <v>900180398</v>
       </c>
       <c r="C1361">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="D1361" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1362" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1362" t="s">
-        <v>952</v>
+        <v>932</v>
       </c>
       <c r="B1362">
-        <v>402140309</v>
+        <v>900180448</v>
       </c>
       <c r="C1362">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D1362" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1363" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1363" t="s">
-        <v>952</v>
+        <v>933</v>
       </c>
       <c r="B1363">
-        <v>402140309</v>
+        <v>900210044</v>
       </c>
       <c r="C1363">
-        <v>8</v>
+        <v>11</v>
       </c>
       <c r="D1363" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1364" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1364" t="s">
-        <v>953</v>
+        <v>933</v>
       </c>
       <c r="B1364">
-        <v>402230371</v>
+        <v>900210044</v>
       </c>
       <c r="C1364">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D1364" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1365" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1365" t="s">
-        <v>954</v>
+        <v>934</v>
       </c>
       <c r="B1365">
-        <v>402240026</v>
+        <v>900250460</v>
       </c>
       <c r="C1365">
-        <v>16</v>
+        <v>7</v>
       </c>
       <c r="D1365" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1366" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1366" t="s">
-        <v>955</v>
+        <v>934</v>
       </c>
       <c r="B1366">
-        <v>402260190</v>
+        <v>900250460</v>
       </c>
       <c r="C1366">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="D1366" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1367" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1367" t="s">
-        <v>955</v>
+        <v>935</v>
       </c>
       <c r="B1367">
-        <v>402260190</v>
+        <v>900250515</v>
       </c>
       <c r="C1367">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D1367" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1368" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1368" t="s">
-        <v>956</v>
+        <v>936</v>
       </c>
       <c r="B1368">
-        <v>500400236</v>
+        <v>900250592</v>
       </c>
       <c r="C1368">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1368" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1369" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1369" t="s">
-        <v>956</v>
+        <v>937</v>
       </c>
       <c r="B1369">
-        <v>500400236</v>
+        <v>900250759</v>
       </c>
       <c r="C1369">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1369" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1370" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1370" t="s">
-        <v>957</v>
+        <v>938</v>
       </c>
       <c r="B1370">
-        <v>500620666</v>
+        <v>900270413</v>
       </c>
       <c r="C1370">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1370" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1371" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1371" t="s">
-        <v>957</v>
+        <v>939</v>
       </c>
       <c r="B1371">
-        <v>500620666</v>
+        <v>900280687</v>
       </c>
       <c r="C1371">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1371" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1372" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1372" t="s">
-        <v>958</v>
+        <v>939</v>
       </c>
       <c r="B1372">
-        <v>500680536</v>
+        <v>900280687</v>
       </c>
       <c r="C1372">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D1372" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1373" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1373" t="s">
-        <v>958</v>
+        <v>940</v>
       </c>
       <c r="B1373">
-        <v>500680536</v>
+        <v>900290010</v>
       </c>
       <c r="C1373">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1373" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1374" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1374" t="s">
-        <v>959</v>
+        <v>941</v>
       </c>
       <c r="B1374">
-        <v>500690128</v>
+        <v>900340716</v>
       </c>
       <c r="C1374">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="D1374" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1375" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1375" t="s">
-        <v>959</v>
+        <v>942</v>
       </c>
       <c r="B1375">
-        <v>500690128</v>
+        <v>900390151</v>
       </c>
       <c r="C1375">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D1375" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1376" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1376" t="s">
-        <v>960</v>
+        <v>943</v>
       </c>
       <c r="B1376">
-        <v>500700621</v>
+        <v>900410435</v>
       </c>
       <c r="C1376">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D1376" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1377" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1377" t="s">
-        <v>960</v>
+        <v>943</v>
       </c>
       <c r="B1377">
-        <v>500700621</v>
+        <v>900410435</v>
       </c>
       <c r="C1377">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="D1377" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1378" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1378" t="s">
-        <v>961</v>
+        <v>944</v>
       </c>
       <c r="B1378">
-        <v>500910783</v>
+        <v>900420567</v>
       </c>
       <c r="C1378">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1378" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1379" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1379" t="s">
-        <v>962</v>
+        <v>944</v>
       </c>
       <c r="B1379">
-        <v>501040599</v>
+        <v>900420567</v>
       </c>
       <c r="C1379">
-        <v>52</v>
+        <v>1</v>
       </c>
       <c r="D1379" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1380" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1380" t="s">
-        <v>962</v>
+        <v>945</v>
       </c>
       <c r="B1380">
-        <v>501040599</v>
+        <v>900430819</v>
       </c>
       <c r="C1380">
-        <v>5</v>
+        <v>52</v>
       </c>
       <c r="D1380" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1381" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1381" t="s">
-        <v>963</v>
+        <v>946</v>
       </c>
       <c r="B1381">
-        <v>501050896</v>
+        <v>900430984</v>
       </c>
       <c r="C1381">
         <v>2</v>
       </c>
       <c r="D1381" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1382" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1382" t="s">
-        <v>964</v>
+        <v>946</v>
       </c>
       <c r="B1382">
-        <v>501240752</v>
+        <v>900430984</v>
       </c>
       <c r="C1382">
-        <v>18</v>
+        <v>1</v>
       </c>
       <c r="D1382" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1383" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1383" t="s">
-        <v>965</v>
+        <v>947</v>
       </c>
       <c r="B1383">
-        <v>501260160</v>
+        <v>900480318</v>
       </c>
       <c r="C1383">
         <v>1</v>
       </c>
       <c r="D1383" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1384" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1384" t="s">
-        <v>966</v>
+        <v>948</v>
       </c>
       <c r="B1384">
-        <v>501401064</v>
+        <v>900490429</v>
       </c>
       <c r="C1384">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1384" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1385" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1385" t="s">
-        <v>967</v>
+        <v>949</v>
       </c>
       <c r="B1385">
-        <v>501420146</v>
+        <v>900490617</v>
       </c>
       <c r="C1385">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1385" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1386" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1386" t="s">
-        <v>968</v>
+        <v>950</v>
       </c>
       <c r="B1386">
-        <v>501430665</v>
+        <v>900560555</v>
       </c>
       <c r="C1386">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1386" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1387" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1387" t="s">
-        <v>969</v>
+        <v>950</v>
       </c>
       <c r="B1387">
-        <v>501460797</v>
+        <v>900560555</v>
       </c>
       <c r="C1387">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="D1387" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1388" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1388" t="s">
-        <v>969</v>
+        <v>951</v>
       </c>
       <c r="B1388">
-        <v>501460797</v>
+        <v>900580774</v>
       </c>
       <c r="C1388">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="D1388" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1389" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1389" t="s">
-        <v>970</v>
+        <v>952</v>
       </c>
       <c r="B1389">
-        <v>501580159</v>
+        <v>900600894</v>
       </c>
       <c r="C1389">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1389" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1390" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1390" t="s">
-        <v>971</v>
+        <v>953</v>
       </c>
       <c r="B1390">
-        <v>502040416</v>
+        <v>900640102</v>
       </c>
       <c r="C1390">
         <v>1</v>
       </c>
       <c r="D1390" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1391" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1391" t="s">
-        <v>10</v>
+        <v>954</v>
       </c>
       <c r="B1391">
-        <v>502210426</v>
+        <v>900650151</v>
       </c>
       <c r="C1391">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D1391" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1392" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1392" t="s">
-        <v>972</v>
+        <v>954</v>
       </c>
       <c r="B1392">
-        <v>502430224</v>
+        <v>900650151</v>
       </c>
       <c r="C1392">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1392" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1393" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1393" t="s">
-        <v>973</v>
+        <v>955</v>
       </c>
       <c r="B1393">
-        <v>502660715</v>
+        <v>900690151</v>
       </c>
       <c r="C1393">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="D1393" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1394" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1394" t="s">
-        <v>974</v>
+        <v>955</v>
       </c>
       <c r="B1394">
-        <v>502950523</v>
+        <v>900690151</v>
       </c>
       <c r="C1394">
         <v>8</v>
       </c>
       <c r="D1394" t="s">
-        <v>1133</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1395" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1395" t="s">
-        <v>975</v>
+        <v>956</v>
       </c>
       <c r="B1395">
-        <v>503530570</v>
+        <v>900720497</v>
       </c>
       <c r="C1395">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="D1395" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1396" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1396" t="s">
-        <v>976</v>
+        <v>957</v>
       </c>
       <c r="B1396">
-        <v>503530644</v>
+        <v>900750136</v>
       </c>
       <c r="C1396">
         <v>3</v>
       </c>
       <c r="D1396" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1397" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1397" t="s">
-        <v>977</v>
+        <v>958</v>
       </c>
       <c r="B1397">
-        <v>600230230</v>
+        <v>900830512</v>
       </c>
       <c r="C1397">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D1397" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1398" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1398" t="s">
-        <v>977</v>
+        <v>959</v>
       </c>
       <c r="B1398">
-        <v>600230230</v>
+        <v>900830841</v>
       </c>
       <c r="C1398">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D1398" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1399" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1399" t="s">
-        <v>978</v>
+        <v>960</v>
       </c>
       <c r="B1399">
-        <v>600230474</v>
+        <v>900848560</v>
       </c>
       <c r="C1399">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D1399" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1400" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1400" t="s">
-        <v>978</v>
+        <v>960</v>
       </c>
       <c r="B1400">
-        <v>600230474</v>
+        <v>900848560</v>
       </c>
       <c r="C1400">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="D1400" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1401" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1401" t="s">
-        <v>979</v>
+        <v>961</v>
       </c>
       <c r="B1401">
-        <v>600280339</v>
+        <v>901200448</v>
       </c>
       <c r="C1401">
-        <v>5</v>
+        <v>13</v>
       </c>
       <c r="D1401" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1402" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1402" t="s">
-        <v>979</v>
+        <v>962</v>
       </c>
       <c r="B1402">
-        <v>600280339</v>
+        <v>1</v>
       </c>
       <c r="C1402">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="D1402" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1403" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1403" t="s">
-        <v>980</v>
-[...2 lines deleted...]
-        <v>600320649</v>
+        <v>963</v>
+      </c>
+      <c r="B1403" s="1">
+        <v>119200000000</v>
       </c>
       <c r="C1403">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="D1403" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1404" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1404" t="s">
-        <v>981</v>
-[...2 lines deleted...]
-        <v>600350076</v>
+        <v>963</v>
+      </c>
+      <c r="B1404" s="1">
+        <v>119200000000</v>
       </c>
       <c r="C1404">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D1404" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1405" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1405" t="s">
-        <v>982</v>
-[...2 lines deleted...]
-        <v>600400529</v>
+        <v>964</v>
+      </c>
+      <c r="B1405" s="1">
+        <v>122201000000</v>
       </c>
       <c r="C1405">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D1405" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1406" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1406" t="s">
-        <v>982</v>
-[...2 lines deleted...]
-        <v>600400529</v>
+        <v>964</v>
+      </c>
+      <c r="B1406" s="1">
+        <v>122201000000</v>
       </c>
       <c r="C1406">
-        <v>54</v>
+        <v>3</v>
       </c>
       <c r="D1406" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1407" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1407" t="s">
-        <v>983</v>
-[...2 lines deleted...]
-        <v>600550665</v>
+        <v>964</v>
+      </c>
+      <c r="B1407" s="1">
+        <v>122201000000</v>
       </c>
       <c r="C1407">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D1407" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1408" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1408" t="s">
-        <v>984</v>
-[...2 lines deleted...]
-        <v>600650500</v>
+        <v>964</v>
+      </c>
+      <c r="B1408" s="1">
+        <v>122201000000</v>
       </c>
       <c r="C1408">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1408" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1409" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1409" t="s">
-        <v>984</v>
+        <v>965</v>
       </c>
       <c r="B1409">
-        <v>600650500</v>
+        <v>15580001935</v>
       </c>
       <c r="C1409">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="D1409" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1410" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1410" t="s">
-        <v>985</v>
-[...2 lines deleted...]
-        <v>600690071</v>
+        <v>966</v>
+      </c>
+      <c r="B1410" s="1">
+        <v>155800000000</v>
       </c>
       <c r="C1410">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1410" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1411" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1411" t="s">
-        <v>986</v>
-[...2 lines deleted...]
-        <v>600700455</v>
+        <v>966</v>
+      </c>
+      <c r="B1411" s="1">
+        <v>155800000000</v>
       </c>
       <c r="C1411">
         <v>1</v>
       </c>
       <c r="D1411" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1412" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1412" t="s">
-        <v>987</v>
-[...2 lines deleted...]
-        <v>600820016</v>
+        <v>966</v>
+      </c>
+      <c r="B1412" s="1">
+        <v>155800000000</v>
       </c>
       <c r="C1412">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="D1412" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1413" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1413" t="s">
-        <v>987</v>
-[...2 lines deleted...]
-        <v>600820016</v>
+        <v>967</v>
+      </c>
+      <c r="B1413" s="1">
+        <v>155802000000</v>
       </c>
       <c r="C1413">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1413" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1414" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1414" t="s">
-        <v>988</v>
-[...2 lines deleted...]
-        <v>600890260</v>
+        <v>968</v>
+      </c>
+      <c r="B1414" s="1">
+        <v>155803000000</v>
       </c>
       <c r="C1414">
         <v>2</v>
       </c>
       <c r="D1414" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1415" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1415" t="s">
-        <v>988</v>
-[...2 lines deleted...]
-        <v>600890260</v>
+        <v>968</v>
+      </c>
+      <c r="B1415" s="1">
+        <v>155803000000</v>
       </c>
       <c r="C1415">
         <v>5</v>
       </c>
       <c r="D1415" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1416" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1416" t="s">
-        <v>989</v>
-[...2 lines deleted...]
-        <v>600940941</v>
+        <v>10</v>
+      </c>
+      <c r="B1416" s="1">
+        <v>155804000000</v>
       </c>
       <c r="C1416">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D1416" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1417" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1417" t="s">
-        <v>989</v>
-[...2 lines deleted...]
-        <v>600940941</v>
+        <v>969</v>
+      </c>
+      <c r="B1417" s="1">
+        <v>155804000000</v>
       </c>
       <c r="C1417">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="D1417" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1418" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1418" t="s">
-        <v>990</v>
-[...2 lines deleted...]
-        <v>600951057</v>
+        <v>970</v>
+      </c>
+      <c r="B1418" s="1">
+        <v>155806000000</v>
       </c>
       <c r="C1418">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1418" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1419" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1419" t="s">
-        <v>991</v>
-[...2 lines deleted...]
-        <v>601010484</v>
+        <v>970</v>
+      </c>
+      <c r="B1419" s="1">
+        <v>155806000000</v>
       </c>
       <c r="C1419">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D1419" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1420" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1420" t="s">
-        <v>992</v>
-[...2 lines deleted...]
-        <v>601020138</v>
+        <v>971</v>
+      </c>
+      <c r="B1420" s="1">
+        <v>155807000000</v>
       </c>
       <c r="C1420">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="D1420" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1421" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1421" t="s">
-        <v>993</v>
-[...2 lines deleted...]
-        <v>601021362</v>
+        <v>971</v>
+      </c>
+      <c r="B1421" s="1">
+        <v>155807000000</v>
       </c>
       <c r="C1421">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="D1421" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1422" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1422" t="s">
-        <v>994</v>
-[...2 lines deleted...]
-        <v>601060260</v>
+        <v>972</v>
+      </c>
+      <c r="B1422" s="1">
+        <v>155808000000</v>
       </c>
       <c r="C1422">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D1422" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1423" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1423" t="s">
-        <v>995</v>
-[...2 lines deleted...]
-        <v>601070362</v>
+        <v>973</v>
+      </c>
+      <c r="B1423" s="1">
+        <v>155809000000</v>
       </c>
       <c r="C1423">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="D1423" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1424" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1424" t="s">
-        <v>996</v>
-[...2 lines deleted...]
-        <v>601080053</v>
+        <v>973</v>
+      </c>
+      <c r="B1424" s="1">
+        <v>155809000000</v>
       </c>
       <c r="C1424">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1424" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1425" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1425" t="s">
-        <v>997</v>
-[...2 lines deleted...]
-        <v>601120267</v>
+        <v>974</v>
+      </c>
+      <c r="B1425" s="1">
+        <v>155810000000</v>
       </c>
       <c r="C1425">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1425" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1426" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1426" t="s">
-        <v>998</v>
-[...2 lines deleted...]
-        <v>601180004</v>
+        <v>974</v>
+      </c>
+      <c r="B1426" s="1">
+        <v>155810000000</v>
       </c>
       <c r="C1426">
-        <v>3</v>
+        <v>28</v>
       </c>
       <c r="D1426" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1427" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1427" t="s">
-        <v>998</v>
-[...2 lines deleted...]
-        <v>601180004</v>
+        <v>10</v>
+      </c>
+      <c r="B1427" s="1">
+        <v>155813000000</v>
       </c>
       <c r="C1427">
         <v>4</v>
       </c>
       <c r="D1427" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1428" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1428" t="s">
-        <v>999</v>
-[...2 lines deleted...]
-        <v>601230494</v>
+        <v>975</v>
+      </c>
+      <c r="B1428" s="1">
+        <v>155813000000</v>
       </c>
       <c r="C1428">
         <v>3</v>
       </c>
       <c r="D1428" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1429" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1429" t="s">
-        <v>1000</v>
-[...2 lines deleted...]
-        <v>601250334</v>
+        <v>976</v>
+      </c>
+      <c r="B1429" s="1">
+        <v>155814000000</v>
       </c>
       <c r="C1429">
-        <v>5</v>
+        <v>29</v>
       </c>
       <c r="D1429" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1430" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1430" t="s">
-        <v>1000</v>
-[...2 lines deleted...]
-        <v>601250334</v>
+        <v>977</v>
+      </c>
+      <c r="B1430" s="1">
+        <v>155816000000</v>
       </c>
       <c r="C1430">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1430" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1431" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1431" t="s">
-        <v>1001</v>
-[...2 lines deleted...]
-        <v>601250506</v>
+        <v>977</v>
+      </c>
+      <c r="B1431" s="1">
+        <v>155816000000</v>
       </c>
       <c r="C1431">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D1431" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1432" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1432" t="s">
-        <v>1002</v>
-[...2 lines deleted...]
-        <v>601300752</v>
+        <v>978</v>
+      </c>
+      <c r="B1432" s="1">
+        <v>155816000000</v>
       </c>
       <c r="C1432">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D1432" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1433" t="s">
-        <v>1003</v>
-[...2 lines deleted...]
-        <v>601420121</v>
+        <v>978</v>
+      </c>
+      <c r="B1433" s="1">
+        <v>155816000000</v>
       </c>
       <c r="C1433">
-        <v>22</v>
+        <v>4</v>
       </c>
       <c r="D1433" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1434" t="s">
-        <v>1004</v>
-[...2 lines deleted...]
-        <v>601450731</v>
+        <v>10</v>
+      </c>
+      <c r="B1434" s="1">
+        <v>155817000000</v>
       </c>
       <c r="C1434">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D1434" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1435" t="s">
-        <v>1004</v>
-[...2 lines deleted...]
-        <v>601450731</v>
+        <v>10</v>
+      </c>
+      <c r="B1435" s="1">
+        <v>155818000000</v>
       </c>
       <c r="C1435">
-        <v>106</v>
+        <v>5</v>
       </c>
       <c r="D1435" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1436" t="s">
-        <v>1005</v>
-[...2 lines deleted...]
-        <v>601460841</v>
+        <v>979</v>
+      </c>
+      <c r="B1436" s="1">
+        <v>155819000000</v>
       </c>
       <c r="C1436">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1436" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1437" t="s">
-        <v>1006</v>
-[...2 lines deleted...]
-        <v>601470460</v>
+        <v>980</v>
+      </c>
+      <c r="B1437" s="1">
+        <v>155819000000</v>
       </c>
       <c r="C1437">
-        <v>12</v>
+        <v>2</v>
       </c>
       <c r="D1437" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1438" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1438" t="s">
-        <v>1006</v>
-[...2 lines deleted...]
-        <v>601470460</v>
+        <v>980</v>
+      </c>
+      <c r="B1438" s="1">
+        <v>155819000000</v>
       </c>
       <c r="C1438">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="D1438" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1439" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1439" t="s">
-        <v>1007</v>
-[...2 lines deleted...]
-        <v>601540331</v>
+        <v>980</v>
+      </c>
+      <c r="B1439" s="1">
+        <v>155819000000</v>
       </c>
       <c r="C1439">
-        <v>68</v>
+        <v>2</v>
       </c>
       <c r="D1439" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1440" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1440" t="s">
-        <v>1008</v>
-[...2 lines deleted...]
-        <v>601560858</v>
+        <v>981</v>
+      </c>
+      <c r="B1440" s="1">
+        <v>155821000000</v>
       </c>
       <c r="C1440">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D1440" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1441" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1441" t="s">
-        <v>1009</v>
-[...2 lines deleted...]
-        <v>601660536</v>
+        <v>981</v>
+      </c>
+      <c r="B1441" s="1">
+        <v>155821000000</v>
       </c>
       <c r="C1441">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1441" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1442" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1442" t="s">
-        <v>1010</v>
-[...2 lines deleted...]
-        <v>601680507</v>
+        <v>982</v>
+      </c>
+      <c r="B1442" s="1">
+        <v>155822000000</v>
       </c>
       <c r="C1442">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1442" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1443" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1443" t="s">
-        <v>1011</v>
-[...2 lines deleted...]
-        <v>601690799</v>
+        <v>982</v>
+      </c>
+      <c r="B1443" s="1">
+        <v>155822000000</v>
       </c>
       <c r="C1443">
-        <v>40</v>
+        <v>5</v>
       </c>
       <c r="D1443" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1444" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1444" t="s">
-        <v>1012</v>
-[...2 lines deleted...]
-        <v>601780049</v>
+        <v>983</v>
+      </c>
+      <c r="B1444" s="1">
+        <v>155823000000</v>
       </c>
       <c r="C1444">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="D1444" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1445" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1445" t="s">
-        <v>1013</v>
-[...2 lines deleted...]
-        <v>601890709</v>
+        <v>983</v>
+      </c>
+      <c r="B1445" s="1">
+        <v>155823000000</v>
       </c>
       <c r="C1445">
         <v>1</v>
       </c>
       <c r="D1445" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1446" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1446" t="s">
-        <v>1014</v>
-[...2 lines deleted...]
-        <v>602050801</v>
+        <v>984</v>
+      </c>
+      <c r="B1446" s="1">
+        <v>155823000000</v>
       </c>
       <c r="C1446">
-        <v>11</v>
+        <v>12</v>
       </c>
       <c r="D1446" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1447" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1447" t="s">
-        <v>1014</v>
-[...2 lines deleted...]
-        <v>602050801</v>
+        <v>984</v>
+      </c>
+      <c r="B1447" s="1">
+        <v>155823000000</v>
       </c>
       <c r="C1447">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D1447" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1448" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1448" t="s">
-        <v>1015</v>
-[...2 lines deleted...]
-        <v>602750950</v>
+        <v>985</v>
+      </c>
+      <c r="B1448" s="1">
+        <v>155824000000</v>
       </c>
       <c r="C1448">
         <v>2</v>
       </c>
       <c r="D1448" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1449" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1449" t="s">
-        <v>1016</v>
-[...2 lines deleted...]
-        <v>602990953</v>
+        <v>985</v>
+      </c>
+      <c r="B1449" s="1">
+        <v>155824000000</v>
       </c>
       <c r="C1449">
-        <v>8</v>
+        <v>14</v>
       </c>
       <c r="D1449" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1450" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1450" t="s">
-        <v>1017</v>
-[...2 lines deleted...]
-        <v>603280734</v>
+        <v>986</v>
+      </c>
+      <c r="B1450" s="1">
+        <v>155825000000</v>
       </c>
       <c r="C1450">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D1450" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1451" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1451" t="s">
-        <v>1017</v>
-[...2 lines deleted...]
-        <v>603280734</v>
+        <v>987</v>
+      </c>
+      <c r="B1451" s="1">
+        <v>155831000000</v>
       </c>
       <c r="C1451">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D1451" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1452" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1452" t="s">
-        <v>1018</v>
-[...2 lines deleted...]
-        <v>603370831</v>
+        <v>987</v>
+      </c>
+      <c r="B1452" s="1">
+        <v>155831000000</v>
       </c>
       <c r="C1452">
-        <v>22</v>
+        <v>10</v>
       </c>
       <c r="D1452" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1453" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1453" t="s">
-        <v>1019</v>
-[...2 lines deleted...]
-        <v>700160174</v>
+        <v>988</v>
+      </c>
+      <c r="B1453" s="1">
+        <v>155832000000</v>
       </c>
       <c r="C1453">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="D1453" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1454" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1454" t="s">
-        <v>1020</v>
-[...2 lines deleted...]
-        <v>700240148</v>
+        <v>988</v>
+      </c>
+      <c r="B1454" s="1">
+        <v>155832000000</v>
       </c>
       <c r="C1454">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D1454" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1455" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1455" t="s">
-        <v>1020</v>
-[...2 lines deleted...]
-        <v>700240148</v>
+        <v>989</v>
+      </c>
+      <c r="B1455" s="1">
+        <v>186201000000</v>
       </c>
       <c r="C1455">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D1455" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1456" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1456" t="s">
-        <v>1021</v>
-[...2 lines deleted...]
-        <v>700270966</v>
+        <v>989</v>
+      </c>
+      <c r="B1456" s="1">
+        <v>186201000000</v>
       </c>
       <c r="C1456">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D1456" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1457" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1457" t="s">
-        <v>1021</v>
-[...2 lines deleted...]
-        <v>700270966</v>
+        <v>990</v>
+      </c>
+      <c r="B1457" s="1">
+        <v>240120000000</v>
       </c>
       <c r="C1457">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D1457" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1458" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1458" t="s">
-        <v>1022</v>
+        <v>40</v>
       </c>
       <c r="B1458">
-        <v>700430913</v>
+        <v>24379</v>
       </c>
       <c r="C1458">
-        <v>3</v>
+        <v>28</v>
       </c>
       <c r="D1458" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1459" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1459" t="s">
-        <v>1023</v>
+        <v>42</v>
       </c>
       <c r="B1459">
-        <v>700540136</v>
+        <v>24400</v>
       </c>
       <c r="C1459">
-        <v>2</v>
+        <v>20</v>
       </c>
       <c r="D1459" t="s">
-        <v>1133</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1460" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1460" t="s">
-        <v>1024</v>
+        <v>991</v>
       </c>
       <c r="B1460">
-        <v>700620292</v>
+        <v>24478</v>
       </c>
       <c r="C1460">
-        <v>5</v>
+        <v>60</v>
       </c>
       <c r="D1460" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1461" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1461" t="s">
-        <v>1024</v>
+        <v>992</v>
       </c>
       <c r="B1461">
-        <v>700620292</v>
+        <v>24604</v>
       </c>
       <c r="C1461">
         <v>2</v>
       </c>
       <c r="D1461" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1462" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1462" t="s">
-        <v>1025</v>
+        <v>992</v>
       </c>
       <c r="B1462">
-        <v>700720949</v>
+        <v>24604</v>
       </c>
       <c r="C1462">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D1462" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1463" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1463" t="s">
-        <v>1026</v>
+        <v>993</v>
       </c>
       <c r="B1463">
-        <v>701100600</v>
+        <v>24678</v>
       </c>
       <c r="C1463">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D1463" t="s">
-        <v>1134</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1464" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1464" t="s">
-        <v>1027</v>
+        <v>48</v>
       </c>
       <c r="B1464">
-        <v>701760932</v>
+        <v>24756</v>
       </c>
       <c r="C1464">
-        <v>24</v>
+        <v>36</v>
       </c>
       <c r="D1464" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1465" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1465" t="s">
-        <v>1028</v>
+        <v>10</v>
       </c>
       <c r="B1465">
-        <v>701910558</v>
+        <v>25514</v>
       </c>
       <c r="C1465">
-        <v>2</v>
+        <v>76</v>
       </c>
       <c r="D1465" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1466" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1466" t="s">
-        <v>1028</v>
+        <v>994</v>
       </c>
       <c r="B1466">
-        <v>701910558</v>
+        <v>25650</v>
       </c>
       <c r="C1466">
-        <v>5</v>
+        <v>72</v>
       </c>
       <c r="D1466" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1467" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1467" t="s">
-        <v>1029</v>
+        <v>10</v>
       </c>
       <c r="B1467">
-        <v>702030390</v>
+        <v>25660</v>
       </c>
       <c r="C1467">
-        <v>4</v>
+        <v>76</v>
       </c>
       <c r="D1467" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1468" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1468" t="s">
-        <v>1030</v>
-[...2 lines deleted...]
-        <v>800250276</v>
+        <v>10</v>
+      </c>
+      <c r="B1468" t="s">
+        <v>995</v>
       </c>
       <c r="C1468">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="D1468" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1469" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1469" t="s">
-        <v>1030</v>
+        <v>996</v>
       </c>
       <c r="B1469">
-        <v>800250276</v>
+        <v>26241</v>
       </c>
       <c r="C1469">
-        <v>7</v>
+        <v>72</v>
       </c>
       <c r="D1469" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1470" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1470" t="s">
-        <v>1031</v>
+        <v>997</v>
       </c>
       <c r="B1470">
-        <v>800300539</v>
+        <v>26265</v>
       </c>
       <c r="C1470">
         <v>3</v>
       </c>
       <c r="D1470" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1471" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1471" t="s">
-        <v>1032</v>
+        <v>997</v>
       </c>
       <c r="B1471">
-        <v>800390315</v>
+        <v>26265</v>
       </c>
       <c r="C1471">
-        <v>1</v>
+        <v>29</v>
       </c>
       <c r="D1471" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1472" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1472" t="s">
-        <v>1033</v>
+        <v>10</v>
       </c>
       <c r="B1472">
-        <v>800490961</v>
+        <v>26271</v>
       </c>
       <c r="C1472">
-        <v>1</v>
+        <v>72</v>
       </c>
       <c r="D1472" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1473" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1473" t="s">
-        <v>1034</v>
+        <v>10</v>
       </c>
       <c r="B1473">
-        <v>800500047</v>
+        <v>26330</v>
       </c>
       <c r="C1473">
-        <v>1</v>
+        <v>76</v>
       </c>
       <c r="D1473" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1474" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1474" t="s">
-        <v>1035</v>
+        <v>10</v>
       </c>
       <c r="B1474">
-        <v>800580798</v>
+        <v>26331</v>
       </c>
       <c r="C1474">
-        <v>2</v>
+        <v>76</v>
       </c>
       <c r="D1474" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1475" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1475" t="s">
-        <v>1036</v>
+        <v>104</v>
       </c>
       <c r="B1475">
-        <v>800660560</v>
+        <v>26661</v>
       </c>
       <c r="C1475">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="D1475" t="s">
-        <v>1131</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1476" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1476" t="s">
-        <v>1037</v>
-[...2 lines deleted...]
-        <v>800710537</v>
+        <v>998</v>
+      </c>
+      <c r="B1476" s="1">
+        <v>27010700000000</v>
       </c>
       <c r="C1476">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D1476" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1477" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1477" t="s">
-        <v>1038</v>
-[...2 lines deleted...]
-        <v>800720058</v>
+        <v>998</v>
+      </c>
+      <c r="B1477" s="1">
+        <v>27010700000000</v>
       </c>
       <c r="C1477">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="D1477" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1478" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1478" t="s">
-        <v>1038</v>
+        <v>999</v>
       </c>
       <c r="B1478">
-        <v>800720058</v>
+        <v>3002061590</v>
       </c>
       <c r="C1478">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D1478" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1479" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1479" t="s">
-        <v>1039</v>
-[...2 lines deleted...]
-        <v>800750848</v>
+        <v>10</v>
+      </c>
+      <c r="B1479" s="1">
+        <v>300408000000</v>
       </c>
       <c r="C1479">
-        <v>15</v>
+        <v>28</v>
       </c>
       <c r="D1479" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1480" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1480" t="s">
-        <v>1039</v>
+        <v>1000</v>
       </c>
       <c r="B1480">
-        <v>800750848</v>
+        <v>301110804</v>
       </c>
       <c r="C1480">
         <v>4</v>
       </c>
       <c r="D1480" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1481" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1481" t="s">
-        <v>1040</v>
+        <v>1000</v>
       </c>
       <c r="B1481">
-        <v>800770957</v>
+        <v>301110804</v>
       </c>
       <c r="C1481">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="D1481" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1482" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1482" t="s">
-        <v>1041</v>
+        <v>1001</v>
       </c>
       <c r="B1482">
-        <v>801300752</v>
+        <v>30742</v>
       </c>
       <c r="C1482">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D1482" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1483" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1483" t="s">
-        <v>1041</v>
+        <v>1001</v>
       </c>
       <c r="B1483">
-        <v>801300752</v>
+        <v>30742</v>
       </c>
       <c r="C1483">
-        <v>4</v>
+        <v>107</v>
       </c>
       <c r="D1483" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1484" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1484" t="s">
-        <v>1042</v>
+        <v>1002</v>
       </c>
       <c r="B1484">
-        <v>900010203</v>
+        <v>3101025567</v>
       </c>
       <c r="C1484">
         <v>3</v>
       </c>
       <c r="D1484" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1485" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1485" t="s">
-        <v>1043</v>
+        <v>1003</v>
       </c>
       <c r="B1485">
-        <v>900100479</v>
+        <v>3101215763</v>
       </c>
       <c r="C1485">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1485" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1486" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1486" t="s">
-        <v>1044</v>
+        <v>1003</v>
       </c>
       <c r="B1486">
-        <v>900100487</v>
+        <v>3101215763</v>
       </c>
       <c r="C1486">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="D1486" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1487" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1487" t="s">
-        <v>1045</v>
+        <v>1004</v>
       </c>
       <c r="B1487">
-        <v>900100572</v>
+        <v>3871</v>
       </c>
       <c r="C1487">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1487" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1488" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1488" t="s">
-        <v>1046</v>
+        <v>1004</v>
       </c>
       <c r="B1488">
-        <v>900120374</v>
+        <v>3871</v>
       </c>
       <c r="C1488">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D1488" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1489" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1489" t="s">
-        <v>1046</v>
+        <v>1005</v>
       </c>
       <c r="B1489">
-        <v>900120374</v>
+        <v>401500747</v>
       </c>
       <c r="C1489">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D1489" t="s">
-        <v>1134</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="1490" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1490" t="s">
-        <v>1047</v>
+        <v>10</v>
       </c>
       <c r="B1490">
-        <v>900130589</v>
+        <v>72770101690</v>
       </c>
       <c r="C1490">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1490" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1491" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1491" t="s">
-        <v>1047</v>
-[...2 lines deleted...]
-        <v>900130589</v>
+        <v>1006</v>
+      </c>
+      <c r="B1491" s="1">
+        <v>7.58006E+16</v>
       </c>
       <c r="C1491">
-        <v>4</v>
+        <v>66</v>
       </c>
       <c r="D1491" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1492" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1492" t="s">
-        <v>1048</v>
-[...2 lines deleted...]
-        <v>900170471</v>
+        <v>1006</v>
+      </c>
+      <c r="B1492" s="1">
+        <v>7.58006E+16</v>
       </c>
       <c r="C1492">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1492" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1493" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1493" t="s">
-        <v>1049</v>
+        <v>1007</v>
       </c>
       <c r="B1493">
-        <v>900180398</v>
+        <v>7608</v>
       </c>
       <c r="C1493">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1493" t="s">
-        <v>1131</v>
+        <v>1010</v>
       </c>
     </row>
     <row r="1494" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1494" t="s">
-        <v>1050</v>
+        <v>1007</v>
       </c>
       <c r="B1494">
-        <v>900180448</v>
+        <v>7608</v>
       </c>
       <c r="C1494">
-        <v>3</v>
+        <v>39</v>
       </c>
       <c r="D1494" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1495" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1495" t="s">
-        <v>1051</v>
+        <v>1008</v>
       </c>
       <c r="B1495">
-        <v>900210044</v>
+        <v>902</v>
       </c>
       <c r="C1495">
-        <v>11</v>
+        <v>8</v>
       </c>
       <c r="D1495" t="s">
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1496" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1496" t="s">
-        <v>1051</v>
-[...2 lines deleted...]
-        <v>900210044</v>
+        <v>10</v>
+      </c>
+      <c r="B1496" s="1">
+        <v>921509000000</v>
       </c>
       <c r="C1496">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1496" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1497" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1497" t="s">
-        <v>1052</v>
+        <v>1009</v>
       </c>
       <c r="B1497">
-        <v>900250460</v>
+        <v>92158780000</v>
       </c>
       <c r="C1497">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D1497" t="s">
-        <v>1131</v>
+        <v>1013</v>
       </c>
     </row>
     <row r="1498" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1498" t="s">
-        <v>1052</v>
+        <v>1009</v>
       </c>
       <c r="B1498">
-        <v>900250460</v>
+        <v>92158780000</v>
       </c>
       <c r="C1498">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="D1498" t="s">
-        <v>1134</v>
-[...1791 lines deleted...]
-        <v>1134</v>
+        <v>1013</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="D1:D1626" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="D1:D1498" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Hoja1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>