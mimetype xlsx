--- v1 (2026-01-09)
+++ v2 (2026-02-27)
@@ -1,267 +1,246 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="6" rupBuild="28025"/>
   <workbookPr/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\SRVDFS01\FS_Departamentos_MH\Cobro Judicial Rentas\2025\Lista Morosos\Diciembre\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\SRVDFS01\FS_Departamentos_MH\Cobro Judicial Rentas\2026\Lista Morosos\FEBRERO\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F52A9491-374E-4804-ADF4-4DF581BDB80E}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{CAAEDD52-B9D8-4649-B5B1-53CF13A20802}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="29040" windowHeight="15720" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name="Hoja1" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
-    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Hoja1!$D$1:$D$1498</definedName>
+    <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">Hoja1!$D$1:$D$1241</definedName>
   </definedNames>
   <calcPr calcId="162913"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3005" uniqueCount="1014">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="2491" uniqueCount="800">
   <si>
     <t>NOMBRE</t>
   </si>
   <si>
     <t>CEDULA</t>
   </si>
   <si>
     <t>TRIM. ATRA.</t>
   </si>
   <si>
     <t>ESTADO</t>
   </si>
   <si>
     <t>HERRERA PRADO EDUARDO FRANCISCO</t>
   </si>
   <si>
     <t>C01483189</t>
   </si>
   <si>
     <t>DUARTEZ OLIVAS RICHARD JUBINE</t>
   </si>
   <si>
     <t>C01608212</t>
   </si>
   <si>
     <t>CARLOS ANTONIO ROJAS ROJAS</t>
   </si>
   <si>
     <t>C02724132</t>
   </si>
   <si>
     <t>Sin Nombre</t>
   </si>
   <si>
     <t>FAMILIA MURILLO VARGAS</t>
   </si>
   <si>
     <t>GARRO MENDOZA RAFAEL</t>
   </si>
   <si>
-    <t>HERNANDEZ SAENZ ISIDORO</t>
-[...1 lines deleted...]
-  <si>
     <t>FAMILIA PALMA VARELA</t>
   </si>
   <si>
     <t>RODRIGUEZ ZUMBADO EDUARDO</t>
   </si>
   <si>
     <t>FAMILIA RAMIREZ DELGADO</t>
   </si>
   <si>
-    <t>FAMILIA SALAS ARIAS</t>
-[...1 lines deleted...]
-  <si>
     <t>FAMILIA SANCHEZ ROMERO</t>
   </si>
   <si>
+    <t>FAMILIA SANCHEZ  SAENZ</t>
+  </si>
+  <si>
+    <t>FAMILIA SANCHEZ SAENZ</t>
+  </si>
+  <si>
     <t>FAMILIA TREJOS SALAZAR</t>
   </si>
   <si>
     <t>FAMILIA VILCHEZ CHAVARRIA</t>
   </si>
   <si>
-    <t>CASTRO BLANCO MARIA ROSA</t>
-[...1 lines deleted...]
-  <si>
     <t>FAMILIA ZUÑIGA ARIAS</t>
   </si>
   <si>
     <t>FAMILIA ZUÑIGA CHAVES</t>
   </si>
   <si>
     <t>FERRETO VDA DE QUESADA SOCORRO</t>
   </si>
   <si>
     <t>FLORES JOAQUIN MARIA</t>
   </si>
   <si>
     <t>FUENTES GRANADOS BLANCA ROSA</t>
   </si>
   <si>
-    <t>MOYA RAFAEL SUCESION</t>
-[...1 lines deleted...]
-  <si>
     <t>GOMEZ GUILLEN DINORA</t>
   </si>
   <si>
     <t>FAMILIA RAMIREZ MARCHENA</t>
   </si>
   <si>
     <t>RAMIREZ HERNANDEZ FELICIDAD</t>
   </si>
   <si>
-    <t>TREJOS JOSE GREGORIO</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMPOS CAMPOS LUIS HUMBERTO Y CAMPOS MEJIA HUMBERTO</t>
   </si>
   <si>
     <t>VILLALOBOS BRENES EFRAIN</t>
   </si>
   <si>
     <t>HERNANDEZ BOLAÑOS MARIA PAULA</t>
   </si>
   <si>
     <t>RODRIGUEZ CARBALLO ISOLINA</t>
   </si>
   <si>
-    <t>FAMILIA VINDAS CORDERO</t>
-[...1 lines deleted...]
-  <si>
     <t>RAMOS VARGAS MANUEL</t>
   </si>
   <si>
     <t>FAMILIA CUBILLO VALVERDE</t>
   </si>
   <si>
     <t>FAMILIA GUEVARA AGUERO</t>
   </si>
   <si>
     <t>VARGAS VILLALOBOS EVENCIO</t>
   </si>
   <si>
     <t>FAMILIA SEQUEIRA RODRIGUEZ</t>
   </si>
   <si>
     <t>RIVAS MONGE JOSE</t>
   </si>
   <si>
     <t>CASTRO RAFAEL</t>
   </si>
   <si>
-    <t>FAMILIA SANCHEZ MONGE</t>
-[...4 lines deleted...]
-  <si>
     <t>RIVERA JOSE MOISES Y FAMILIA</t>
   </si>
   <si>
     <t>ROJAS MASIS MIGUEL</t>
   </si>
   <si>
     <t>ACOSTA RAMIREZ SANTIAGO</t>
   </si>
   <si>
     <t>AGUILAR GOMEZ AMELIA CEDULA (0400740433)</t>
   </si>
   <si>
     <t>ARCE VARGAS CLAVELINA</t>
   </si>
   <si>
     <t>ARGUEDAS ELIZONDO ANTONIO</t>
   </si>
   <si>
     <t>ARGUEDAS HERNANDEZ NORMA MARIA</t>
   </si>
   <si>
     <t>ARGUEDAS KATCHENGIS HERNAN</t>
   </si>
   <si>
     <t>ARGUELLO CHAVES FRANCIASCO Y FAMILIA ARGUELLO VILLALOBOS</t>
   </si>
   <si>
+    <t>ARRIETA OROZCO BENJAMIN</t>
+  </si>
+  <si>
     <t>GUERRERO VALVERDE MARCIAL</t>
   </si>
   <si>
     <t>BENAVIDES HERNANDEZ CRISANTO</t>
   </si>
   <si>
     <t>BONILLA CORDOBA ALBERTO</t>
   </si>
   <si>
-    <t>BONILLA OVARES DE MORA MARIA</t>
-[...1 lines deleted...]
-  <si>
     <t>BUSTOS RODRIGUEZ VICTOR</t>
   </si>
   <si>
     <t>QUESADA ULATE  ROSA Y FAMILIA SANCHEZ BONILLA</t>
   </si>
   <si>
     <t>CAMPOS AGUILAR JOSE JOAQUIN</t>
   </si>
   <si>
     <t>CAMPOS ARIAS OSCAR Y HERMANOS</t>
   </si>
   <si>
-    <t>CAMPOS MANUEL LUIS</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMPOS SANDOVAL CARLOS</t>
   </si>
   <si>
     <t>CARTIN PANIAGUA BERTA</t>
   </si>
   <si>
     <t>CESPEDES MARIN ARMANDO</t>
   </si>
   <si>
     <t>MADRIGAL MASIS ISABEL</t>
   </si>
   <si>
     <t>FAMILIA MARIN ZAMORA</t>
   </si>
   <si>
     <t>MENDOZA ATENCIO GASPAR</t>
   </si>
   <si>
     <t>MORERA CABRERA MARIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>OCONNEL ABIGAIL Y FRANCIS</t>
   </si>
   <si>
     <t>PACHECO DENGO CARLOS</t>
@@ -275,83 +254,83 @@
   <si>
     <t>RAMIREZ RODRIGUEZ SIXTO</t>
   </si>
   <si>
     <t>NATIVIDAD ROBLES QUEDADA</t>
   </si>
   <si>
     <t>RODRIGUEZ ARAYA JESUS</t>
   </si>
   <si>
     <t>RODRIGUEZ CHAVARRIA MARTA</t>
   </si>
   <si>
     <t>CHAVERRI MARIANO</t>
   </si>
   <si>
     <t>CHAVERRI MIGUEL</t>
   </si>
   <si>
     <t>CHAVES CAMACHO CARLOS</t>
   </si>
   <si>
     <t>CHAVES SAENZ CLARA LUZ</t>
   </si>
   <si>
-    <t>CHAVES VILLALOBOS HUGO</t>
-[...1 lines deleted...]
-  <si>
     <t>CORDERO MUÑIZ ZOILA</t>
   </si>
   <si>
     <t>CORDOBA MENDEZ MIGUEL</t>
   </si>
   <si>
     <t>CORTES ARCE ALFREDO</t>
   </si>
   <si>
     <t>CUBERO RODRIGUEZ GUILLERMO</t>
   </si>
   <si>
     <t>ELIZONDO SANCHEZ JOSEFA</t>
   </si>
   <si>
     <t>ESPINOZA MENDEZ CARMEN Y FAMIL</t>
   </si>
   <si>
     <t>GONZALEZ FLORES ALFREDO</t>
   </si>
   <si>
     <t>GONZALEZ CAMPOS CARLOS</t>
   </si>
   <si>
     <t>HERMANOS CORDERO ARIAS</t>
   </si>
   <si>
     <t>HERRERA DE SALAZAR MARIA LUISA</t>
   </si>
   <si>
+    <t>HERRERA LOPEZ ANGEL</t>
+  </si>
+  <si>
     <t>HIDALGO NICOLAS</t>
   </si>
   <si>
     <t>JAIKEL JOB MANSUR</t>
   </si>
   <si>
     <t>JIMENEZ PORRAS VDA DE CHAVES MARIANA</t>
   </si>
   <si>
     <t>LEITON MORALES JENARO GILBERTO DE JESUS</t>
   </si>
   <si>
     <t>LEITON RAMIREZ EZEQUIEL</t>
   </si>
   <si>
     <t>LEPIZ MONDRAGON RAMON</t>
   </si>
   <si>
     <t>RODRIGUEZ GONZALEZ JUAN</t>
   </si>
   <si>
     <t>RODRIGUEZ ZUMBADO BERNARDO</t>
   </si>
   <si>
     <t>RODRIGUEZ VARGAS SANTIAGO</t>
@@ -371,137 +350,122 @@
   <si>
     <t>BEJARANO TROYO RAFAEL Y BEJARANO TROYO MARIA</t>
   </si>
   <si>
     <t>VARGAS GARITA CARLOS</t>
   </si>
   <si>
     <t>VEGA VARELA ANTONIA Y FAMILIA (FALLECIDA)</t>
   </si>
   <si>
     <t>VILCHEZ JOSE (PRESBITERO)</t>
   </si>
   <si>
     <t>VILLALOBOS MONTERO RAMON</t>
   </si>
   <si>
     <t>VINDAS GOMEZ AURORA DE SALAZAR</t>
   </si>
   <si>
     <t>VINDAS GOMEZ RAFAEL</t>
   </si>
   <si>
     <t>VIQUEZ MORALES DE CAMACHO MARIA</t>
   </si>
   <si>
+    <t>YANNARELLA VERDEROSA MIGUEL</t>
+  </si>
+  <si>
     <t>ZELAYA ZELAYA CARLOS HUMBERTO</t>
   </si>
   <si>
     <t>ZUÑIGA AUSTELINA</t>
   </si>
   <si>
     <t>ZUÑIGA HERNANDEZ LEONARDO</t>
   </si>
   <si>
-    <t>FAMILIA ALFARO VEGA</t>
-[...1 lines deleted...]
-  <si>
     <t>FAMILIA ARCE MOYA Y (A.B.EMILIO)</t>
   </si>
   <si>
     <t>FAMILIA ACUÑA CARVAJAL(JOSE MANUEL LUIS GERARDO ACU\A CARVAJAL)</t>
   </si>
   <si>
     <t>FAMILIA ALFARO HERRERA</t>
   </si>
   <si>
     <t>FAMILIA BARQUERO PALMA</t>
   </si>
   <si>
     <t>FAMILIA BARRANTES SEGURA</t>
   </si>
   <si>
     <t>FAMILIA BLANCO TIJERINO</t>
   </si>
   <si>
     <t>FAMILIA BRENES SEGURA</t>
   </si>
   <si>
     <t>FAMILIA CAMACHO SALAZAR</t>
   </si>
   <si>
     <t>FAMILIA CAMPOS LOBO</t>
   </si>
   <si>
-    <t>FAMILIA CAMPOS MENDEZ</t>
-[...1 lines deleted...]
-  <si>
     <t>FAMILIA CAMPOS CHANTO Y CAMPOS CHAVES</t>
   </si>
   <si>
     <t>FAMILIA CASTRO ALVARADO</t>
   </si>
   <si>
     <t>FAMILIA CHACON ESQUIVEL</t>
   </si>
   <si>
     <t>FAMILIA CORRALES VILLALOBOS</t>
   </si>
   <si>
-    <t>FAMILIA CORTES CORDERO</t>
-[...1 lines deleted...]
-  <si>
     <t>FAMILIA COTO LOPEZ Y L.E.AMPAR</t>
   </si>
   <si>
     <t>FAMILIA CRUZ CARRILLO</t>
   </si>
   <si>
     <t>FAMILIA FLORES ARGUEDAS</t>
   </si>
   <si>
     <t>FAMILIA GARITA ALVAREZ</t>
   </si>
   <si>
-    <t>FAMILIA GARRO VALERIO</t>
-[...4 lines deleted...]
-  <si>
     <t>FAMILIA GONZALEZ MORERA</t>
   </si>
   <si>
     <t>FAMILIA HERNANDEZ CARVAJAL</t>
   </si>
   <si>
     <t>FAMILIA HERRERA VEGA</t>
   </si>
   <si>
-    <t>FAMILIA HIDALGO ROJAS</t>
-[...1 lines deleted...]
-  <si>
     <t>FAMILIA HODSON FORBES</t>
   </si>
   <si>
     <t>FAMILIA LOBO RODRIGUEZ</t>
   </si>
   <si>
     <t>FAMILIA MARIN ALVAREZ</t>
   </si>
   <si>
     <t>FAMILIA MIRANDA LOAIZA</t>
   </si>
   <si>
     <t>FAMILIA MONTERO CAMPOS</t>
   </si>
   <si>
     <t>FAMILIA MORALES CAMPOS</t>
   </si>
   <si>
     <t>FAMILIA MUÑOZ ARCE</t>
   </si>
   <si>
     <t>FAMILIA CAMPOS BONILLA</t>
   </si>
   <si>
     <t>BARQUERO SANCHO DELFIN</t>
@@ -512,863 +476,698 @@
   <si>
     <t>VIQUEZ UGALDE JOAQUIN</t>
   </si>
   <si>
     <t>MONTOYA BUENAVENTURA MERY</t>
   </si>
   <si>
     <t>FAMILIA MADRIGAL PARREAGUIRRE</t>
   </si>
   <si>
     <t>RAMIREZ SANCHEZ NOE</t>
   </si>
   <si>
     <t>MURILLO MENDEZ MARIA ESTELA</t>
   </si>
   <si>
     <t>LOPEZ ALVAREZ ODILIO</t>
   </si>
   <si>
     <t>RODRIGUEZ MORA RUBEN</t>
   </si>
   <si>
     <t>GOMEZ GONZALEZ MARGARITA</t>
   </si>
   <si>
-    <t>ARIAS CHINCHILLA FABIO</t>
-[...1 lines deleted...]
-  <si>
     <t>DOBLES SANCHEZ LUIS</t>
   </si>
   <si>
     <t>SOLIS RIVERA NELLY</t>
   </si>
   <si>
     <t>PICADO UREÑA JUDITH</t>
   </si>
   <si>
     <t>RODRIGUEZ CHAVES JOSE MANUEL</t>
   </si>
   <si>
     <t>CAMPOS HERRERA JOSEFA</t>
   </si>
   <si>
     <t>MARIN ZAMORA MIGUEL ANGEL</t>
   </si>
   <si>
     <t>JIMENEZ RODRIGUEZ VICTOR</t>
   </si>
   <si>
-    <t>ORTIZ VARELA EDGAR</t>
-[...1 lines deleted...]
-  <si>
     <t>PERALTA VILLALOBOS RAMIRO</t>
   </si>
   <si>
     <t>LEITON MONTENEGRO NORMA</t>
   </si>
   <si>
     <t>MORA MONTERO FABIO</t>
   </si>
   <si>
-    <t>ESQUIVEL EDUARTE CARLOS MANUEL HERNAN</t>
-[...4 lines deleted...]
-  <si>
     <t>PEREZ MAROTO OLGA MARIA</t>
   </si>
   <si>
     <t>MONTIEL RUIZ ALFONSO</t>
   </si>
   <si>
-    <t>BOGANTES CAMBRONERO ANA ISABEL</t>
-[...10 lines deleted...]
-  <si>
     <t>CORRALES ZUCCHINI LILIANA</t>
   </si>
   <si>
     <t>CESPEDES CHAVARRIA ZULEMA</t>
   </si>
   <si>
     <t>POVEDA VEGA ARTURO CARLOS ALBERTO</t>
   </si>
   <si>
+    <t>ANGULO ARTAVIA MARIA EUGENIA</t>
+  </si>
+  <si>
     <t>AMADOR JIMENEZ RODRIGO</t>
   </si>
   <si>
     <t>GONZALEZ BADILLA FRANCISCO</t>
   </si>
   <si>
     <t>RODRIGUEZ DELGADO MIGUEL ANGEL</t>
   </si>
   <si>
     <t>ALVAREZ CALVO LUIS ENRIQUE</t>
   </si>
   <si>
+    <t>CASCANTE ROMERO OLGA MARTA</t>
+  </si>
+  <si>
     <t>MIRANDA ROMERO WILLIAM</t>
   </si>
   <si>
-    <t>MATHIEU VELASQUEZ JUAN JOSE</t>
-[...4 lines deleted...]
-  <si>
     <t>ORTIZ SOLIS RAFAEL ALBERTO</t>
   </si>
   <si>
     <t>HERRERA CARMONA MARIA ELENA</t>
   </si>
   <si>
+    <t>RODRIGUEZ TERAN FLORY</t>
+  </si>
+  <si>
     <t>GOMEZ MONTOYA MARIA ESTER</t>
   </si>
   <si>
     <t>MENDEZ CUBERO RICARDO</t>
   </si>
   <si>
-    <t>AVENDAÑO ACOSTA JULIO ALBERTO</t>
-[...1 lines deleted...]
-  <si>
     <t>GARITA UGALDE JOSE ALBERTO</t>
   </si>
   <si>
     <t>HERRERA HERRERA JAVIER Y HERRERA ESPINOZA JEANETTE</t>
   </si>
   <si>
-    <t>SOLANO GONZALEZ SALIA</t>
-[...2 lines deleted...]
-    <t>VARGAS VILLALOBOS MARIA ELENA</t>
+    <t>CONEJO BADILLA JUAN BAUTISTA</t>
+  </si>
+  <si>
+    <t>RAMIREZ VALVERDE VICTORIA EUGENIA</t>
+  </si>
+  <si>
+    <t>SANDOVAL GONZALEZ CARLOS ALBERTO</t>
   </si>
   <si>
     <t>PALMA CORDERO CARLOS ENRIQUE</t>
   </si>
   <si>
     <t>CAMPOS CORDERO RUBEN OSVALDO</t>
   </si>
   <si>
-    <t>CORRALES CARMONA ANA CECILIA</t>
-[...1 lines deleted...]
-  <si>
     <t>ANGULO ARGUEDAS NOEMY</t>
   </si>
   <si>
     <t>MORA LOBO ANA VICTORIA</t>
   </si>
   <si>
-    <t>CARVAJAL PRADO BELCEBI</t>
+    <t>SOTO CHAVES ANA ISABEL</t>
   </si>
   <si>
     <t>SOLIS SAENZ YADIRA EMILIA DEL CARMEN</t>
   </si>
   <si>
+    <t>CHAVES QUESADA DANILO</t>
+  </si>
+  <si>
     <t>HERNANDEZ FERNANDEZ MARIA DE LOS ANGELES</t>
   </si>
   <si>
-    <t>MIGUEL ANGEL UMAÑA HERNANDEZ</t>
-[...4 lines deleted...]
-  <si>
     <t>LOPEZ PRUDANT JULIO RODRIGO</t>
   </si>
   <si>
-    <t>SALAS CARBALLO ANIA RUTH</t>
-[...7 lines deleted...]
-  <si>
     <t>BOLAÑOS VALERIO MARIA ROSA</t>
   </si>
   <si>
     <t>AZOFEIFA LEON MANUEL</t>
   </si>
   <si>
     <t>CARVAJAL PRADO CARLOS ALFONSO</t>
   </si>
   <si>
     <t>GARCIA MONTERO SERGIO MANUEL</t>
   </si>
   <si>
     <t>BALMACEDA GARCIA OSCAR EDUARDO</t>
   </si>
   <si>
     <t>OBANDO JIMENEZ MARIA MAYELA</t>
   </si>
   <si>
-    <t>RODRIGUEZ RODRIGUEZ ASTRID MAYELA</t>
-[...1 lines deleted...]
-  <si>
     <t>VEGA CAMACHO ADOLFO</t>
   </si>
   <si>
     <t>MORALES MOLINA FABIO ANTONIO</t>
   </si>
   <si>
-    <t>VALLDEPERAS HERRERA LUIS GERARDO DE JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>MESEN VILLALOBOS MARISELLE ASTRID DEL CORAZON DE JESUS</t>
   </si>
   <si>
-    <t>SAENZ VENEGAS MARIA ANTONIETA</t>
-[...1 lines deleted...]
-  <si>
     <t>SOLANO ALPIZAR MARIBEL</t>
   </si>
   <si>
-    <t>VILLALOBOS GAMBOA SILVIA ISABEL</t>
+    <t>ALFARO RAMIREZ RODRIGO ENRIQUE</t>
   </si>
   <si>
     <t>GONZALEZ ANGULO MARITA DEL SOCORRO</t>
   </si>
   <si>
-    <t>ESPINOZA BORLOZ ANA LORENA</t>
-[...1 lines deleted...]
-  <si>
     <t>SALAZAR ALVARADO LUIS FERNANDO</t>
   </si>
   <si>
-    <t>GARITA BOLAÑOS MARY FLOR</t>
-[...1 lines deleted...]
-  <si>
     <t>MURILLO VARGAS BERNAL</t>
   </si>
   <si>
-    <t>ARGUEDAS ACUÑA GHISELLA</t>
-[...7 lines deleted...]
-  <si>
     <t>AGUILAR SOLIS HEIDY MARIA</t>
   </si>
   <si>
     <t>MORA URBINA GIOCONDA ERAIDA</t>
   </si>
   <si>
-    <t>ARROYO BONILLA FANNY SIDEY</t>
-[...1 lines deleted...]
-  <si>
     <t>ROJAS CORONADO JONNY VINICIO</t>
   </si>
   <si>
     <t>CHAMORRO MONGE SERGIO RICARDO DE JESUS</t>
   </si>
   <si>
     <t>AGUILAR GARRO RICARDO ANTONIO DE LA TRINIDAD</t>
   </si>
   <si>
     <t>HERNANDEZ OVIEDO GUISSELLE</t>
   </si>
   <si>
     <t>CORTES RODRIGUEZ ANA MARIA</t>
   </si>
   <si>
     <t>MORA MORA ANALIVE RAFAELA DE LOS ANGELES</t>
   </si>
   <si>
     <t>RAMIREZ VEGA MARIA YAMILETH</t>
   </si>
   <si>
     <t>BADILLA MADRIZ WILLIAM FRANCISCO</t>
   </si>
   <si>
-    <t>GARITA SANCHEZ VIVIAN MAYELA</t>
-[...1 lines deleted...]
-  <si>
     <t>AGUILAR VILLAVICENCIO ALEXIS FEDERICO</t>
   </si>
   <si>
-    <t>AGUILAR MORA GUISELLE DEL CARMEN</t>
-[...7 lines deleted...]
-  <si>
     <t>DELGADO CHAVES CARLOS ROBERTO</t>
   </si>
   <si>
-    <t>CARVAJAL ARAYA MARILIN DEL CARMEN</t>
-[...1 lines deleted...]
-  <si>
     <t>OBANDO RODRIGUEZ SERGIO OSWALDO</t>
   </si>
   <si>
     <t>SERRANO ARCE REBECA DE LOS ANGELES</t>
   </si>
   <si>
     <t>BARQUERO BRENES ANNIA YORLENY</t>
   </si>
   <si>
+    <t>MONTERO VIQUEZ MARVIN ANTONIO</t>
+  </si>
+  <si>
     <t>ALFARO CHAVARRIA MARIA DEL ROCIO</t>
   </si>
   <si>
     <t>VASQUEZ PIEDRA NIDIA MARIA</t>
   </si>
   <si>
-    <t>ARAYA CHAVES WENDY MARIA</t>
-[...7 lines deleted...]
-  <si>
     <t>UREÑA ARIAS RANDALL ALBERTO</t>
   </si>
   <si>
-    <t>SALAS VARGAS ANA VICTORIA</t>
+    <t>BONILLA BOLAÑOS EDGAR EDUARDO</t>
   </si>
   <si>
     <t>MONGE ELIZONDO SEIDY VIVIANA</t>
   </si>
   <si>
-    <t>RODRIGUEZ GARCIA GRETTEL ROCIO</t>
+    <t>ALFARO VEGA LUIS RICARDO</t>
   </si>
   <si>
     <t>GUEVARA EDUARTE SERGIO MIGUEL</t>
   </si>
   <si>
     <t>SOLIS ROJAS MARCOS AURELIO</t>
   </si>
   <si>
-    <t>CAMPOS ELIZONDO MARGARITA DE LA TRINIDAD</t>
-[...2 lines deleted...]
-    <t>SALAZAR HERNANDEZ ROXANA GUISELLE</t>
+    <t>CARBALLO UGALDE VIVIANA MARIA</t>
   </si>
   <si>
     <t>SABORIO HERRERA CARLOS ESTEBAN</t>
   </si>
   <si>
     <t>RODRIGUEZ ROBLES JUAN PABLO</t>
   </si>
   <si>
     <t>PICADO RODRIGUEZ CINTHIA DE LOS ANGELES</t>
   </si>
   <si>
-    <t>BRENES SOLIS ANA GRACIELA</t>
-[...1 lines deleted...]
-  <si>
     <t>CHACON HIDALGO ELIA MARCELA</t>
   </si>
   <si>
     <t>PORTILLA VALERIO JOSE ALEXANDER</t>
   </si>
   <si>
     <t>FALLAS MADRIGAL EMILCE</t>
   </si>
   <si>
-    <t>CAMACHO CHACON ADRIAN GERARDO</t>
-[...1 lines deleted...]
-  <si>
     <t>MORUA RAMIREZ MONICA</t>
   </si>
   <si>
-    <t>GUTIERREZ HERRERA HANDALL ALBERTO</t>
-[...1 lines deleted...]
-  <si>
     <t>VARGAS CRUZ ELIZABETH MARIA</t>
   </si>
   <si>
     <t>RAMIREZ VEGA ALEXANDER</t>
   </si>
   <si>
     <t>DIAZ ZAMORA KEMBLY MAGALI</t>
   </si>
   <si>
-    <t>CHAVES CARMONA RORY</t>
-[...1 lines deleted...]
-  <si>
     <t>BOLAÑOS GARITA JUAN JOSE</t>
   </si>
   <si>
     <t>ALVARADO ARTAVIA BERNABE</t>
   </si>
   <si>
-    <t>SALAZAR OBANDO ROCIO DE LOS ANGELES</t>
-[...10 lines deleted...]
-  <si>
     <t>VASQUEZ PIEDRA YERLYN MARGOT</t>
   </si>
   <si>
     <t>GARCIA CANTILLO JENNIFFER</t>
   </si>
   <si>
     <t>JIMENEZ MENDEZ MAYKOL FERNANDO</t>
   </si>
   <si>
     <t>RODRIGUEZ VEGA ESTHER FRANCINI</t>
   </si>
   <si>
-    <t>MADRIZ ARAYA ALVARO ANTONIO</t>
-[...1 lines deleted...]
-  <si>
     <t>VIQUEZ HERNANDEZ LUIS DIEGO</t>
   </si>
   <si>
     <t>SOTO CAMPOS CAROL VIVIANA</t>
   </si>
   <si>
     <t>GOMEZ GONZALEZ REBECA ALEJANDRA</t>
   </si>
   <si>
-    <t>CASTRO ALVAREZ LUIS FERNANDO</t>
-[...1 lines deleted...]
-  <si>
     <t>GUZMAN SOLIS JOSE ALEJANDRO</t>
   </si>
   <si>
     <t>SOLANO MURILLO MARIA NELLY</t>
   </si>
   <si>
-    <t>SEGURA TREJOS PATRICIA ELIZABETH</t>
-[...1 lines deleted...]
-  <si>
     <t>CHINCHILLA SOLIS ABRAHAM</t>
   </si>
   <si>
     <t>RAMIREZ AVALOS TERESITA MARIA</t>
   </si>
   <si>
     <t>MENA VARGAS  FLOR MARIA</t>
   </si>
   <si>
     <t>NAVARRO MORALES LUIS SANTIAGO</t>
   </si>
   <si>
     <t>MIRANDA CASTRO JESSICA</t>
   </si>
   <si>
     <t>SANDOVAL ALVARADO GEREMY</t>
   </si>
   <si>
-    <t>MORALES QUIROS ANDRES SEBASTIAN</t>
-[...1 lines deleted...]
-  <si>
     <t>DURAN MARCHENA NATHAMBED YOAD</t>
   </si>
   <si>
     <t>CAMBRONERO SANABRIA JOSE LUIS</t>
   </si>
   <si>
     <t>DELGADO CESPEDES LIZ IZAMAR</t>
   </si>
   <si>
     <t>GUTIERREZ HERNANDEZ STEVENTH ARMANDO</t>
   </si>
   <si>
     <t>ARGUEDAS CRUZ SUJEYDI DAYANNA</t>
   </si>
   <si>
     <t>VARGAS BENDAÑA MICHELLE AUXILIADORA</t>
   </si>
   <si>
     <t>MONTERO CHINCHILLA VALERIA</t>
   </si>
   <si>
     <t>GUILLEN PEREZ KENDRA</t>
   </si>
   <si>
     <t>SEGURA BRENES LUIS ALONSO</t>
   </si>
   <si>
     <t>RIVAS LIZANO WILLIAM ANTONIO</t>
   </si>
   <si>
     <t>ROSALES MONTIEL JORGE LUIS</t>
   </si>
   <si>
-    <t>AGUILAR ALVARADO JUAN</t>
-[...1 lines deleted...]
-  <si>
     <t>CARBALLO MIRANDA MARGARITA</t>
   </si>
   <si>
-    <t>ACUÑA CORDERO MIGUEL</t>
-[...1 lines deleted...]
-  <si>
     <t>VARELA MURILLO HERNAN</t>
   </si>
   <si>
     <t>ARAYA HERNANDEZ DENIS</t>
   </si>
   <si>
     <t>GONZALEZ RAMIREZ ARNOLDO</t>
   </si>
   <si>
     <t>ARIAS MOLINA ROSALINA</t>
   </si>
   <si>
     <t>AVENDAÑO MORALES DORA</t>
   </si>
   <si>
     <t>SOTO VEGA MARCO TULIO</t>
   </si>
   <si>
     <t>JIMENEZ MORALES BLANCA</t>
   </si>
   <si>
-    <t>DELGADO ALVAREZ RAFAEL</t>
-[...1 lines deleted...]
-  <si>
     <t>SANDOVAL BRENES MARIO</t>
   </si>
   <si>
     <t>MENDEZ VILLALOBOS ESTELIA</t>
   </si>
   <si>
     <t>CHAVARRIA ESPINOZA DESIDERIA</t>
   </si>
   <si>
+    <t>SOLANO ARCE TERESA</t>
+  </si>
+  <si>
     <t>ROJAS AGUILAR NOE</t>
   </si>
   <si>
     <t>AVENDAÑO MORALES JOSE FRANCISCO</t>
   </si>
   <si>
     <t>ARRIETA MURILLO SOLEIDA</t>
   </si>
   <si>
     <t>CAMPOS BARRANTES RAFAEL</t>
   </si>
   <si>
     <t>ESQUIVEL ALVARADO MARCO AURELIO</t>
   </si>
   <si>
     <t>ESQUIVEL CAMPOS JOSE ANGEL</t>
   </si>
   <si>
     <t>MOSCOSO VEGA EDUARDO</t>
   </si>
   <si>
+    <t>FERRARO WARNER MARIA DE LOS ANGELES</t>
+  </si>
+  <si>
     <t>MORA SALAS JULIO</t>
   </si>
   <si>
     <t>SAENZ ULLOA MIRIAM</t>
   </si>
   <si>
-    <t>ARGUEDAS VARGAS DEIDAMIA</t>
-[...1 lines deleted...]
-  <si>
     <t>ESQUIVEL ARROYO CARLOS LUIS</t>
   </si>
   <si>
     <t>ALVARADO OVIEDO FERNANDO DAGOBERTO</t>
   </si>
   <si>
     <t>VARGAS LEDEZMA OLMAN CARMEN DE LAS PIEDADES</t>
   </si>
   <si>
     <t>GONZALEZ GRANADOS ELEMBERTA</t>
   </si>
   <si>
     <t>BENAVIDES ZAMORA RAFAEL ANGEL</t>
   </si>
   <si>
-    <t>SALAZAR BLANCO RENE GERARDO</t>
-[...4 lines deleted...]
-  <si>
     <t>PORRAS GRANADOS JOSE GERARDO</t>
   </si>
   <si>
-    <t>GONZALEZ PORRAS JACOB</t>
+    <t>CASTRO NUÑEZ BELEIDA</t>
   </si>
   <si>
     <t>GONZALEZ ROMERO SONIA MARIA</t>
   </si>
   <si>
-    <t>VIQUEZ HERNANDEZ MARTHA</t>
-[...1 lines deleted...]
-  <si>
     <t>CORTES ALVARADO MARIO</t>
   </si>
   <si>
-    <t>CHAVES CALVO JUAN RAFAEL</t>
-[...1 lines deleted...]
-  <si>
     <t>BENAVIDES LOBO CARLOS LUIS</t>
   </si>
   <si>
-    <t>JIMENEZ BOLAÑOS FLOR MARIA</t>
-[...1 lines deleted...]
-  <si>
     <t>GONZALEZ MONTERO MIGUEL ANGEL</t>
   </si>
   <si>
     <t>ARAYA RODRIGUEZ CLAUDIA</t>
   </si>
   <si>
     <t>REYES ORTIZ JULIA</t>
   </si>
   <si>
     <t>MARIN ROJAS ADELA</t>
   </si>
   <si>
     <t>HERNANDEZ BARRANTES ANA MARIA</t>
   </si>
   <si>
+    <t>RODRIGUEZ SERRANO JORGE</t>
+  </si>
+  <si>
     <t>BOLAÑOS SALAS MAYELA MARIA DE LAS MERCEDES</t>
   </si>
   <si>
     <t>MORERA FALLAS MARCO ANTONIO</t>
   </si>
   <si>
-    <t>MEJIAS SEGURA MARVIN JESUS DEL SOCORRO</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMPOS CARVAJAL FLOR MARIA DEL CARMEN</t>
   </si>
   <si>
     <t>GUZMAN RAMIREZ OTTO EDUARDO DE JESUS</t>
   </si>
   <si>
     <t>LEON BENAVIDES ANTONIO GERARDO</t>
   </si>
   <si>
     <t>GARITA ESQUIVEL ELMER ASDRUBAL DEL SOCORRO</t>
   </si>
   <si>
     <t>CALVO RODRIGUEZ DULCE NOMBRE DE LA C</t>
   </si>
   <si>
     <t>VEGA AGUIRRE THELMA DE JESUS</t>
   </si>
   <si>
     <t>ROMERO MIRANDA ALEXANDER</t>
   </si>
   <si>
     <t>RAMOS MUÑOZ MARIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>ULATE CAMBRONERO ALBERTO</t>
   </si>
   <si>
     <t>JIMENEZ CAMACHO YAMILETH</t>
   </si>
   <si>
     <t>SALAZAR ACUÑA RONALD</t>
   </si>
   <si>
+    <t>SEGURA CERDAS SARA ISABEL</t>
+  </si>
+  <si>
     <t>ARROYO JIMENEZ GUISELLE</t>
   </si>
   <si>
     <t>GARCIA ALEMAN KEYLOR ANTONIO</t>
   </si>
   <si>
     <t>BORLOZ GOMEZ ELISA MARIA DE LA LUZ</t>
   </si>
   <si>
     <t>ROBLES FUENTES VICTOR MANUEL NICOLAS</t>
   </si>
   <si>
     <t>ANGULO BRENES BERTA FLOR DEL SOCORRO</t>
   </si>
   <si>
     <t>ABARCA MONTENEGRO DOLORES</t>
   </si>
   <si>
-    <t>QUESADA SANCHEZ EFREN</t>
-[...1 lines deleted...]
-  <si>
     <t>RIVERA CALVO FERNANDO</t>
   </si>
   <si>
     <t>MATAMOROS BORLOZ ANA ISABEL</t>
   </si>
   <si>
-    <t>CESPEDES CESPEDES FLORINDO GONZALO</t>
-[...4 lines deleted...]
-  <si>
     <t>CORDERO GUTIERREZ ARNOLDO</t>
   </si>
   <si>
     <t>BARRANTES GAMBOA DIGNA</t>
   </si>
   <si>
     <t>AVILA VARGAS WALTER GERARDO</t>
   </si>
   <si>
-    <t>CASTRO CALDERON MARGARITA</t>
-[...1 lines deleted...]
-  <si>
     <t>MENA SANCHO RAMON ANTONIO</t>
   </si>
   <si>
-    <t>TENORIO MOLINA GERARDO</t>
-[...1 lines deleted...]
-  <si>
     <t>HERRERA LOAIZA ANA LORENA DE LOS ANGELES</t>
   </si>
   <si>
     <t>RAMOS UMAÑA ROYNER JESUS</t>
   </si>
   <si>
     <t>VILLALOBOS AURELIO SEGUNDO MARCO AURELIO ELPIDIO</t>
   </si>
   <si>
-    <t>CHACON SOLARES JUAN RAFAEL</t>
-[...1 lines deleted...]
-  <si>
     <t>ALVAREZ SABORIO RAFAELA URSULA DE MERCEDES</t>
   </si>
   <si>
     <t>OROZCO AVENDAÑO ALFREDO CARLOS ENRIQUE</t>
   </si>
   <si>
     <t>OVIEDO SALAS MICAELA CELESTINA</t>
   </si>
   <si>
     <t>SEGURA HERNANDEZ MARIA DORILA ZOILA</t>
   </si>
   <si>
     <t>VARGAS GUTIERREZ JOSEFA SILVIA</t>
   </si>
   <si>
     <t>BARQUERO MOREIRA MARGARITA OLIVA</t>
   </si>
   <si>
     <t>PANIAGUA MUÑOZ MIGUEL CESAR DEL SOCORRO</t>
   </si>
   <si>
     <t>MOREIRA MOREIRA MAURILIO RECAREDO DEL SOCORRO</t>
   </si>
   <si>
-    <t>ZUMBADO MARTINEZ GREGORIO ISAIAS DE JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>ARIAS HERRERA RAMON VICTOR MANUEL</t>
   </si>
   <si>
     <t>JARA CONTRERAS FRANCISCO REINALDO SIGIFREDO</t>
   </si>
   <si>
     <t>SALAZAR SALAZAR JOSE MARCO TULIO</t>
   </si>
   <si>
     <t>BRENES ALFARO AMADA ALBERTINA</t>
   </si>
   <si>
     <t>ZUÑIGA HERNANDEZ LUISA ISMAELA ALBERTINA</t>
   </si>
   <si>
     <t>SIN NOMBRE</t>
   </si>
   <si>
     <t>GUEVARA HERNANDEZ MARIA JOSEFA MICAELA FERMINA</t>
   </si>
   <si>
+    <t>LUNA ZUÑIGA ELVIRA ELISA DEL SOCORRO</t>
+  </si>
+  <si>
     <t>RODRIGUEZ ZUMBADO EDUARDO ROSARIO SOCORRO</t>
   </si>
   <si>
+    <t>GARRO ARGUEDAS GUILLERMO JOAQUIN TRINIDAD</t>
+  </si>
+  <si>
     <t>ARCE MURILLO ALICE EIDA JOSEFA</t>
   </si>
   <si>
     <t>MOYA LOPEZ ENRIQUE AMANDO DEL SOCORRO</t>
   </si>
   <si>
     <t>CAMPOS QUESADA MARIA JUSTA DEL CARMEN</t>
   </si>
   <si>
     <t>GARITA ZUÑIGA JUAN BAUTISTA NOE DEL SOCORRO</t>
   </si>
   <si>
     <t>CHAVERRI HERNANDEZ ANA MARINA DE JESUS</t>
   </si>
   <si>
-    <t>BONILLA RUIZ JOAQUIN MIGUEL ANGEL</t>
-[...1 lines deleted...]
-  <si>
     <t>BOLAÑOS ALFARO MANUEL ENRIQUE DEL SOCORRO</t>
   </si>
   <si>
     <t>BOLAÑOS VALERIO MARIA ALEJANDRINA DEL ROSARIO</t>
   </si>
   <si>
     <t>ALVARADO VARGAS PAULINO RAMON ENRIQUE</t>
   </si>
   <si>
     <t>BADILLA CHAVES LUIS RAMON DE JESUS</t>
   </si>
   <si>
     <t>ARGUEDAS CHAVERRI MANUEL DE JESUS ANTONIO</t>
   </si>
   <si>
     <t>CASTRO CAMPOS HERNAN RODOLFO DE JESUS</t>
   </si>
   <si>
     <t>RODRIGUEZ CAMPOS ELIGIO OSCAR DE LA TRINIDAD</t>
   </si>
   <si>
-    <t>TREJOS TREJOS FERNANDO COSME DAMIAN</t>
-[...1 lines deleted...]
-  <si>
     <t>CORDERO CARVAJAL MANUEL ANGEL DE JESUS</t>
   </si>
   <si>
-    <t>SANCHEZ CHAVES JESUS ELISEO</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMACHO CHAVES PEDRO OSCAR ANTONIO</t>
   </si>
   <si>
     <t>BRENES SOLIS ROSARIO GUILERMO</t>
   </si>
   <si>
     <t>CAMPOS RODRIGUEZ ALICIA MARCELINA DE ANGELES</t>
   </si>
   <si>
     <t>GUZMAN LEDEZMA MARINA ANGELA RAMONA</t>
   </si>
   <si>
     <t>SOLIS CALDERON MARIA GRACIELA ANGELA</t>
   </si>
   <si>
     <t>NUÑEZ CAMBRONERO CARLOS DOLORES</t>
   </si>
   <si>
     <t>AGUILAR CAMACHO LUISA MARIA CARMEN DE SOCORRO</t>
   </si>
   <si>
     <t>VIQUEZ ARIAS EFRAIN</t>
   </si>
   <si>
     <t>ROJAS DELGADO MARIA</t>
@@ -1388,1598 +1187,1160 @@
   <si>
     <t>ARGUELLO BARRANTES MARIO CLAUDIO</t>
   </si>
   <si>
     <t>BADILLA CHAVES MARIA ESTER RAMONA</t>
   </si>
   <si>
     <t>CARVAJAL BADILLA MARIA RAMONA ORLINDA AMADA</t>
   </si>
   <si>
     <t>GONZALEZ SANCHEZ FABIO</t>
   </si>
   <si>
     <t>CORDERO GONZALEZ JESUS ANTONIO DANILO</t>
   </si>
   <si>
     <t>MIRANDA BRENES VIOLETA CARMEN NOEMI DE JESUS</t>
   </si>
   <si>
     <t>ARGUEDAS FUENTES SARAY YOLANDA DEL CARMEN</t>
   </si>
   <si>
     <t>ARROYO ARCE VICTOR MANUEL DE JESUS</t>
   </si>
   <si>
-    <t>VIQUEZ ARGUEDAS EFRAIN FRANCISCO ASUNCION</t>
-[...1 lines deleted...]
-  <si>
     <t>ZAMORA CHAVERRI JUANA EDITH DE JESUS</t>
   </si>
   <si>
     <t>ZAMORA FONSECA LUISA DORA ANGELA LIDILIA</t>
   </si>
   <si>
-    <t>CAMPOS VARGAS MISAEL DANILO DE JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>SOLANO SOLANO MARIA ANGELA</t>
   </si>
   <si>
-    <t>GARITA RAMIREZ MIGUEL ANGEL</t>
-[...1 lines deleted...]
-  <si>
     <t>BENAVIDES ZAMORA MERCEDES TERESA DE JESUS</t>
   </si>
   <si>
-    <t>VARGAS NUÑEZ OVIDIO EFRAIN</t>
-[...1 lines deleted...]
-  <si>
     <t>RAMIREZ CHAVARRIA FERNANDO DEL SOCORRO</t>
   </si>
   <si>
     <t>RODRIGUEZ CARBALLO RAMONA ZELMIRA</t>
   </si>
   <si>
     <t>ZUMBADO GONZALEZ EUGENIO TIMOTEO</t>
   </si>
   <si>
     <t>VIQUEZ VIQUEZ EDGAR EDWIN DEL SOCORRO</t>
   </si>
   <si>
     <t>ARGUEDAS CALVO MARIA LUISA</t>
   </si>
   <si>
     <t>SEGURA LOPEZ ASDRUBAL ANTONIO</t>
   </si>
   <si>
     <t>BOLAÑOS VILLEGAS ANTONIO BERNARDINO</t>
   </si>
   <si>
     <t>RODRIGUEZ BOLAÑOS AZAEL AGAPITO DE JESUS</t>
   </si>
   <si>
     <t>ALVARADO LEITON CARMEN MARIA ISABEL</t>
   </si>
   <si>
-    <t>BRENES CHAVES JUAN ENRIQUE SILVERIO</t>
-[...1 lines deleted...]
-  <si>
     <t>ESQUIVEL RAMIREZ ARABELA EUGENIA</t>
   </si>
   <si>
     <t>ESCALANTE VEGA RODRIGO ANTONIO RAMON</t>
   </si>
   <si>
     <t>BENAVIDES HERNANDEZ VIRGILIO ASDRUBAL DEL CARMEN</t>
   </si>
   <si>
     <t>CHAVES ROJAS RODRIGO MANUEL DEL CARMEN</t>
   </si>
   <si>
-    <t>RODRIGUEZ CHAVERRI OVELIO GUILLERMO TRINIDAD</t>
-[...1 lines deleted...]
-  <si>
     <t>LEPIZ SALAZAR SOLEDAD BERTA LIA</t>
   </si>
   <si>
     <t>ALVAREZ VILLALOBOS MARIA LUISA SOCORRO</t>
   </si>
   <si>
     <t>PARREAGUIRRE JARA MARIO ANTONIO DE LA TRINIDAD</t>
   </si>
   <si>
     <t>LOAIZA GARRO JESUS OSCAR TRINIDAD</t>
   </si>
   <si>
     <t>BRENES ZAMORA JAIME WILLIAM OMAR</t>
   </si>
   <si>
     <t>ARAYA ZAMORA JESUS MARIA DEL SOCORRO</t>
   </si>
   <si>
     <t>ACOSTA ALVARADO GLADIS MARGARITA DOLORES</t>
   </si>
   <si>
-    <t>HERNANDEZ HERNANDEZ MARIA RAMONA ETELGIVE</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMPOS CARBALLO JOSE VICTOR MANUEL DE PIEDADES</t>
   </si>
   <si>
     <t>LEDEZMA GUZMAN JUAN LUIS CAYETANO DANILO</t>
   </si>
   <si>
     <t>CHAVARRIA RAMIREZ MARIA TERESA DE JESUS</t>
   </si>
   <si>
-    <t>ARCE RODRIGUEZ MARIA CRISTINA DE JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>SANCHEZ VILLALOBOS AMALIA JOSEFA DE JESUS</t>
   </si>
   <si>
     <t>OROZCO VENEGAS BENEDICTO DE JESUS</t>
   </si>
   <si>
     <t>ARRIETA HERRERA SOCORRO GENOVEVA</t>
   </si>
   <si>
     <t>ULLOA RAMIREZ MORAIMA OLIVA FRANCISCA</t>
   </si>
   <si>
-    <t>NUÑEZ LOBO OLIVER</t>
-[...7 lines deleted...]
-  <si>
     <t>SAENZ RUIZ ALVARO NESTOR RAMON DE JESUS</t>
   </si>
   <si>
-    <t>BOGANTES RAMIREZ ETELVINA CLAUDIA DEL SOCORRO</t>
-[...2 lines deleted...]
-    <t>VARELA SANCHEZ JOSE MANUEL</t>
+    <t>VILLALOBOS MORA MARIA ISABEL ALICIA DEL CARMEN</t>
   </si>
   <si>
     <t>GARCIA SEQUEIRA JOSE EDDIE VICTOR MANUEL</t>
   </si>
   <si>
     <t>RODRIGUEZ ALVARADO BERNARDO</t>
   </si>
   <si>
     <t>SANCHEZ RAMIREZ DIGNA MARIA DEL SOCORRO</t>
   </si>
   <si>
-    <t>ARCE VIQUEZ LEONARDO AMADO ELIGIO</t>
-[...1 lines deleted...]
-  <si>
     <t>GARCIA LARA VIRGILIO FRANCISCO</t>
   </si>
   <si>
     <t>AGUILAR CAMPOS CARLOS LUIS</t>
   </si>
   <si>
-    <t>ZAMORA BOLAÑOS ANIBAL OVIDIO  DE JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMPOS SOLANO ARACELY DE LOS ANGELES</t>
   </si>
   <si>
     <t>BOGANTES MIRANDA TERESA NORMA DE JESUS</t>
   </si>
   <si>
     <t>BOLAÑOS ALFARO CLAUDIO DEL SOCORRO</t>
   </si>
   <si>
-    <t>GARCIA ANGULO MARIA DEL CARMEN DEL SOCORRO</t>
-[...1 lines deleted...]
-  <si>
     <t>FAMILIA PEREZ CONTRERAS</t>
   </si>
   <si>
+    <t>ARROYO RODRIGUEZ MARGARITA EDUVIGIS DEL CARMEN</t>
+  </si>
+  <si>
     <t>HERNANDEZ RAMIREZ EDITH CAYETANA DE LOS ANGELES</t>
   </si>
   <si>
     <t>OROZCO ALFARO NELLY MARGARITA</t>
   </si>
   <si>
-    <t>SANCHEZ ULATE CARLOS LUIS</t>
-[...1 lines deleted...]
-  <si>
     <t>MORALES BOLAÑOS ARISTIDES</t>
   </si>
   <si>
     <t>CHAVES CONTRERAS RAFAEL ANGEL</t>
   </si>
   <si>
-    <t>ZUÑIGA CHACON MARIA EUGENIA DE LA TRINIDAD</t>
-[...1 lines deleted...]
-  <si>
     <t>VARGAS PRENDAS ARMING JOSE DEL SOCORRO</t>
   </si>
   <si>
     <t>HERNANDEZ BOLAÑOS HECTOR RAMON ISRAEL</t>
   </si>
   <si>
     <t>RODRIGUEZ RUIZ DANILO SANTIAGO DOLORES</t>
   </si>
   <si>
     <t>VARGAS CAMACHO MATILDE</t>
   </si>
   <si>
     <t>HERNANDEZ DAVIS MIGUEL ANGEL DE LA TRINIDAD</t>
   </si>
   <si>
+    <t>CORDERO SANDOVAL VIRGINIA RAMONA DE LOS ANGELES</t>
+  </si>
+  <si>
     <t>CHAVERRI CAMPOS ANGELA ROSA DEL SOCORRO</t>
   </si>
   <si>
-    <t>PARAJELES ULATE FRANCISCO RAMON DE JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>VARGAS ROJAS GLADYS JOSEFA DEL CARMEN</t>
   </si>
   <si>
-    <t>ULATE CHAVES LUZ MARINA</t>
-[...7 lines deleted...]
-  <si>
     <t>TREJOS UGALDE EDGAR MAXIMILIANO DE JESUS</t>
   </si>
   <si>
-    <t>LORIA CHAVERRI ALBA ROSA MARIA DEL SOCORRO</t>
-[...1 lines deleted...]
-  <si>
     <t>RAMIREZ RAMIREZ VIRGINIA</t>
   </si>
   <si>
     <t>MEJIA CARVAJAL JESUS EDUARDO DEL CARMEN</t>
   </si>
   <si>
     <t>VARGAS MIRANDA EDUARDO EDGAR DEL SOCORRO</t>
   </si>
   <si>
     <t>ROJAS VIQUEZ JOSE EMILIANO</t>
   </si>
   <si>
     <t>CAMPOS ARRIETA EDITH MARIA DOLORES</t>
   </si>
   <si>
     <t>CAMPOS QUIROS MARIA DEL CARMEN ROSARIO</t>
   </si>
   <si>
     <t>CAMPOS MOREIRA AMABLE TRINIDAD DE JESUS</t>
   </si>
   <si>
     <t>RODRIGUEZ BENAVIDES MA. DE LOS ANGELES Y BENEF.</t>
   </si>
   <si>
+    <t>MOYA MATA ANA VICTORIA</t>
+  </si>
+  <si>
     <t>RAMIREZ SANTAMARIA VIRGINIA TERESA</t>
   </si>
   <si>
-    <t>CHACON RIVAS JORGE NICOLAS ANGEL</t>
-[...1 lines deleted...]
-  <si>
     <t>VIQUEZ BOLAÑOS MARIA VIRGINIA RITA SOCORRO</t>
   </si>
   <si>
     <t>VEGA MENDEZ CECILIA</t>
   </si>
   <si>
     <t>SALAS MOYA ANGELA IRIS DEL SOCORRO</t>
   </si>
   <si>
     <t>ARCE CAMPOS AUREA VICTORIA DEL SOCORRO</t>
   </si>
   <si>
-    <t>ALPIZAR GUTIERREZ ALEXIS DE JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>VEGA ALVARADO PEDRO FRANCISCO ELADIO</t>
   </si>
   <si>
     <t>VIQUEZ UGALDE ORONTES MARCOS DEL SOCORRO</t>
   </si>
   <si>
     <t>GONZALEZ OROZCO RAFAEL ANGEL</t>
   </si>
   <si>
     <t>GARRO VALERIO MARIA EUGENIA ZELMIRA</t>
   </si>
   <si>
     <t>CARBALLO ARGUEDAS MARCO TULIO</t>
   </si>
   <si>
     <t>UGALDE PEREZ VIDAL EMIGDIO</t>
   </si>
   <si>
     <t>CAMPOS LUNA CARIDAD CLARA DEL SOCORRO</t>
   </si>
   <si>
-    <t>SANCHEZ MOREIRA LUZ MARINA</t>
-[...1 lines deleted...]
-  <si>
     <t>SEQUEIRA RAMIREZ WARNES FRANCISCO</t>
   </si>
   <si>
-    <t>MENDEZ ARCE JUAN TRINIDAD SOCORRO DE JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>LEPIZ JIMENEZ SHIRLEY VIRGINIA</t>
   </si>
   <si>
-    <t>CHAVES CHAVES IRMA BIENIVENIDA DEL SOCORRO</t>
+    <t>VILLEGAS VILLEGAS MELBA</t>
   </si>
   <si>
     <t>HERNANDEZ JARA MARIA ANTONIA DEL CARMEN</t>
   </si>
   <si>
-    <t>ARAYA ZARATE LUIS MIGUEL DE JESUS</t>
-[...5 lines deleted...]
-    <t>SANCHEZ RIVAS JOSE MARIA ANGEL</t>
+    <t>SOLERA CORONADO MARIA CRISTINA FRANCISCA</t>
   </si>
   <si>
     <t>SALAZAR LOUVIAU ANA LUCIA</t>
   </si>
   <si>
-    <t>VILLALOBOS RAMIREZ OLGA</t>
-[...7 lines deleted...]
-  <si>
     <t>BOGANTES LOAIZA MARTA CECILIA</t>
   </si>
   <si>
     <t>CHAVERRI MORA CLAUDIO</t>
   </si>
   <si>
-    <t>RAMIREZ CAMBRONERO ANA MARIA</t>
-[...4 lines deleted...]
-  <si>
     <t>SAENZ CARBALLO MARIA ROSARIO DE LOS ANGELES</t>
   </si>
   <si>
-    <t>VARGAS DELGADO ANTONIO ALFREDO</t>
-[...7 lines deleted...]
-  <si>
     <t>ARRIETA HERRERA MARIA EUGENIA CLAUDIA</t>
   </si>
   <si>
-    <t>RAMIREZ CAMBRONERO FLORY LIGIA DEL SOCORRO</t>
-[...1 lines deleted...]
-  <si>
     <t>SANCHEZ SALAZAR FELIX GUILERMO DEL CARMEN</t>
   </si>
   <si>
-    <t>CAMPOS SANCHEZ GRACE MARIA</t>
-[...1 lines deleted...]
-  <si>
     <t>ORTIZ LEDEZMA BERNARDINO DE JESUS</t>
   </si>
   <si>
-    <t>FONSECA MOYA MERLIN RAMON</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAVERRI SOTO DANILO</t>
   </si>
   <si>
-    <t>PRENDAS ARAYA GUILLERMO ENRIQUE DE JESUS</t>
-[...4 lines deleted...]
-  <si>
     <t>VALERIO SANCHEZ FRANCISCO JAVIER DE JESUS</t>
   </si>
   <si>
     <t>MONTERO RAMIREZ MARIA DEL CARMEN</t>
   </si>
   <si>
-    <t>AZOFEIFA CAMACHO LUZ MARIA DE LOS ANGELES</t>
-[...5 lines deleted...]
-    <t>RODRIGUEZ GONZALEZ GERMAN</t>
+    <t>VARGAS GARCIA VIRGINIA MARIA DEL SOCORRO</t>
   </si>
   <si>
     <t>VARGAS HERNANDEZ ERNESTINA AMALIA</t>
   </si>
   <si>
     <t>BERNINI RONDELLI MAGDA ADA DOLORES</t>
   </si>
   <si>
-    <t>RAMIREZ VILCHEZ MARIA ELENA</t>
-[...1 lines deleted...]
-  <si>
     <t>MEJIA MONTERO GERARDA MARIA</t>
   </si>
   <si>
     <t>CHAVERRI SAENZ LILIA MARIA</t>
   </si>
   <si>
     <t>VILCHEZ SANCHEZ CARMEN MARIA</t>
   </si>
   <si>
-    <t>MONTERO VILLALOBOS JOSE LEODINO GERARDO</t>
-[...2 lines deleted...]
-    <t>ARCE ESQUIVEL CARLOS LUIS DE JESUS</t>
+    <t>ARGUEDAS VILLALOBOS RIGOBERTO ZOILO DE JESUS</t>
   </si>
   <si>
     <t>VILLALOBOS CHACON OLGA MARTA</t>
   </si>
   <si>
-    <t>CAMPOS BOLAÑOS JUAN DE DIOS FERNANDO</t>
-[...1 lines deleted...]
-  <si>
     <t>SOLIS CARMONA IMELDA ROSINA AUXILIO</t>
   </si>
   <si>
     <t>ROJAS VILLALOBOS GERARDO</t>
   </si>
   <si>
     <t>VIQUEZ ARGUEDAS MANUEL ANTONIO PIO DEL CARMEN</t>
   </si>
   <si>
+    <t>LOPEZ SOLIS FLOR DE MARIA</t>
+  </si>
+  <si>
     <t>PEÑARANDA HERNANDEZ CARLOS LUIS</t>
   </si>
   <si>
-    <t>CAMPOS LUNA MARIA DEL ROSARIO</t>
-[...1 lines deleted...]
-  <si>
     <t>CAMPOS RODRIGUEZ GERARDO ANTONIO</t>
   </si>
   <si>
     <t>MONTERO BRENES MAYRA FRANCISCA</t>
   </si>
   <si>
-    <t>GARITA LOPEZ MARIA TERESA BEATRIZ</t>
-[...4 lines deleted...]
-  <si>
     <t>CAMACHO MONGE CARLOS LUIS DE JESUS</t>
   </si>
   <si>
     <t>ESQUIVEL CHAVES MARIO ANTONIO HERNAN</t>
   </si>
   <si>
     <t>QUESADA SAENZ MARIA ISABEL GERARDINA</t>
   </si>
   <si>
     <t>BENAVIDES ARIAS JOSE JOAQUIN GERARDO</t>
   </si>
   <si>
     <t>LEPIZ VILLEGAS IGNACIO GERARDO DEL SOCORRO</t>
   </si>
   <si>
     <t>BOGANTES MADRIGAL MIGUEL ANGEL DEL SOCORRO</t>
   </si>
   <si>
-    <t>SALAS BORBON MARCO TULIO JESUS DEL SOCORRO</t>
-[...1 lines deleted...]
-  <si>
     <t>PANIAGUA RODRIGUEZ HAYDEE SELENIA</t>
   </si>
   <si>
     <t>UGALDE ARCE RIGOBERTO MARIANO</t>
   </si>
   <si>
-    <t>SANDOVAL VIQUEZ ANA LUCIA</t>
-[...4 lines deleted...]
-  <si>
     <t>BENAVIDES LOPEZ JUAN ALVARO</t>
   </si>
   <si>
     <t>PRENDAS PARREAGUIRRE MARIA DEL ROSARIO DE JESUS</t>
   </si>
   <si>
     <t>VEGA SOTO CARMEN MARIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>ARRIETA VIQUEZ CARLOS ENRIQUE DEL SOCORRO</t>
   </si>
   <si>
     <t>AVENDAÑO HERRERA MANUEL ANGEL DEL CARMEN</t>
   </si>
   <si>
     <t>RAMOS BRENES CECILIA HILDA DEL SOCORRO</t>
   </si>
   <si>
-    <t>VILCHEZ HERNANDEZ LUIS ALBERTO</t>
-[...1 lines deleted...]
-  <si>
     <t>VARGAS CASTRO SANDRA MILAGRO MARIA</t>
   </si>
   <si>
     <t>LEON HERNANDEZ ANA VICTORIA</t>
   </si>
   <si>
-    <t>PANIAGUA MENDEZ MARIA BELEN</t>
-[...4 lines deleted...]
-  <si>
     <t>SANCHEZ CHAVES JOSE ANTONIO</t>
   </si>
   <si>
     <t>RAMIREZ RAMIREZ JOSE ANGEL</t>
   </si>
   <si>
-    <t>CORRALES SAENZ ALBERTO EDUARDO DEL CARMEN</t>
-[...1 lines deleted...]
-  <si>
     <t>ARGUEDAS MENA GERARDO ENRIQUE DE JESUS</t>
   </si>
   <si>
     <t>BOLAÑOS VARGAS JOSE ANTONIO GERARDO</t>
   </si>
   <si>
     <t>VIQUEZ ARGUEDAS RODRIGO GREGORIO DEL SOCORRO</t>
   </si>
   <si>
     <t>CHAVES DELGADO CARLOS MANUEL DE LOS ANGELES</t>
   </si>
   <si>
     <t>SANCHEZ LIZANO MAYRA</t>
   </si>
   <si>
     <t>ORTEGA RIVAS JOSEFA DEL CARMEN</t>
   </si>
   <si>
-    <t>HERNANDEZ RODRIGUEZ ANA ISABEL DEL CARMEN</t>
-[...8 lines deleted...]
-    <t>CAMACHO MONDRAGON RODRIGO ANTONIO DEL ROSARIO</t>
+    <t>ZUÑIGA HERNANDEZ ANA VICTORIA</t>
   </si>
   <si>
     <t>SOLIS ARGUEDAS RAUL ANTONIO DE LA TRINIDAD</t>
   </si>
   <si>
     <t>BARRANTES ALFARO MARIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>ALVARADO SANCHEZ ANA LUISA MARCELA</t>
   </si>
   <si>
-    <t>VILLALOBOS CAMPOS HELVER GUILLERMO</t>
+    <t>DE LA O MARTINEZ GERARDO DEL SOCORRO</t>
   </si>
   <si>
     <t>PORRAS MEJIAS CARLOS LUIS</t>
   </si>
   <si>
     <t>BERMUDEZ AGUILAR EMMANUEL DE JESUS</t>
   </si>
   <si>
-    <t>OROZCO BOLAÑOS MARIO JUAN  GERARDO</t>
-[...16 lines deleted...]
-  <si>
     <t>LOBO ROJAS LILI MARINA VERA DE JESUS</t>
   </si>
   <si>
     <t>CASTRO BONILLA LIGIA MARIA DE LOS ANGELES</t>
   </si>
   <si>
+    <t>CARMONA SANCHEZ CECILIA PILAR DE LOS ANGELES</t>
+  </si>
+  <si>
     <t>MURILLO CHAVES FERNANDO EUGENIO</t>
   </si>
   <si>
     <t>CASTELLON COTO LILLIANA</t>
   </si>
   <si>
     <t>ESQUIVEL ZAMORA MARIA JULIETA DE JESUS</t>
   </si>
   <si>
     <t>LEDEZMA ALFARO MARIO ALBERTO JOSE DE JESUS</t>
   </si>
   <si>
     <t>RAMIREZ CORRALES JUAN LUIS</t>
   </si>
   <si>
-    <t>HERNANDEZ OVIEDO BENIGNA MAYELA DEL SOCORRO</t>
-[...1 lines deleted...]
-  <si>
     <t>FERNANDEZ GRANADOS GILDA MARIA</t>
   </si>
   <si>
     <t>ARGUEDAS CORTES FLOR DE MARIA</t>
   </si>
   <si>
-    <t>SEGURA GONZALEZ CARLOS ALBERTO</t>
+    <t>DUARTE ZARATE ISABEL DE LOS ANGELES</t>
+  </si>
+  <si>
+    <t>VILLALOBOS BALMACEDA JUAN RAMON</t>
   </si>
   <si>
     <t>CALDERON ROJAS MARIA ELENA</t>
   </si>
   <si>
     <t>OVIEDO CORTES NURIA MARIA</t>
   </si>
   <si>
     <t>MUÑOZ SALAS NAZIRA LILIANA</t>
   </si>
   <si>
-    <t>CAMACHO JARA GERMAN ADRIAN DE LOS ANGELES</t>
-[...5 lines deleted...]
-    <t>SANCHEZ SANCHEZ EDUARDO</t>
+    <t>BENAVIDES VILCHEZ MARGARITA MARIA DEL PILAR</t>
   </si>
   <si>
     <t>ROJAS ARAYA VENTURA RAMON DE JESUS</t>
   </si>
   <si>
     <t>UGALDE SANDOVAL SERGIO ANTONIO</t>
   </si>
   <si>
     <t>SANCHEZ AGUILAR RONALD FRANCISCO</t>
   </si>
   <si>
     <t>JIMENEZ ARCE ESTER SILVIA CASTULA</t>
   </si>
   <si>
-    <t>VARGAS CAMPOS LUIS EDUARDO DEL SOCORRO</t>
-[...8 lines deleted...]
-    <t>BENAVIDES MURILLO ZAIDA MARIA</t>
+    <t>ARGUEDAS CORDERO RAFAEL ALBERTO</t>
   </si>
   <si>
     <t>ARGUEDAS CORTES MARGARITA GERARDINA SOCORRO</t>
   </si>
   <si>
     <t>ESQUIVEL CORTES IRMA MARIA DE JESUS</t>
   </si>
   <si>
     <t>CHAVES RODRIGUEZ MIRIAM</t>
   </si>
   <si>
     <t>PEREZ CHAVARRIA RODRIGO ALVARO DE JESUS</t>
   </si>
   <si>
-    <t>CALDERON ARGUEDAS NOEMY LUCIA RAMONA</t>
-[...1 lines deleted...]
-  <si>
     <t>RAMIREZ AVENDAÑO FELIX ALBERTO</t>
   </si>
   <si>
     <t>ARAYA VARGAS YAMILETH AUXILIADORA</t>
   </si>
   <si>
     <t>HERNANDEZ DELGADO RAFAEL OLIVIER DE LA TRINIDAD</t>
   </si>
   <si>
-    <t>BONILLA GONZALEZ AMELIA YADIRA DE LA CONCEPCIO</t>
-[...1 lines deleted...]
-  <si>
     <t>RIVAS BADILLA MIGUEL</t>
   </si>
   <si>
-    <t>DELGADO MOREIRA JOSE DOLORES</t>
-[...1 lines deleted...]
-  <si>
     <t>ARGUEDAS QUESADA CLAUDIO ROBERTO</t>
   </si>
   <si>
     <t>GARRO VIQUEZ LUIS GDO.</t>
   </si>
   <si>
     <t>SALAS BONILLA MARIA ELENA DE LOS ANGELES</t>
   </si>
   <si>
-    <t>DELGADO CARBALLO MARIA DE LOS ANGELES TRINIDAD</t>
-[...1 lines deleted...]
-  <si>
     <t>RODRIGUEZ POVEDA HILDA MARIA</t>
   </si>
   <si>
     <t>GARITA SALMERON LUIS PAULINO</t>
   </si>
   <si>
-    <t>RAMIREZ VARGAS BENJAMIN</t>
-[...1 lines deleted...]
-  <si>
     <t>SANCHEZ VIQUEZ VICTOR MANUEL DE JESUS</t>
   </si>
   <si>
-    <t>CAMACHO ALFARO FLORY CECILIA</t>
-[...4 lines deleted...]
-  <si>
     <t>CALDERON MARIN AURORA ISABEL DE LA TRINIDAD</t>
   </si>
   <si>
-    <t>DELGADO JARA HERNAN EDWIN DE JESUS</t>
+    <t>BENAVIDES OROZCO PEDRO FRANCISCO RAFAEL TOMAS</t>
   </si>
   <si>
     <t>HERRERA UGALDE VIRGITA MARIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>RODRIGUEZ OROZCO SONIA GERARDINA</t>
   </si>
   <si>
+    <t>BARRANTES VILLEGAS RAFAEL MANUEL</t>
+  </si>
+  <si>
     <t>ARAYA VILLALOBOS MARIA CRISTINA DE LOS ANGELES</t>
   </si>
   <si>
     <t>FERNANDEZ SANDOVAL MANUEL ANTONIO DE JESUS</t>
   </si>
   <si>
+    <t>AZOFEIFA CHAVES FLOR MARIA MATILDE</t>
+  </si>
+  <si>
     <t>CAMBRONERO HERRERA RAUL ANTONIO</t>
   </si>
   <si>
     <t>ROJAS VIQUEZ ARACELLY NIDIA</t>
   </si>
   <si>
-    <t>CARBALLO ARGUEDAS JORGE LUIS</t>
-[...1 lines deleted...]
-  <si>
     <t>GONZALEZ PRENDAS SERGIO EVELIO DE LOS ANGELES</t>
   </si>
   <si>
-    <t>BADILLA NUÑEZ MARIA BERNARDA</t>
-[...1 lines deleted...]
-  <si>
     <t>HERRERA HERRERA MANUEL AUGUSTO</t>
   </si>
   <si>
-    <t>VILLALOBOS VILLALOBOS GERARDO MARTIN DE JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>BARQUERO CHAVES GILBERTO ANTONIO</t>
   </si>
   <si>
     <t>RAMOS ALVAREZ ANA MARIA DE LA TRINIDAD</t>
   </si>
   <si>
-    <t>CAMPOS ESPINOZA LIDIETH</t>
-[...2 lines deleted...]
-    <t>CAMACHO VARGAS XINIA</t>
+    <t>ESPINOZA CESPEDES MARIA ELENA DEL SOCORRO</t>
   </si>
   <si>
     <t>ULATE GONZALEZ GEORGINA DE LA TRINIDAD</t>
   </si>
   <si>
     <t>ARROYO SANCHEZ MARIA DEL ROSARIO</t>
   </si>
   <si>
     <t>PORRAS VARGAS MARIA ISABEL CECILIA</t>
   </si>
   <si>
-    <t>SOSA ARIAS DUNIA MARIA DE LOS ANGELES</t>
-[...16 lines deleted...]
-  <si>
     <t>RUIZ CASTILLO LOURDES MARIA DE LA TRINIDAD</t>
   </si>
   <si>
-    <t>BONILLA ROJAS ANA LUCIA</t>
-[...10 lines deleted...]
-  <si>
     <t>ALVARADO SALAS YADIRA MARIA DE JESUS</t>
   </si>
   <si>
-    <t>RAMIREZ SEGURA ISAIAS GERARDO</t>
-[...1 lines deleted...]
-  <si>
     <t>SOTO FLORES NIDIA MARIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>GARCIA SOTO MARIANELA DE LOS ANGELES</t>
   </si>
   <si>
-    <t>ARAYA HERRERA GUISSELLE YOLANDA</t>
+    <t>VIQUEZ CARMONA XINIA MARIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>CALVO SANCHEZ MARIO ALBERTO</t>
   </si>
   <si>
     <t>RODRIGUEZ VILLALOBOS MARIANELA</t>
   </si>
   <si>
     <t>ARAYA VILLALOBOS SONIA JOSEFA</t>
   </si>
   <si>
-    <t>VALERIO OVIEDO MARIA MARLENE DE LA TRINIDAD</t>
-[...1 lines deleted...]
-  <si>
     <t>MIRANDA SANCHEZ MARIA DE LOS ANGELES</t>
   </si>
   <si>
-    <t>ALVARADO MORA MARILU DEL CARMEN</t>
-[...1 lines deleted...]
-  <si>
     <t>GONZALEZ VARGAS CARMEN MA</t>
   </si>
   <si>
     <t>CHAVES ESPINOZA MIGUEL ANGEL GERARDO</t>
   </si>
   <si>
-    <t>SOLIS SANCHEZ MARITA DEL CARMEN</t>
-[...10 lines deleted...]
-  <si>
     <t>VARGAS ALVARADO MARIA ISABEL DE LOS ANGELES</t>
   </si>
   <si>
     <t>ALFARO VARGAS JORGE ANTONIO</t>
   </si>
   <si>
-    <t>GARITA HERNANDEZ CARMEN MARIA</t>
-[...4 lines deleted...]
-  <si>
     <t>RAMIREZ ALFARO HERMINIA MARIA</t>
   </si>
   <si>
+    <t>MIRANDA MONTERO GILBERTO</t>
+  </si>
+  <si>
     <t>GARCIA CAMPOS MANUEL ENRIQUE DE LA TRINIDAD</t>
   </si>
   <si>
-    <t>SANCHEZ VIQUEZ MARIBEL DE LOURDES</t>
-[...8 lines deleted...]
-    <t>ARGUEDAS CORTES HILDA MARIA DEL SOCORRO</t>
+    <t>SAENZ RAMIREZ ANA AUXILIADORA TERESITA</t>
+  </si>
+  <si>
+    <t>MARTINEZ CASCANTE HERBERTH ANTONIO</t>
   </si>
   <si>
     <t>SOTO CAMACHO MARIA DEL CARMEN</t>
   </si>
   <si>
     <t>EDUARTE RAMIREZ GRISEL AUXILIADORA</t>
   </si>
   <si>
-    <t>UGALDE CARVAJAL FLOR DE MARIA</t>
-[...4 lines deleted...]
-  <si>
     <t>RODRIGUEZ POVEDA VIRGINIA MARIA</t>
   </si>
   <si>
     <t>PARRA ROJAS CARMEN YOLANDA</t>
   </si>
   <si>
     <t>JARA BOGANTES FREDY GERARDO</t>
   </si>
   <si>
-    <t>PANTOJA GOMEZ MARTHA EUGENIA</t>
-[...4 lines deleted...]
-  <si>
     <t>MEJIA SALAS JUAN CARLOS</t>
   </si>
   <si>
-    <t>TRIGUEROS CHAVES JOSE LUIS</t>
+    <t>ARROYO BENAVIDES GEORGINA MARIA</t>
   </si>
   <si>
     <t>CAMPOS SAENZ LIVIER MARIA DEL CARMEN</t>
   </si>
   <si>
-    <t>BENAVIDES ROJAS ZAIDA</t>
-[...10 lines deleted...]
-  <si>
     <t>GARITA VILLALOBOS XINIA ISABEL DE LOS ANGELES</t>
   </si>
   <si>
-    <t>LUNA ARCE CARLOS ENRIQUE DE LA TRINIDAD</t>
-[...2 lines deleted...]
-    <t>CAMPOS GOMEZ ANA CECILIA MARTIN DE JESUS</t>
+    <t>VARGAS CORDERO ALEXANDER DE JESUS</t>
   </si>
   <si>
     <t>SOLIS CAMPOS DOMINGO</t>
   </si>
   <si>
     <t>VENEGAS FERNANDEZ RONALD MARTIN DE LA TRINIDAD</t>
   </si>
   <si>
     <t>RAMIREZ ESPINOZA JULIA YAMILETH MAYELA</t>
   </si>
   <si>
-    <t>ZARATE SOLIS MARISOL DE LOS ANGELES</t>
-[...1 lines deleted...]
-  <si>
     <t>SEGURA HERRERA MIGUEL HUMBERTO</t>
   </si>
   <si>
     <t>SALAS MORALES FELIPE ALBERTO DE MARTIN</t>
   </si>
   <si>
     <t>RUBIO CARMONA MARLENE MARGARITA</t>
   </si>
   <si>
-    <t>DELGADO ROJAS HENIO JOSE DE GERARDO</t>
-[...5 lines deleted...]
-    <t>ALEJANDRO CAMACHO RUBI</t>
+    <t>QUESADA BRENES GIOVANNI RAFAEL</t>
   </si>
   <si>
     <t>GONZALEZ SOLIS JUAN RAMON</t>
   </si>
   <si>
-    <t>SANCHEZ MADRIGAL MARIA MAYELA DEL SOCORRO</t>
-[...1 lines deleted...]
-  <si>
     <t>VILCHEZ RAMIREZ KATTIA AUXILIADORA DE JESUS</t>
   </si>
   <si>
+    <t>MATAMOROS SEGURA ALFREDO AGUSTIN</t>
+  </si>
+  <si>
     <t>VILLALOBOS GARITA DANILO ENRIQUE DE JESUS</t>
   </si>
   <si>
     <t>CARBALLO HERRERA CARLOS MANUEL DE JESUS</t>
   </si>
   <si>
-    <t>RAMOS ALVAREZ MARIANELA LILLIANA</t>
-[...1 lines deleted...]
-  <si>
     <t>LUNA GUTIERREZ GEOVANNY DE LA TRINIDAD</t>
   </si>
   <si>
     <t>GARCIA BARRANTES ISMAEL DE JESUS</t>
   </si>
   <si>
     <t>VARGAS ULATE KATTIA AUXILIADORA</t>
   </si>
   <si>
     <t>PORRAS PEÑARANDA JUAN FRANCISCO</t>
   </si>
   <si>
     <t>CARBALLO RAMIREZ ALEX FRANCISCO</t>
   </si>
   <si>
-    <t>JOSE GERARDO MADRIGAL VARGAS</t>
-[...1 lines deleted...]
-  <si>
     <t>BARRET GONZALEZ ALLAN ARTHUR</t>
   </si>
   <si>
     <t>ESQUIVEL MARIN LUISA MARIA</t>
   </si>
   <si>
-    <t>AGUILAR OROZCO TERESITA GERARDA</t>
-[...11 lines deleted...]
-    <t>AGUILAR ULATE MARIA DEL CARMEN</t>
+    <t>CALDERON CARVAJAL HERBERT ANTONIO</t>
   </si>
   <si>
     <t>ARGUEDAS CORTES LUIS ALBERTO</t>
   </si>
   <si>
     <t>GONZALEZ CARMONA MARLON ANDRES</t>
   </si>
   <si>
     <t>NARANJO CASCANTE RICARDO MANUEL</t>
   </si>
   <si>
     <t>BOLAÑOS ZAMORA MARIA VANESSA</t>
   </si>
   <si>
     <t>BASTOS CHAVES LUZ YAMILETH</t>
   </si>
   <si>
     <t>MIRANDA BRENES MARCELA DE LOS ANGELES</t>
   </si>
   <si>
     <t>RAMIREZ POVEDA JUANITA MARIA</t>
   </si>
   <si>
     <t>ARCE GARITA JORLENY</t>
   </si>
   <si>
     <t>GARCIA CHACON MARIELOS DE LOS ANGELES</t>
   </si>
   <si>
-    <t>SEGURA VARGAS ANDREA</t>
+    <t>PANIAGUA SAENZ MARCELA LUCIA</t>
   </si>
   <si>
     <t>ARGUELLO VILLEGAS EDWIN GERARDO</t>
   </si>
   <si>
-    <t>VIQUEZ MONGE GUSTAVO</t>
-[...1 lines deleted...]
-  <si>
     <t>CHACON BARQUERO HECTOR RICARDO</t>
   </si>
   <si>
     <t>ALVARADO SANDOVAL ALEXANDRA MERCEDES</t>
   </si>
   <si>
-    <t>ARROYO ZARATE CARMEN MARIA</t>
-[...4 lines deleted...]
-  <si>
     <t>ARAYA LOPEZ CARLOS GMO.</t>
   </si>
   <si>
-    <t>PRENDAS  EDUARTE  FRANCINI</t>
-[...4 lines deleted...]
-  <si>
     <t>MONTERO ESPINOZA ANA PATRICIA</t>
   </si>
   <si>
     <t>ARGUEDAS MIRANDA JENNIFFER MA.</t>
   </si>
   <si>
     <t>PALMA LEPIZ REINER MAURICIO</t>
   </si>
   <si>
     <t>CERVANTES BRICEÑO BERNARDITA MARIA</t>
   </si>
   <si>
     <t>CORTES GONZALEZ GABRIELA</t>
   </si>
   <si>
-    <t>BONILLA VENEGAS BLADIMIR DE JESUS</t>
-[...1 lines deleted...]
-  <si>
     <t>CHAVERRI MOLINA MARCOS VINICIO</t>
   </si>
   <si>
-    <t>ARAYA MATA JOSHELYN VANESSA</t>
+    <t>ARRIETA GONZALEZ ALEJANDRA MARIA</t>
   </si>
   <si>
     <t>MORA PRADO MANUEL HAIRO</t>
   </si>
   <si>
     <t>VALERIO SALAS YULISSA MARIA</t>
   </si>
   <si>
     <t>QUESADA CORTES LUIS ALEJANDRO</t>
   </si>
   <si>
     <t>ULATE CHAVES NORMAN DAVID</t>
   </si>
   <si>
-    <t>MADRIGAL GONZALEZ JOHANA DE LOS ANGELES</t>
-[...1 lines deleted...]
-  <si>
     <t>CASCANTE AGUERO SUSANA MARIA</t>
   </si>
   <si>
     <t>JAEN SAENZ KIMBERLY ADRIANA</t>
   </si>
   <si>
     <t>MORALES PEÑARANDA INGRID VANESSA</t>
   </si>
   <si>
-    <t>ESTEFANI  MARIA  GONZALEZ  SIBAJA</t>
-[...1 lines deleted...]
-  <si>
     <t>VENEGAS MATA ADRIAN JOSUE</t>
   </si>
   <si>
-    <t>RAMIREZ AGUILAR KATHERINNE GRACIELA</t>
+    <t>HERNANDEZ ARRIETA EYLIN SUSANA</t>
   </si>
   <si>
     <t>CARMONA RAMOS CHRISTIAN ALBERTO</t>
   </si>
   <si>
     <t>MORA SEGURA JAZMIN VALESCA</t>
   </si>
   <si>
     <t>MATARRITA SEGURA RAQUEL FABIOLA</t>
   </si>
   <si>
-    <t>HERRERA BRENES CARLOS JOSE</t>
-[...1 lines deleted...]
-  <si>
     <t>MAROTO CHACON AYLIN TATIANA</t>
   </si>
   <si>
     <t>RODRIGUEZ JIMENEZ NANCY PAMELA</t>
   </si>
   <si>
     <t>MENDOZA CHACON CARLOS LUIS</t>
   </si>
   <si>
     <t>VEGA MURILLO CECILIA MARIA</t>
   </si>
   <si>
     <t>VILLALOBOS DIAZ ROSTLING DAYANA</t>
   </si>
   <si>
     <t>BOGANTES MATA MARIANA CELINA DE LOS ANGELES</t>
   </si>
   <si>
     <t>CORDERO ALVAREZ EBERTO</t>
   </si>
   <si>
     <t>GAMBOA DURAN MARIA ISABEL</t>
   </si>
   <si>
     <t>PEREZ RUIZ MILTON MARIANO DEL SOCORRO</t>
   </si>
   <si>
     <t>VEGA ALVAREZ MANUEL ANTONIO</t>
   </si>
   <si>
-    <t>MONTERO MENDEZ AIDA NEOMICIA DEL SOCORRO</t>
-[...1 lines deleted...]
-  <si>
     <t>VILLALOBOS MADRIGAL BLANCA ROSA DEL CARMEN</t>
   </si>
   <si>
-    <t>MATARRITA PEREZ SANTOS VERA</t>
-[...1 lines deleted...]
-  <si>
     <t>JIMENEZ ALVAREZ MARIA</t>
   </si>
   <si>
-    <t>MARTINEZ ORDOÑEZ OLGA MARTA LINA</t>
-[...1 lines deleted...]
-  <si>
     <t>ARGUEDAS PORRAS NOEMI RAMONA</t>
   </si>
   <si>
     <t>DELGADO AGUILAR JUSTA ANA ISABEL</t>
   </si>
   <si>
-    <t>JIMENEZ MUÑOZ HERMINIA</t>
-[...1 lines deleted...]
-  <si>
     <t>PEREZ PEREZ JOSE EUGENIO</t>
   </si>
   <si>
     <t>ALFARO MEJIAS JORGE ARTURO DE JESUS</t>
   </si>
   <si>
     <t>RODRIGUEZ RODRIGUEZ MARIA ISABEL</t>
   </si>
   <si>
-    <t>POVEDA LACAYO MARICELA</t>
-[...1 lines deleted...]
-  <si>
     <t>ACEVEDO DIAZ FREDDY GDO</t>
   </si>
   <si>
+    <t>DURAN MORENO MINOR ANTONIO</t>
+  </si>
+  <si>
     <t>PEREZ LOPEZ WILBER ALBERTO</t>
   </si>
   <si>
     <t>RODRIGUEZ BADILLA MARIO ALBERTO</t>
   </si>
   <si>
-    <t>DELGADO HUERTAS EVANGELINA DE LA TRINIDAD</t>
-[...1 lines deleted...]
-  <si>
     <t>MADRIGAL MADRIGAL MARIA ROSA DEL SOCORRO</t>
   </si>
   <si>
     <t>VILLALON FIGUEROA MARIA XENIA FELICIA</t>
   </si>
   <si>
-    <t>ROJAS GOMEZ MARIA TERESA DEL CARMEN</t>
-[...1 lines deleted...]
-  <si>
     <t>DUARTE DUARTE AQUILINO FRANCISCO</t>
   </si>
   <si>
     <t>GONZALEZ AVILA ELSA MARIA DEL CARMEN</t>
   </si>
   <si>
     <t>CARMONA VILLEGAS MARA EMILCE DE JESUS</t>
   </si>
   <si>
     <t>GOMEZ AGUIRRE VIRGINIA RAMONA</t>
   </si>
   <si>
     <t>BONILLA SANDI ALBAN</t>
   </si>
   <si>
     <t>LEITON ALVAREZ VICTOR MANUEL</t>
   </si>
   <si>
     <t>SOMARRIBAS UMAÑA EDWIN JUSTINO</t>
   </si>
   <si>
-    <t>ALVAREZ CASTRILLO MARIA DEL CARMEN</t>
-[...4 lines deleted...]
-  <si>
     <t>PEREZ HERNANDEZ MARIA EUGENIA DE LOS ANGELES</t>
   </si>
   <si>
-    <t>QUINTERO GARCIA DANIEL</t>
-[...1 lines deleted...]
-  <si>
     <t>SARMIENTO CAMPOS BLANCA ROSA</t>
   </si>
   <si>
     <t>SARMIENTO CAMPOS CARLOS MANUEL</t>
   </si>
   <si>
-    <t>AGUIRRE CHAVES MARLENE CECILIA DE LA TRINIDAD</t>
-[...1 lines deleted...]
-  <si>
     <t>CORDERO ZUÑIGA ANA LORENA DE LOS ANGELES</t>
   </si>
   <si>
     <t>PATIÑO ROSALES JOSE JOAQUIN</t>
   </si>
   <si>
     <t>BUSTOS SALAS PEDRO JOSE</t>
   </si>
   <si>
     <t>MEJIAS VILLALOBOS CARLOS</t>
   </si>
   <si>
     <t>VALDELOMAR ESPINOZA ANALIA DE JESUS</t>
   </si>
   <si>
     <t>ESPINOZA MATARRITA LIONETH DE LOS ANGELES</t>
   </si>
   <si>
     <t>CHACON ZUÑIGA ALEX</t>
   </si>
   <si>
     <t>RODRIGUEZ HERNANDEZ JOSE ANTONIO</t>
   </si>
   <si>
-    <t>LEIVA SANCHEZ ENEIDA</t>
-[...4 lines deleted...]
-  <si>
     <t>CASTRO MONTES MARVIN</t>
   </si>
   <si>
+    <t>CORDERO CAMPOS ADONAY</t>
+  </si>
+  <si>
     <t>CRUZ SANDI JHONDERTH</t>
   </si>
   <si>
     <t>CHACON SOLORZANO LUIS FRANCISCO</t>
   </si>
   <si>
     <t>BADILLA CHAMORRO NANCY VIVIANA</t>
   </si>
   <si>
     <t>DIAZ VARGAS WILLIAM ESTEBAN</t>
   </si>
   <si>
     <t>OROZCO BADILLA JOSE</t>
   </si>
   <si>
     <t>BRENES SALAS IDA MARIA</t>
   </si>
   <si>
     <t>ORTIZ SOLIS MARIA ELENA</t>
   </si>
   <si>
-    <t>ARAYA CHAVARRIA GUISELLE LILLIANA</t>
-[...1 lines deleted...]
-  <si>
     <t>BARQUERO VEGA MIREYA MARIA MAYELA</t>
   </si>
   <si>
-    <t>GUILLEN ULLOA EMILIO GERARDO</t>
-[...1 lines deleted...]
-  <si>
     <t>RAMIREZ SILES VERA VIOLETA</t>
   </si>
   <si>
     <t>WILLIAMS UNFRIED SHANTHEL NAYARA</t>
   </si>
   <si>
     <t>HARRIS STONE JERROLYN CELESTINA</t>
   </si>
   <si>
     <t>VALERIO DAVILA STEPHANIE VIVIANA</t>
   </si>
   <si>
     <t>GARCIA GARCIA EDDIE</t>
   </si>
   <si>
     <t>SANDOVAL SANDOVAL MARIA DEL CARMEN</t>
   </si>
   <si>
     <t>LINARES LOPEZ MANUEL RAMON</t>
   </si>
   <si>
-    <t>CUADRA CALERO ESTHER JULIA</t>
-[...1 lines deleted...]
-  <si>
     <t>LEAL RUGAMA OLIVIA</t>
   </si>
   <si>
     <t>LOPEZ GOMEZ LILLIAM MARINA</t>
   </si>
   <si>
-    <t>SOZA REYES XIOMARA DEL CARMEN</t>
+    <t>OBANDO JUAREZ SANDRA MARIA</t>
   </si>
   <si>
     <t>JUAREZ SALGADO AUGUSTO SERVANDO</t>
   </si>
   <si>
     <t>REYNA RODRIGUEZ NARCISO LAZARO</t>
   </si>
   <si>
     <t>VASQUEZ ARAGON CAROLINA DEL SOCORRO</t>
   </si>
   <si>
     <t>CRUZ CRUZ CRISTHIAN DEYANIRA</t>
   </si>
   <si>
-    <t>HERNANDEZ PACHECO JOHNNY JOSE DE JESUS</t>
-[...2 lines deleted...]
-    <t>ESPELETA LOBO IRENE ROSARIO DE JESUS</t>
+    <t>RODRIGUEZ QUESADA IGNACIO FERNANDO DE JESUS</t>
   </si>
   <si>
     <t>SANCHEZ MUÑOZ PEDRO FRANCISCO</t>
   </si>
   <si>
     <t>PEREZ MADRIGAL JOSE FERNANDO DE JESUS</t>
   </si>
   <si>
     <t>RAMIREZ MADRIZ GLADYS TERESITA DEL CARMEN</t>
   </si>
   <si>
-    <t>SEGURA ACOSTA MARIA DEL CARMEN</t>
-[...1 lines deleted...]
-  <si>
     <t>QUESADA MUÑOZ RAUL GERARDO</t>
   </si>
   <si>
     <t>FLORES CHAVES ANA ISABEL DE LOS ANGELES</t>
   </si>
   <si>
     <t>VARGAS CHAVERRI ABEL VICTOR MANUEL</t>
   </si>
   <si>
     <t>VARGAS SALAZAR WILSON ISIDRO</t>
   </si>
   <si>
-    <t>MONTOYA RODRIGUEZ FABIO GERARDO</t>
-[...1 lines deleted...]
-  <si>
     <t>ARRIETA SANCHEZ MARIA SOLEIDA DEL SOCORRO</t>
   </si>
   <si>
     <t>RODRIGUEZ QUESADA CARLOS MARIA</t>
   </si>
   <si>
     <t>BRENES AVENDAÑO ISMAEL RAMON RIGOBERTO</t>
   </si>
   <si>
-    <t>AMADOR SAMUELS MARCELA DEL CARMEN</t>
-[...5 lines deleted...]
-    <t>SANDOVAL GONZALEZ NORMA IRIS DEL SOCORRO</t>
+    <t>CORRALES DELGADO ALBANIA MARIA DE LOS ANGELES</t>
   </si>
   <si>
     <t>MUÑOZ MENDEZ PORFIRIO ANTONIO</t>
   </si>
   <si>
-    <t>LUNA EDUARTE ANA CECILIA</t>
+    <t>TREJOS BENAVIDES ANA FRANCINE</t>
   </si>
   <si>
     <t>SEGURA SANCHO OSCAR LUIS DE LA TRINIDAD</t>
   </si>
   <si>
     <t>VIQUEZ UGALDE ROBERTO ANTONIO GREGORIO</t>
   </si>
   <si>
+    <t>RIVERA ARAYA OSCAR ENRIQUE GERARDO</t>
+  </si>
+  <si>
     <t>GOMEZ VARGAS GILBERT ADONAY</t>
   </si>
   <si>
     <t>LAMAS JAEN DORA MARINA</t>
   </si>
   <si>
     <t>SOLANO MASIS MARLENE</t>
   </si>
   <si>
-    <t>GARITA MENA MARIO ALBERTO</t>
-[...8 lines deleted...]
-    <t>BONILLA CHAVES NURY LEONOR</t>
+    <t>VARGAS SEGURA MARIA ESTELA</t>
   </si>
   <si>
     <t>CAMPOS LOPEZ CLARIBEL</t>
   </si>
   <si>
     <t>ARCE PEREZ HORACIO</t>
   </si>
   <si>
     <t>GARITA QUIROS VILMA MAYELA</t>
   </si>
   <si>
-    <t>CORRALES CAMPOS LEONARDO</t>
-[...4 lines deleted...]
-  <si>
     <t>CHAVES VALERIO JORGE LUIS</t>
   </si>
   <si>
     <t>SOLERA OREAMUNO JUAN MARIA</t>
   </si>
   <si>
     <t>ESPINOZA FONSECA ANGIE</t>
   </si>
   <si>
     <t>BALCITA BALCITA HELEN</t>
   </si>
   <si>
     <t>RAMIREZ PEREZ ADRIAN</t>
   </si>
   <si>
-    <t>MONGE SOLORZANO MARIA ANTONIA</t>
-[...1 lines deleted...]
-  <si>
     <t>JIMENEZ MANUEL ANTONIO</t>
   </si>
   <si>
     <t>MERCADO AGUILAR ALBERTINA DEL SOCORRO</t>
   </si>
   <si>
     <t>CABEZAS BOZA CARMEN</t>
   </si>
   <si>
     <t>MORAGA ACOSTA TOMASA DEL SOCORRO</t>
   </si>
   <si>
-    <t>CANO MAYORGA BERTA</t>
-[...1 lines deleted...]
-  <si>
     <t>OROZCO OBANDO MIREYA</t>
   </si>
   <si>
     <t>CANDIDA ROSA PAVON</t>
   </si>
   <si>
     <t>BALLADARES DAVILA RUTH JAZMIN</t>
   </si>
   <si>
     <t>TORIBIO ARGUELLO MATIAS</t>
   </si>
   <si>
     <t>SANDOVAL CRUZ CARLOS</t>
   </si>
   <si>
     <t>MERCEDES  CONTRERAS</t>
   </si>
   <si>
     <t>CUADRA AGUILAR RODRIGO ANT.</t>
   </si>
   <si>
     <t>RAMIREZ DELGADILLO ALEXIS DE JESUS</t>
   </si>
   <si>
     <t>RUIZ ZELAYA JUANA FRANCISCA</t>
@@ -3041,75 +2402,72 @@
   <si>
     <t>HERRERA VARGAS DE DIAZ CECILIA</t>
   </si>
   <si>
     <t>MEZA SOSA HILDA DE LOS ANGELES</t>
   </si>
   <si>
     <t>ASOCIACION PRO ATENCION DE ANCIANOS DE HEREDIA</t>
   </si>
   <si>
     <t>GAMBOA PANIAGUA LUZ BETINA y FAM.</t>
   </si>
   <si>
     <t>HERNANDEZ PALMA DINORA</t>
   </si>
   <si>
     <t>MIMOPO SETENTA S. A.</t>
   </si>
   <si>
     <t>GRUPO FAMILIA SOTO VIQUEZ S.A</t>
   </si>
   <si>
     <t>GARITA HERNANDEZ MIGUEL</t>
   </si>
   <si>
-    <t>QUESADA HERRERA MARIA DE LOS ANGELES</t>
-[...1 lines deleted...]
-  <si>
     <t>CAPUANO YANNIELLO GIOVANNA</t>
   </si>
   <si>
     <t>ROJAS BOLAÑOS MA. LUISA</t>
   </si>
   <si>
     <t>ZAMORA GONZALEZ MANUEL JOSE</t>
   </si>
   <si>
     <t>REYES ESPINOZA NELSAN</t>
   </si>
   <si>
     <t>PENDIENTE</t>
   </si>
   <si>
     <t>JUDICIAL</t>
   </si>
   <si>
     <t>ADMINISTRATIVO</t>
   </si>
   <si>
-    <t xml:space="preserve">ESTUDIO </t>
+    <t>ESTUDIO</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="1" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>
@@ -3388,21038 +2746,17439 @@
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="63000"/>
                 <a:satMod val="120000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:lin ang="5400000" scaled="0"/>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{62F939B6-93AF-4DB8-9C6B-D6C7DFDC589F}" vid="{4A3C46E8-61CC-4603-A589-7422A47A8E4A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
-  <dimension ref="A1:D1498"/>
+  <dimension ref="A1:D1241"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0">
-      <selection activeCell="D2" sqref="D2:D1498"/>
+      <selection activeCell="D2" sqref="D2:D1241"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultColWidth="9.140625" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="39.5703125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="19.7109375" customWidth="1"/>
+    <col min="1" max="1" width="41" customWidth="1"/>
+    <col min="2" max="3" width="13.140625" customWidth="1"/>
+    <col min="4" max="4" width="18" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A2" t="s">
         <v>4</v>
       </c>
       <c r="B2" t="s">
         <v>5</v>
       </c>
       <c r="C2">
         <v>9</v>
       </c>
       <c r="D2" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A3" t="s">
         <v>6</v>
       </c>
       <c r="B3" t="s">
         <v>7</v>
       </c>
       <c r="C3">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="D3" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="4" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A4" t="s">
         <v>6</v>
       </c>
       <c r="B4" t="s">
         <v>7</v>
       </c>
       <c r="C4">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="D4" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="5" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A5" t="s">
         <v>6</v>
       </c>
       <c r="B5" t="s">
         <v>7</v>
       </c>
       <c r="C5">
         <v>1</v>
       </c>
       <c r="D5" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="6" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A6" t="s">
         <v>8</v>
       </c>
       <c r="B6" t="s">
         <v>9</v>
       </c>
       <c r="C6">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D6" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="7" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A7" t="s">
         <v>8</v>
       </c>
       <c r="B7" t="s">
         <v>9</v>
       </c>
       <c r="C7">
         <v>5</v>
       </c>
       <c r="D7" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="8" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A8" t="s">
         <v>10</v>
       </c>
       <c r="B8">
         <v>26045</v>
       </c>
       <c r="C8">
         <v>4</v>
       </c>
       <c r="D8" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="9" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A9" t="s">
         <v>11</v>
       </c>
       <c r="B9">
         <v>3726</v>
       </c>
       <c r="C9">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D9" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="10" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A10" t="s">
         <v>11</v>
       </c>
       <c r="B10">
         <v>3726</v>
       </c>
       <c r="C10">
         <v>98</v>
       </c>
       <c r="D10" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="11" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A11" t="s">
         <v>12</v>
       </c>
       <c r="B11">
         <v>3940</v>
       </c>
       <c r="C11">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D11" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="12" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A12" t="s">
         <v>12</v>
       </c>
       <c r="B12">
         <v>3940</v>
       </c>
       <c r="C12">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D12" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="13" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A13" t="s">
         <v>13</v>
       </c>
       <c r="B13">
-        <v>4601</v>
+        <v>6020</v>
       </c>
       <c r="C13">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D13" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="14" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A14" t="s">
         <v>14</v>
       </c>
       <c r="B14">
-        <v>6020</v>
+        <v>7571</v>
       </c>
       <c r="C14">
-        <v>3</v>
+        <v>31</v>
       </c>
       <c r="D14" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="15" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A15" t="s">
-        <v>15</v>
+        <v>14</v>
       </c>
       <c r="B15">
         <v>7571</v>
       </c>
       <c r="C15">
-        <v>31</v>
+        <v>5</v>
       </c>
       <c r="D15" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="16" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A16" t="s">
         <v>15</v>
       </c>
       <c r="B16">
-        <v>7571</v>
+        <v>10190</v>
       </c>
       <c r="C16">
-        <v>4</v>
+        <v>27</v>
       </c>
       <c r="D16" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="17" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A17" t="s">
-        <v>16</v>
+        <v>15</v>
       </c>
       <c r="B17">
         <v>10190</v>
       </c>
       <c r="C17">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D17" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="18" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A18" t="s">
         <v>16</v>
       </c>
       <c r="B18">
-        <v>10190</v>
+        <v>13321</v>
       </c>
       <c r="C18">
-        <v>27</v>
+        <v>11</v>
       </c>
       <c r="D18" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="19" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A19" t="s">
-        <v>17</v>
+        <v>16</v>
       </c>
       <c r="B19">
-        <v>10970</v>
+        <v>13321</v>
       </c>
       <c r="C19">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D19" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="20" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A20" t="s">
         <v>17</v>
       </c>
       <c r="B20">
-        <v>10970</v>
+        <v>13335</v>
       </c>
       <c r="C20">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D20" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="21" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A21" t="s">
         <v>18</v>
       </c>
       <c r="B21">
-        <v>13321</v>
+        <v>13358</v>
       </c>
       <c r="C21">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D21" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="22" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A22" t="s">
-        <v>18</v>
+        <v>19</v>
       </c>
       <c r="B22">
-        <v>13321</v>
+        <v>14347</v>
       </c>
       <c r="C22">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="D22" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="23" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A23" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="B23">
-        <v>14347</v>
+        <v>14488</v>
       </c>
       <c r="C23">
-        <v>3</v>
+        <v>42</v>
       </c>
       <c r="D23" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="24" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A24" t="s">
         <v>20</v>
       </c>
       <c r="B24">
         <v>14488</v>
       </c>
       <c r="C24">
-        <v>42</v>
+        <v>6</v>
       </c>
       <c r="D24" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="25" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A25" t="s">
-        <v>20</v>
+        <v>21</v>
       </c>
       <c r="B25">
-        <v>14488</v>
+        <v>14711</v>
       </c>
       <c r="C25">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D25" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="26" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A26" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B26">
-        <v>14497</v>
+        <v>14712</v>
       </c>
       <c r="C26">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D26" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="27" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A27" t="s">
         <v>22</v>
       </c>
       <c r="B27">
-        <v>14711</v>
+        <v>14712</v>
       </c>
       <c r="C27">
-        <v>3</v>
+        <v>58</v>
       </c>
       <c r="D27" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="28" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A28" t="s">
         <v>23</v>
       </c>
       <c r="B28">
-        <v>14712</v>
+        <v>14726</v>
       </c>
       <c r="C28">
-        <v>58</v>
+        <v>4</v>
       </c>
       <c r="D28" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="29" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A29" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B29">
-        <v>14712</v>
+        <v>14729</v>
       </c>
       <c r="C29">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D29" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="30" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A30" t="s">
         <v>24</v>
       </c>
       <c r="B30">
-        <v>14726</v>
+        <v>14729</v>
       </c>
       <c r="C30">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D30" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="31" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A31" t="s">
         <v>25</v>
       </c>
       <c r="B31">
-        <v>14729</v>
+        <v>14750</v>
       </c>
       <c r="C31">
-        <v>7</v>
+        <v>67</v>
       </c>
       <c r="D31" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="32" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A32" t="s">
         <v>25</v>
       </c>
       <c r="B32">
-        <v>14729</v>
+        <v>14750</v>
       </c>
       <c r="C32">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D32" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="33" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A33" t="s">
         <v>26</v>
       </c>
       <c r="B33">
-        <v>14750</v>
+        <v>17671</v>
       </c>
       <c r="C33">
-        <v>67</v>
+        <v>43</v>
       </c>
       <c r="D33" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="34" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A34" t="s">
         <v>26</v>
       </c>
       <c r="B34">
-        <v>14750</v>
+        <v>17671</v>
       </c>
       <c r="C34">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D34" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="35" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A35" t="s">
         <v>27</v>
       </c>
       <c r="B35">
-        <v>15114</v>
+        <v>17691</v>
       </c>
       <c r="C35">
-        <v>1</v>
+        <v>95</v>
       </c>
       <c r="D35" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="36" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A36" t="s">
-        <v>28</v>
+        <v>27</v>
       </c>
       <c r="B36">
-        <v>17671</v>
+        <v>17691</v>
       </c>
       <c r="C36">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D36" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="37" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A37" t="s">
         <v>28</v>
       </c>
       <c r="B37">
-        <v>17671</v>
+        <v>17753</v>
       </c>
       <c r="C37">
-        <v>43</v>
+        <v>5</v>
       </c>
       <c r="D37" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="38" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A38" t="s">
-        <v>29</v>
+        <v>28</v>
       </c>
       <c r="B38">
-        <v>17691</v>
+        <v>17753</v>
       </c>
       <c r="C38">
-        <v>95</v>
+        <v>111</v>
       </c>
       <c r="D38" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="39" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A39" t="s">
         <v>29</v>
       </c>
       <c r="B39">
-        <v>17691</v>
+        <v>24286</v>
       </c>
       <c r="C39">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D39" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="40" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A40" t="s">
-        <v>30</v>
+        <v>29</v>
       </c>
       <c r="B40">
-        <v>17753</v>
+        <v>24286</v>
       </c>
       <c r="C40">
-        <v>111</v>
+        <v>106</v>
       </c>
       <c r="D40" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="41" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A41" t="s">
         <v>30</v>
       </c>
       <c r="B41">
-        <v>17753</v>
+        <v>24310</v>
       </c>
       <c r="C41">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D41" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="42" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A42" t="s">
-        <v>31</v>
+        <v>30</v>
       </c>
       <c r="B42">
-        <v>18611</v>
+        <v>24310</v>
       </c>
       <c r="C42">
-        <v>3</v>
+        <v>27</v>
       </c>
       <c r="D42" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="43" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A43" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B43">
-        <v>24286</v>
+        <v>24312</v>
       </c>
       <c r="C43">
-        <v>106</v>
+        <v>4</v>
       </c>
       <c r="D43" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="44" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A44" t="s">
         <v>32</v>
       </c>
       <c r="B44">
-        <v>24286</v>
+        <v>24319</v>
       </c>
       <c r="C44">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D44" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="45" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A45" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B45">
-        <v>24310</v>
+        <v>24319</v>
       </c>
       <c r="C45">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="D45" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="46" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A46" t="s">
         <v>33</v>
       </c>
       <c r="B46">
-        <v>24310</v>
+        <v>24358</v>
       </c>
       <c r="C46">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D46" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="47" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A47" t="s">
-        <v>34</v>
+        <v>33</v>
       </c>
       <c r="B47">
-        <v>24312</v>
+        <v>24358</v>
       </c>
       <c r="C47">
-        <v>3</v>
+        <v>107</v>
       </c>
       <c r="D47" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="48" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A48" t="s">
-        <v>35</v>
+        <v>34</v>
       </c>
       <c r="B48">
-        <v>24319</v>
+        <v>24369</v>
       </c>
       <c r="C48">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D48" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="49" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A49" t="s">
         <v>35</v>
       </c>
       <c r="B49">
-        <v>24319</v>
+        <v>24376</v>
       </c>
       <c r="C49">
-        <v>4</v>
+        <v>106</v>
       </c>
       <c r="D49" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="50" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A50" t="s">
-        <v>36</v>
+        <v>35</v>
       </c>
       <c r="B50">
-        <v>24341</v>
+        <v>24376</v>
       </c>
       <c r="C50">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D50" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="51" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A51" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B51">
-        <v>24358</v>
+        <v>24379</v>
       </c>
       <c r="C51">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="D51" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="52" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A52" t="s">
-        <v>37</v>
+        <v>36</v>
       </c>
       <c r="B52">
-        <v>24358</v>
+        <v>24379</v>
       </c>
       <c r="C52">
-        <v>107</v>
+        <v>23</v>
       </c>
       <c r="D52" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="53" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A53" t="s">
-        <v>38</v>
+        <v>37</v>
       </c>
       <c r="B53">
-        <v>24369</v>
+        <v>24389</v>
       </c>
       <c r="C53">
         <v>4</v>
       </c>
       <c r="D53" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="54" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A54" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B54">
-        <v>24376</v>
+        <v>24400</v>
       </c>
       <c r="C54">
-        <v>5</v>
+        <v>24</v>
       </c>
       <c r="D54" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="55" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A55" t="s">
-        <v>39</v>
+        <v>38</v>
       </c>
       <c r="B55">
-        <v>24376</v>
+        <v>24400</v>
       </c>
       <c r="C55">
-        <v>106</v>
+        <v>16</v>
       </c>
       <c r="D55" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="56" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A56" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B56">
-        <v>24379</v>
+        <v>24622</v>
       </c>
       <c r="C56">
-        <v>23</v>
+        <v>118</v>
       </c>
       <c r="D56" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="57" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A57" t="s">
-        <v>40</v>
+        <v>39</v>
       </c>
       <c r="B57">
-        <v>24379</v>
+        <v>24622</v>
       </c>
       <c r="C57">
-        <v>16</v>
+        <v>6</v>
       </c>
       <c r="D57" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="58" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A58" t="s">
-        <v>41</v>
+        <v>40</v>
       </c>
       <c r="B58">
-        <v>24389</v>
+        <v>24694</v>
       </c>
       <c r="C58">
-        <v>3</v>
+        <v>25</v>
       </c>
       <c r="D58" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="59" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A59" t="s">
-        <v>42</v>
+        <v>41</v>
       </c>
       <c r="B59">
-        <v>24400</v>
+        <v>24699</v>
       </c>
       <c r="C59">
-        <v>24</v>
+        <v>4</v>
       </c>
       <c r="D59" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="60" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A60" t="s">
         <v>42</v>
       </c>
       <c r="B60">
-        <v>24400</v>
+        <v>24756</v>
       </c>
       <c r="C60">
-        <v>15</v>
+        <v>1</v>
       </c>
       <c r="D60" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="61" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A61" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="B61">
-        <v>24622</v>
+        <v>24756</v>
       </c>
       <c r="C61">
-        <v>118</v>
+        <v>39</v>
       </c>
       <c r="D61" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="62" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A62" t="s">
         <v>43</v>
       </c>
       <c r="B62">
-        <v>24622</v>
+        <v>24771</v>
       </c>
       <c r="C62">
-        <v>5</v>
+        <v>52</v>
       </c>
       <c r="D62" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="63" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A63" t="s">
-        <v>44</v>
+        <v>43</v>
       </c>
       <c r="B63">
-        <v>24641</v>
+        <v>24771</v>
       </c>
       <c r="C63">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D63" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="64" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A64" t="s">
-        <v>45</v>
+        <v>44</v>
       </c>
       <c r="B64">
-        <v>24671</v>
+        <v>24858</v>
       </c>
       <c r="C64">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D64" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="65" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A65" t="s">
-        <v>46</v>
+        <v>44</v>
       </c>
       <c r="B65">
-        <v>24694</v>
+        <v>24858</v>
       </c>
       <c r="C65">
-        <v>25</v>
+        <v>9</v>
       </c>
       <c r="D65" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="66" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A66" t="s">
-        <v>47</v>
+        <v>45</v>
       </c>
       <c r="B66">
-        <v>24699</v>
+        <v>24866</v>
       </c>
       <c r="C66">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="D66" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="67" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A67" t="s">
-        <v>48</v>
+        <v>45</v>
       </c>
       <c r="B67">
-        <v>24756</v>
+        <v>24866</v>
       </c>
       <c r="C67">
-        <v>39</v>
+        <v>5</v>
       </c>
       <c r="D67" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="68" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A68" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B68">
-        <v>24771</v>
+        <v>24870</v>
       </c>
       <c r="C68">
         <v>4</v>
       </c>
       <c r="D68" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="69" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A69" t="s">
-        <v>49</v>
+        <v>46</v>
       </c>
       <c r="B69">
-        <v>24771</v>
+        <v>24870</v>
       </c>
       <c r="C69">
-        <v>52</v>
+        <v>4</v>
       </c>
       <c r="D69" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="70" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A70" t="s">
-        <v>50</v>
+        <v>47</v>
       </c>
       <c r="B70">
-        <v>24858</v>
+        <v>24873</v>
       </c>
       <c r="C70">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D70" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="71" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A71" t="s">
-        <v>50</v>
+        <v>48</v>
       </c>
       <c r="B71">
-        <v>24858</v>
+        <v>24881</v>
       </c>
       <c r="C71">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D71" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="72" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A72" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="B72">
-        <v>24866</v>
+        <v>24881</v>
       </c>
       <c r="C72">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="D72" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="73" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A73" t="s">
-        <v>51</v>
+        <v>49</v>
       </c>
       <c r="B73">
-        <v>24866</v>
+        <v>24895</v>
       </c>
       <c r="C73">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D73" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="74" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A74" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B74">
-        <v>24870</v>
+        <v>24922</v>
       </c>
       <c r="C74">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D74" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="75" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A75" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B75">
-        <v>24870</v>
+        <v>24922</v>
       </c>
       <c r="C75">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="D75" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="76" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A76" t="s">
-        <v>53</v>
+        <v>51</v>
       </c>
       <c r="B76">
-        <v>24873</v>
+        <v>25025</v>
       </c>
       <c r="C76">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D76" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="77" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A77" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B77">
-        <v>24881</v>
+        <v>25074</v>
       </c>
       <c r="C77">
-        <v>5</v>
+        <v>51</v>
       </c>
       <c r="D77" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="78" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A78" t="s">
-        <v>54</v>
+        <v>52</v>
       </c>
       <c r="B78">
-        <v>24881</v>
+        <v>25074</v>
       </c>
       <c r="C78">
-        <v>50</v>
+        <v>5</v>
       </c>
       <c r="D78" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="79" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A79" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B79">
-        <v>24922</v>
+        <v>25106</v>
       </c>
       <c r="C79">
-        <v>15</v>
+        <v>103</v>
       </c>
       <c r="D79" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="80" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A80" t="s">
-        <v>55</v>
+        <v>53</v>
       </c>
       <c r="B80">
-        <v>24922</v>
+        <v>25106</v>
       </c>
       <c r="C80">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D80" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="81" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A81" t="s">
-        <v>56</v>
+        <v>54</v>
       </c>
       <c r="B81">
-        <v>25025</v>
+        <v>2513</v>
       </c>
       <c r="C81">
         <v>3</v>
       </c>
       <c r="D81" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="82" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A82" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B82">
-        <v>25074</v>
+        <v>25268</v>
       </c>
       <c r="C82">
         <v>4</v>
       </c>
       <c r="D82" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="83" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A83" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B83">
-        <v>25074</v>
+        <v>25268</v>
       </c>
       <c r="C83">
-        <v>51</v>
+        <v>32</v>
       </c>
       <c r="D83" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="84" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A84" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B84">
-        <v>25083</v>
+        <v>25271</v>
       </c>
       <c r="C84">
-        <v>28</v>
+        <v>5</v>
       </c>
       <c r="D84" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="85" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A85" t="s">
-        <v>58</v>
+        <v>56</v>
       </c>
       <c r="B85">
-        <v>25083</v>
+        <v>25271</v>
       </c>
       <c r="C85">
-        <v>3</v>
+        <v>67</v>
       </c>
       <c r="D85" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="86" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A86" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B86">
-        <v>25106</v>
+        <v>25291</v>
       </c>
       <c r="C86">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D86" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="87" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A87" t="s">
-        <v>59</v>
+        <v>57</v>
       </c>
       <c r="B87">
-        <v>25106</v>
+        <v>25291</v>
       </c>
       <c r="C87">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D87" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="88" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A88" t="s">
-        <v>60</v>
+        <v>58</v>
       </c>
       <c r="B88">
-        <v>2513</v>
+        <v>25379</v>
       </c>
       <c r="C88">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D88" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="89" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A89" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="B89">
-        <v>25268</v>
+        <v>25379</v>
       </c>
       <c r="C89">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D89" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="90" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A90" t="s">
-        <v>61</v>
+        <v>59</v>
       </c>
       <c r="B90">
-        <v>25268</v>
+        <v>25416</v>
       </c>
       <c r="C90">
-        <v>32</v>
+        <v>6</v>
       </c>
       <c r="D90" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="91" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A91" t="s">
-        <v>62</v>
+        <v>59</v>
       </c>
       <c r="B91">
-        <v>25271</v>
+        <v>25416</v>
       </c>
       <c r="C91">
-        <v>67</v>
+        <v>50</v>
       </c>
       <c r="D91" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="92" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A92" t="s">
-        <v>62</v>
+        <v>60</v>
       </c>
       <c r="B92">
-        <v>25271</v>
+        <v>25470</v>
       </c>
       <c r="C92">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D92" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="93" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A93" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B93">
-        <v>25283</v>
+        <v>25470</v>
       </c>
       <c r="C93">
-        <v>1</v>
+        <v>39</v>
       </c>
       <c r="D93" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="94" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A94" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="B94">
-        <v>25291</v>
+        <v>25483</v>
       </c>
       <c r="C94">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D94" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="95" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A95" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="B95">
-        <v>25291</v>
+        <v>25483</v>
       </c>
       <c r="C95">
-        <v>21</v>
+        <v>56</v>
       </c>
       <c r="D95" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="96" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A96" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B96">
-        <v>25379</v>
+        <v>25514</v>
       </c>
       <c r="C96">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="D96" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="97" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A97" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="B97">
-        <v>25379</v>
+        <v>25514</v>
       </c>
       <c r="C97">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="D97" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="98" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A98" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B98">
-        <v>25416</v>
+        <v>25582</v>
       </c>
       <c r="C98">
-        <v>50</v>
+        <v>59</v>
       </c>
       <c r="D98" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="99" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A99" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B99">
-        <v>25416</v>
+        <v>25582</v>
       </c>
       <c r="C99">
         <v>5</v>
       </c>
       <c r="D99" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="100" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A100" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B100">
-        <v>25470</v>
+        <v>25618</v>
       </c>
       <c r="C100">
         <v>39</v>
       </c>
       <c r="D100" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="101" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A101" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="B101">
-        <v>25470</v>
+        <v>25618</v>
       </c>
       <c r="C101">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D101" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="102" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A102" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B102">
-        <v>25483</v>
+        <v>25644</v>
       </c>
       <c r="C102">
         <v>5</v>
       </c>
       <c r="D102" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="103" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A103" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B103">
-        <v>25483</v>
+        <v>25644</v>
       </c>
       <c r="C103">
-        <v>56</v>
+        <v>39</v>
       </c>
       <c r="D103" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="104" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A104" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B104">
-        <v>25514</v>
+        <v>25654</v>
       </c>
       <c r="C104">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D104" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="105" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A105" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="B105">
-        <v>25514</v>
+        <v>25654</v>
       </c>
       <c r="C105">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="D105" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="106" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A106" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B106">
-        <v>25582</v>
+        <v>25660</v>
       </c>
       <c r="C106">
-        <v>59</v>
+        <v>28</v>
       </c>
       <c r="D106" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="107" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A107" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="B107">
-        <v>25582</v>
+        <v>25660</v>
       </c>
       <c r="C107">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="D107" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="108" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A108" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B108">
-        <v>25618</v>
+        <v>25741</v>
       </c>
       <c r="C108">
-        <v>39</v>
+        <v>5</v>
       </c>
       <c r="D108" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="109" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A109" t="s">
+        <v>68</v>
+      </c>
+      <c r="B109">
+        <v>25741</v>
+      </c>
+      <c r="C109">
         <v>71</v>
       </c>
-      <c r="B109">
-[...4 lines deleted...]
-      </c>
       <c r="D109" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="110" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A110" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B110">
-        <v>25644</v>
+        <v>25800</v>
       </c>
       <c r="C110">
-        <v>39</v>
+        <v>2</v>
       </c>
       <c r="D110" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="111" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A111" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B111">
-        <v>25644</v>
+        <v>25800</v>
       </c>
       <c r="C111">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D111" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="112" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A112" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="B112">
-        <v>25654</v>
+        <v>25802</v>
       </c>
       <c r="C112">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D112" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="113" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A113" t="s">
-        <v>73</v>
+        <v>71</v>
       </c>
       <c r="B113">
-        <v>25654</v>
+        <v>25812</v>
       </c>
       <c r="C113">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D113" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="114" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A114" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B114">
-        <v>25660</v>
+        <v>25907</v>
       </c>
       <c r="C114">
-        <v>11</v>
+        <v>5</v>
       </c>
       <c r="D114" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="115" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A115" t="s">
-        <v>74</v>
+        <v>72</v>
       </c>
       <c r="B115">
-        <v>25660</v>
+        <v>25907</v>
       </c>
       <c r="C115">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="D115" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="116" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A116" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B116">
-        <v>25741</v>
+        <v>25908</v>
       </c>
       <c r="C116">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D116" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="117" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A117" t="s">
-        <v>75</v>
+        <v>73</v>
       </c>
       <c r="B117">
-        <v>25741</v>
+        <v>25908</v>
       </c>
       <c r="C117">
-        <v>71</v>
+        <v>103</v>
       </c>
       <c r="D117" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="118" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A118" t="s">
-        <v>76</v>
+        <v>74</v>
       </c>
       <c r="B118">
-        <v>25800</v>
+        <v>25923</v>
       </c>
       <c r="C118">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D118" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="119" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A119" t="s">
-        <v>76</v>
+        <v>75</v>
       </c>
       <c r="B119">
-        <v>25800</v>
+        <v>25939</v>
       </c>
       <c r="C119">
-        <v>2</v>
+        <v>64</v>
       </c>
       <c r="D119" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="120" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A120" t="s">
-        <v>77</v>
+        <v>75</v>
       </c>
       <c r="B120">
-        <v>25802</v>
+        <v>25939</v>
       </c>
       <c r="C120">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D120" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="121" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A121" t="s">
-        <v>78</v>
+        <v>76</v>
       </c>
       <c r="B121">
-        <v>25812</v>
+        <v>25959</v>
       </c>
       <c r="C121">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="D121" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="122" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A122" t="s">
-        <v>79</v>
+        <v>76</v>
       </c>
       <c r="B122">
-        <v>25907</v>
+        <v>25959</v>
       </c>
       <c r="C122">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D122" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="123" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A123" t="s">
-        <v>79</v>
+        <v>77</v>
       </c>
       <c r="B123">
-        <v>25907</v>
+        <v>25966</v>
       </c>
       <c r="C123">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="D123" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="124" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A124" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="B124">
-        <v>25908</v>
+        <v>25966</v>
       </c>
       <c r="C124">
-        <v>103</v>
+        <v>26</v>
       </c>
       <c r="D124" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="125" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A125" t="s">
-        <v>80</v>
+        <v>78</v>
       </c>
       <c r="B125">
-        <v>25908</v>
+        <v>25972</v>
       </c>
       <c r="C125">
-        <v>4</v>
+        <v>36</v>
       </c>
       <c r="D125" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="126" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A126" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="B126">
-        <v>25923</v>
+        <v>25972</v>
       </c>
       <c r="C126">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D126" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="127" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A127" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="B127">
-        <v>25939</v>
+        <v>25982</v>
       </c>
       <c r="C127">
-        <v>64</v>
+        <v>2</v>
       </c>
       <c r="D127" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="128" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A128" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B128">
-        <v>25939</v>
+        <v>26033</v>
       </c>
       <c r="C128">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D128" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="129" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A129" t="s">
-        <v>83</v>
+        <v>81</v>
       </c>
       <c r="B129">
-        <v>25942</v>
+        <v>26045</v>
       </c>
       <c r="C129">
         <v>3</v>
       </c>
       <c r="D129" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="130" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A130" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B130">
-        <v>25959</v>
+        <v>26095</v>
       </c>
       <c r="C130">
-        <v>13</v>
+        <v>15</v>
       </c>
       <c r="D130" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="131" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A131" t="s">
-        <v>84</v>
+        <v>82</v>
       </c>
       <c r="B131">
-        <v>25959</v>
+        <v>26095</v>
       </c>
       <c r="C131">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="D131" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="132" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A132" t="s">
-        <v>85</v>
+        <v>83</v>
       </c>
       <c r="B132">
-        <v>25966</v>
+        <v>26102</v>
       </c>
       <c r="C132">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="D132" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="133" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A133" t="s">
-        <v>85</v>
+        <v>84</v>
       </c>
       <c r="B133">
-        <v>25966</v>
+        <v>26197</v>
       </c>
       <c r="C133">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D133" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="134" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A134" t="s">
-        <v>86</v>
+        <v>84</v>
       </c>
       <c r="B134">
-        <v>25972</v>
+        <v>26197</v>
       </c>
       <c r="C134">
-        <v>36</v>
+        <v>7</v>
       </c>
       <c r="D134" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="135" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A135" t="s">
-        <v>86</v>
+        <v>85</v>
       </c>
       <c r="B135">
-        <v>25972</v>
+        <v>26250</v>
       </c>
       <c r="C135">
-        <v>5</v>
+        <v>22</v>
       </c>
       <c r="D135" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="136" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A136" t="s">
-        <v>87</v>
+        <v>85</v>
       </c>
       <c r="B136">
-        <v>25982</v>
+        <v>26250</v>
       </c>
       <c r="C136">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="D136" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="137" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A137" t="s">
-        <v>88</v>
+        <v>86</v>
       </c>
       <c r="B137">
-        <v>26033</v>
+        <v>26257</v>
       </c>
       <c r="C137">
         <v>1</v>
       </c>
       <c r="D137" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="138" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A138" t="s">
-        <v>89</v>
+        <v>87</v>
       </c>
       <c r="B138">
-        <v>26045</v>
+        <v>26271</v>
       </c>
       <c r="C138">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="D138" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="139" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A139" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="B139">
-        <v>26095</v>
+        <v>26271</v>
       </c>
       <c r="C139">
-        <v>5</v>
+        <v>26</v>
       </c>
       <c r="D139" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="140" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A140" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="B140">
-        <v>26095</v>
+        <v>26299</v>
       </c>
       <c r="C140">
-        <v>15</v>
+        <v>6</v>
       </c>
       <c r="D140" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="141" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A141" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B141">
-        <v>26102</v>
+        <v>26299</v>
       </c>
       <c r="C141">
-        <v>3</v>
+        <v>38</v>
       </c>
       <c r="D141" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="142" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A142" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B142">
-        <v>26197</v>
+        <v>26316</v>
       </c>
       <c r="C142">
-        <v>4</v>
+        <v>39</v>
       </c>
       <c r="D142" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="143" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A143" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B143">
-        <v>26197</v>
+        <v>26316</v>
       </c>
       <c r="C143">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D143" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="144" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A144" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B144">
-        <v>26250</v>
+        <v>26330</v>
       </c>
       <c r="C144">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="D144" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="145" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A145" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B145">
-        <v>26250</v>
+        <v>26330</v>
       </c>
       <c r="C145">
-        <v>13</v>
+        <v>26</v>
       </c>
       <c r="D145" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="146" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A146" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="B146">
-        <v>26271</v>
+        <v>26331</v>
       </c>
       <c r="C146">
-        <v>13</v>
+        <v>36</v>
       </c>
       <c r="D146" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="147" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A147" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="B147">
-        <v>26271</v>
+        <v>26331</v>
       </c>
       <c r="C147">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="D147" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="148" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A148" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B148">
-        <v>26299</v>
+        <v>26342</v>
       </c>
       <c r="C148">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D148" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="149" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A149" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="B149">
-        <v>26299</v>
+        <v>26521</v>
       </c>
       <c r="C149">
-        <v>38</v>
+        <v>5</v>
       </c>
       <c r="D149" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="150" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A150" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="B150">
-        <v>26316</v>
+        <v>26521</v>
       </c>
       <c r="C150">
-        <v>39</v>
+        <v>65</v>
       </c>
       <c r="D150" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="151" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A151" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B151">
-        <v>26316</v>
+        <v>26543</v>
       </c>
       <c r="C151">
         <v>4</v>
       </c>
       <c r="D151" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="152" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A152" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="B152">
-        <v>26330</v>
+        <v>26543</v>
       </c>
       <c r="C152">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="D152" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="153" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A153" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="B153">
-        <v>26330</v>
+        <v>26544</v>
       </c>
       <c r="C153">
-        <v>13</v>
+        <v>66</v>
       </c>
       <c r="D153" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="154" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A154" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="B154">
-        <v>26331</v>
+        <v>26544</v>
       </c>
       <c r="C154">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D154" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="155" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A155" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="B155">
-        <v>26331</v>
+        <v>26577</v>
       </c>
       <c r="C155">
-        <v>36</v>
+        <v>6</v>
       </c>
       <c r="D155" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="156" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A156" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B156">
-        <v>26342</v>
+        <v>26577</v>
       </c>
       <c r="C156">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D156" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="157" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A157" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B157">
-        <v>26521</v>
+        <v>26661</v>
       </c>
       <c r="C157">
-        <v>65</v>
+        <v>3</v>
       </c>
       <c r="D157" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="158" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A158" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="B158">
-        <v>26521</v>
+        <v>26661</v>
       </c>
       <c r="C158">
-        <v>4</v>
+        <v>37</v>
       </c>
       <c r="D158" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="159" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A159" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B159">
-        <v>26543</v>
+        <v>26721</v>
       </c>
       <c r="C159">
-        <v>4</v>
+        <v>60</v>
       </c>
       <c r="D159" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="160" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A160" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
       <c r="B160">
-        <v>26543</v>
+        <v>26721</v>
       </c>
       <c r="C160">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D160" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="161" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A161" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B161">
-        <v>26544</v>
+        <v>26735</v>
       </c>
       <c r="C161">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D161" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="162" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A162" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B162">
-        <v>26544</v>
+        <v>26735</v>
       </c>
       <c r="C162">
-        <v>66</v>
+        <v>38</v>
       </c>
       <c r="D162" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="163" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A163" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="B163">
-        <v>26577</v>
+        <v>26932</v>
       </c>
       <c r="C163">
         <v>6</v>
       </c>
       <c r="D163" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="164" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A164" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="B164">
-        <v>26577</v>
+        <v>26932</v>
       </c>
       <c r="C164">
-        <v>1</v>
+        <v>63</v>
       </c>
       <c r="D164" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="165" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A165" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B165">
-        <v>26661</v>
+        <v>26946</v>
       </c>
       <c r="C165">
-        <v>37</v>
+        <v>26</v>
       </c>
       <c r="D165" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="166" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A166" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B166">
-        <v>26661</v>
+        <v>26946</v>
       </c>
       <c r="C166">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="D166" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="167" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A167" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B167">
-        <v>26721</v>
+        <v>27008</v>
       </c>
       <c r="C167">
-        <v>60</v>
+        <v>3</v>
       </c>
       <c r="D167" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="168" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A168" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B168">
-        <v>26721</v>
+        <v>27008</v>
       </c>
       <c r="C168">
         <v>5</v>
       </c>
       <c r="D168" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="169" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A169" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B169">
-        <v>26735</v>
+        <v>27021</v>
       </c>
       <c r="C169">
-        <v>38</v>
+        <v>42</v>
       </c>
       <c r="D169" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="170" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A170" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="B170">
-        <v>26735</v>
+        <v>27021</v>
       </c>
       <c r="C170">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D170" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="171" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A171" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B171">
-        <v>26932</v>
+        <v>27054</v>
       </c>
       <c r="C171">
-        <v>63</v>
+        <v>51</v>
       </c>
       <c r="D171" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="172" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A172" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B172">
-        <v>26932</v>
+        <v>27054</v>
       </c>
       <c r="C172">
         <v>5</v>
       </c>
       <c r="D172" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="173" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A173" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B173">
-        <v>26946</v>
+        <v>27103</v>
       </c>
       <c r="C173">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="D173" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="174" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A174" t="s">
-        <v>108</v>
+        <v>106</v>
       </c>
       <c r="B174">
-        <v>26946</v>
+        <v>27106</v>
       </c>
       <c r="C174">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D174" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="175" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A175" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="B175">
-        <v>27008</v>
+        <v>27106</v>
       </c>
       <c r="C175">
-        <v>2</v>
+        <v>63</v>
       </c>
       <c r="D175" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="176" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A176" t="s">
-        <v>109</v>
+        <v>107</v>
       </c>
       <c r="B176">
-        <v>27008</v>
+        <v>27132</v>
       </c>
       <c r="C176">
-        <v>5</v>
+        <v>39</v>
       </c>
       <c r="D176" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="177" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A177" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
       <c r="B177">
-        <v>27021</v>
+        <v>27132</v>
       </c>
       <c r="C177">
-        <v>42</v>
+        <v>5</v>
       </c>
       <c r="D177" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="178" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A178" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B178">
-        <v>27021</v>
+        <v>27147</v>
       </c>
       <c r="C178">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D178" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="179" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A179" t="s">
-        <v>111</v>
+        <v>109</v>
       </c>
       <c r="B179">
-        <v>27054</v>
+        <v>27169</v>
       </c>
       <c r="C179">
-        <v>51</v>
+        <v>5</v>
       </c>
       <c r="D179" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="180" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A180" t="s">
+        <v>109</v>
+      </c>
+      <c r="B180">
+        <v>27169</v>
+      </c>
+      <c r="C180">
         <v>111</v>
       </c>
-      <c r="B180">
-[...4 lines deleted...]
-      </c>
       <c r="D180" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="181" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A181" t="s">
-        <v>112</v>
+        <v>110</v>
       </c>
       <c r="B181">
-        <v>27103</v>
+        <v>27183</v>
       </c>
       <c r="C181">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D181" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="182" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A182" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B182">
-        <v>27106</v>
+        <v>27186</v>
       </c>
       <c r="C182">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D182" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="183" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A183" t="s">
-        <v>113</v>
+        <v>111</v>
       </c>
       <c r="B183">
-        <v>27106</v>
+        <v>27186</v>
       </c>
       <c r="C183">
-        <v>63</v>
+        <v>4</v>
       </c>
       <c r="D183" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="184" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A184" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B184">
-        <v>27132</v>
+        <v>27217</v>
       </c>
       <c r="C184">
-        <v>4</v>
+        <v>20</v>
       </c>
       <c r="D184" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="185" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A185" t="s">
-        <v>114</v>
+        <v>112</v>
       </c>
       <c r="B185">
-        <v>27132</v>
+        <v>27217</v>
       </c>
       <c r="C185">
-        <v>39</v>
+        <v>6</v>
       </c>
       <c r="D185" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="186" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A186" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B186">
-        <v>27169</v>
+        <v>27241</v>
       </c>
       <c r="C186">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="D186" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="187" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A187" t="s">
-        <v>115</v>
+        <v>113</v>
       </c>
       <c r="B187">
-        <v>27169</v>
+        <v>27241</v>
       </c>
       <c r="C187">
-        <v>111</v>
+        <v>2</v>
       </c>
       <c r="D187" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="188" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A188" t="s">
-        <v>116</v>
+        <v>114</v>
       </c>
       <c r="B188">
-        <v>27183</v>
+        <v>27250</v>
       </c>
       <c r="C188">
-        <v>3</v>
+        <v>95</v>
       </c>
       <c r="D188" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="189" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A189" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B189">
-        <v>27186</v>
+        <v>27250</v>
       </c>
       <c r="C189">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D189" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="190" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A190" t="s">
-        <v>117</v>
+        <v>115</v>
       </c>
       <c r="B190">
-        <v>27186</v>
+        <v>27261</v>
       </c>
       <c r="C190">
         <v>4</v>
       </c>
       <c r="D190" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="191" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A191" t="s">
-        <v>118</v>
+        <v>116</v>
       </c>
       <c r="B191">
-        <v>27198</v>
+        <v>27266</v>
       </c>
       <c r="C191">
-        <v>3</v>
+        <v>50</v>
       </c>
       <c r="D191" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="192" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A192" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="B192">
-        <v>27217</v>
+        <v>27266</v>
       </c>
       <c r="C192">
-        <v>20</v>
+        <v>6</v>
       </c>
       <c r="D192" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="193" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A193" t="s">
-        <v>119</v>
+        <v>117</v>
       </c>
       <c r="B193">
-        <v>27217</v>
+        <v>27275</v>
       </c>
       <c r="C193">
-        <v>5</v>
+        <v>61</v>
       </c>
       <c r="D193" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="194" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A194" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B194">
-        <v>27241</v>
+        <v>27275</v>
       </c>
       <c r="C194">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D194" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="195" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A195" t="s">
-        <v>120</v>
+        <v>118</v>
       </c>
       <c r="B195">
-        <v>27241</v>
+        <v>27289</v>
       </c>
       <c r="C195">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="D195" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="196" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A196" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B196">
-        <v>27250</v>
+        <v>27299</v>
       </c>
       <c r="C196">
-        <v>95</v>
+        <v>14</v>
       </c>
       <c r="D196" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="197" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A197" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B197">
-        <v>27250</v>
+        <v>27299</v>
       </c>
       <c r="C197">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D197" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="198" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A198" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B198">
-        <v>27261</v>
+        <v>27332</v>
       </c>
       <c r="C198">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="D198" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="199" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A199" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B199">
-        <v>27266</v>
+        <v>27332</v>
       </c>
       <c r="C199">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="D199" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="200" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A200" t="s">
-        <v>123</v>
+        <v>121</v>
       </c>
       <c r="B200">
-        <v>27266</v>
+        <v>27346</v>
       </c>
       <c r="C200">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D200" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="201" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A201" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="B201">
-        <v>27275</v>
+        <v>27346</v>
       </c>
       <c r="C201">
-        <v>4</v>
+        <v>34</v>
       </c>
       <c r="D201" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="202" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A202" t="s">
-        <v>124</v>
+        <v>122</v>
       </c>
       <c r="B202">
-        <v>27275</v>
+        <v>27359</v>
       </c>
       <c r="C202">
-        <v>61</v>
+        <v>3</v>
       </c>
       <c r="D202" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="203" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A203" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
       <c r="B203">
-        <v>27289</v>
+        <v>27359</v>
       </c>
       <c r="C203">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D203" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="204" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A204" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B204">
-        <v>27299</v>
+        <v>27363</v>
       </c>
       <c r="C204">
-        <v>13</v>
+        <v>10</v>
       </c>
       <c r="D204" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="205" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A205" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B205">
-        <v>27299</v>
+        <v>27363</v>
       </c>
       <c r="C205">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="D205" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="206" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A206" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B206">
-        <v>27332</v>
+        <v>27405</v>
       </c>
       <c r="C206">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D206" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="207" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A207" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="B207">
-        <v>27332</v>
+        <v>27405</v>
       </c>
       <c r="C207">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="D207" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="208" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A208" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
       <c r="B208">
-        <v>27334</v>
+        <v>27412</v>
       </c>
       <c r="C208">
         <v>3</v>
       </c>
       <c r="D208" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="209" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A209" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B209">
-        <v>27346</v>
+        <v>27426</v>
       </c>
       <c r="C209">
-        <v>34</v>
+        <v>3</v>
       </c>
       <c r="D209" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="210" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A210" t="s">
-        <v>129</v>
+        <v>127</v>
       </c>
       <c r="B210">
-        <v>27346</v>
+        <v>27439</v>
       </c>
       <c r="C210">
         <v>5</v>
       </c>
       <c r="D210" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="211" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A211" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="B211">
-        <v>27359</v>
+        <v>27439</v>
       </c>
       <c r="C211">
         <v>3</v>
       </c>
       <c r="D211" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="212" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A212" t="s">
-        <v>130</v>
+        <v>128</v>
       </c>
       <c r="B212">
-        <v>27359</v>
+        <v>27454</v>
       </c>
       <c r="C212">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D212" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="213" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A213" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B213">
-        <v>27363</v>
+        <v>27485</v>
       </c>
       <c r="C213">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="D213" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="214" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A214" t="s">
-        <v>131</v>
+        <v>129</v>
       </c>
       <c r="B214">
-        <v>27363</v>
+        <v>27485</v>
       </c>
       <c r="C214">
-        <v>10</v>
+        <v>9</v>
       </c>
       <c r="D214" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="215" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A215" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B215">
-        <v>27405</v>
+        <v>27501</v>
       </c>
       <c r="C215">
-        <v>66</v>
+        <v>4</v>
       </c>
       <c r="D215" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="216" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A216" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B216">
-        <v>27405</v>
+        <v>27501</v>
       </c>
       <c r="C216">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D216" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="217" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A217" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B217">
-        <v>27407</v>
+        <v>27522</v>
       </c>
       <c r="C217">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D217" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="218" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A218" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="B218">
-        <v>27407</v>
+        <v>27522</v>
       </c>
       <c r="C218">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D218" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="219" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A219" t="s">
-        <v>134</v>
+        <v>132</v>
       </c>
       <c r="B219">
-        <v>27412</v>
+        <v>27524</v>
       </c>
       <c r="C219">
-        <v>2</v>
+        <v>90</v>
       </c>
       <c r="D219" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="220" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A220" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B220">
-        <v>27426</v>
+        <v>27524</v>
       </c>
       <c r="C220">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D220" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="221" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A221" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B221">
-        <v>27439</v>
+        <v>27546</v>
       </c>
       <c r="C221">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D221" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="222" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A222" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="B222">
-        <v>27439</v>
+        <v>27546</v>
       </c>
       <c r="C222">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D222" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="223" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A223" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
       <c r="B223">
-        <v>27454</v>
+        <v>27549</v>
       </c>
       <c r="C223">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D223" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="224" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A224" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B224">
-        <v>27464</v>
+        <v>27562</v>
       </c>
       <c r="C224">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D224" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="225" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A225" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="B225">
-        <v>27472</v>
+        <v>27562</v>
       </c>
       <c r="C225">
-        <v>5</v>
+        <v>21</v>
       </c>
       <c r="D225" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="226" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A226" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="B226">
-        <v>27472</v>
+        <v>27569</v>
       </c>
       <c r="C226">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D226" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="227" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A227" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B227">
-        <v>27485</v>
+        <v>27575</v>
       </c>
       <c r="C227">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D227" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="228" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A228" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
       <c r="B228">
-        <v>27485</v>
+        <v>27575</v>
       </c>
       <c r="C228">
-        <v>6</v>
+        <v>34</v>
       </c>
       <c r="D228" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="229" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A229" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B229">
-        <v>27501</v>
+        <v>27582</v>
       </c>
       <c r="C229">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D229" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="230" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A230" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B230">
-        <v>27501</v>
+        <v>27582</v>
       </c>
       <c r="C230">
         <v>3</v>
       </c>
       <c r="D230" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="231" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A231" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B231">
-        <v>27522</v>
+        <v>30038</v>
       </c>
       <c r="C231">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D231" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="232" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A232" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="B232">
-        <v>27522</v>
+        <v>30038</v>
       </c>
       <c r="C232">
-        <v>5</v>
+        <v>31</v>
       </c>
       <c r="D232" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="233" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A233" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
       <c r="B233">
-        <v>27523</v>
+        <v>39158</v>
       </c>
       <c r="C233">
         <v>3</v>
       </c>
       <c r="D233" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="234" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A234" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="B234">
-        <v>27524</v>
+        <v>39158</v>
       </c>
       <c r="C234">
-        <v>90</v>
+        <v>5</v>
       </c>
       <c r="D234" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="235" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A235" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B235">
-        <v>27524</v>
+        <v>48919</v>
       </c>
       <c r="C235">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D235" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="236" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A236" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="B236">
-        <v>27546</v>
+        <v>48919</v>
       </c>
       <c r="C236">
-        <v>3</v>
+        <v>50</v>
       </c>
       <c r="D236" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="237" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A237" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="B237">
-        <v>27546</v>
+        <v>49065</v>
       </c>
       <c r="C237">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D237" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="238" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A238" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="B238">
-        <v>27549</v>
+        <v>53690</v>
       </c>
       <c r="C238">
-        <v>1</v>
+        <v>15</v>
       </c>
       <c r="D238" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="239" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A239" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B239">
-        <v>27562</v>
+        <v>53690</v>
       </c>
       <c r="C239">
-        <v>4</v>
+        <v>13</v>
       </c>
       <c r="D239" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="240" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A240" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B240">
-        <v>27562</v>
+        <v>98587</v>
       </c>
       <c r="C240">
-        <v>21</v>
+        <v>94</v>
       </c>
       <c r="D240" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="241" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A241" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="B241">
-        <v>27569</v>
+        <v>98587</v>
       </c>
       <c r="C241">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D241" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="242" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A242" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="B242">
-        <v>27575</v>
+        <v>169472</v>
       </c>
       <c r="C242">
-        <v>34</v>
+        <v>6</v>
       </c>
       <c r="D242" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="243" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A243" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="B243">
-        <v>27575</v>
+        <v>169472</v>
       </c>
       <c r="C243">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D243" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="244" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A244" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B244">
-        <v>27582</v>
+        <v>100341002</v>
       </c>
       <c r="C244">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D244" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="245" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A245" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B245">
-        <v>27582</v>
+        <v>100341002</v>
       </c>
       <c r="C245">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D245" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="246" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A246" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B246">
-        <v>30038</v>
+        <v>100842582</v>
       </c>
       <c r="C246">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D246" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="247" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A247" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="B247">
-        <v>30038</v>
+        <v>100842582</v>
       </c>
       <c r="C247">
-        <v>31</v>
+        <v>19</v>
       </c>
       <c r="D247" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="248" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A248" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
       <c r="B248">
-        <v>39158</v>
+        <v>101500359</v>
       </c>
       <c r="C248">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D248" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="249" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A249" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
       <c r="B249">
-        <v>39158</v>
+        <v>101550579</v>
       </c>
       <c r="C249">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D249" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="250" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A250" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B250">
-        <v>48919</v>
+        <v>101720692</v>
       </c>
       <c r="C250">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D250" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="251" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A251" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B251">
-        <v>48919</v>
+        <v>101720692</v>
       </c>
       <c r="C251">
-        <v>50</v>
+        <v>6</v>
       </c>
       <c r="D251" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="252" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A252" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="B252">
-        <v>49065</v>
+        <v>101730335</v>
       </c>
       <c r="C252">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D252" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="253" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A253" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
       <c r="B253">
-        <v>53690</v>
+        <v>101730335</v>
       </c>
       <c r="C253">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="D253" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="254" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A254" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
       <c r="B254">
-        <v>53690</v>
+        <v>101790573</v>
       </c>
       <c r="C254">
-        <v>15</v>
+        <v>2</v>
       </c>
       <c r="D254" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="255" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A255" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B255">
-        <v>98587</v>
+        <v>101800188</v>
       </c>
       <c r="C255">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D255" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="256" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A256" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B256">
-        <v>98587</v>
+        <v>101800188</v>
       </c>
       <c r="C256">
-        <v>94</v>
+        <v>3</v>
       </c>
       <c r="D256" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="257" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A257" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B257">
-        <v>169472</v>
+        <v>101880427</v>
       </c>
       <c r="C257">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="D257" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="258" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A258" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="B258">
-        <v>169472</v>
+        <v>101880427</v>
       </c>
       <c r="C258">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D258" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="259" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A259" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B259">
-        <v>100341002</v>
+        <v>101880780</v>
       </c>
       <c r="C259">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D259" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="260" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A260" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
       <c r="B260">
-        <v>100341002</v>
+        <v>101880780</v>
       </c>
       <c r="C260">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="D260" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="261" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A261" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="B261">
-        <v>100842582</v>
+        <v>101920052</v>
       </c>
       <c r="C261">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D261" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="262" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A262" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="B262">
-        <v>100842582</v>
+        <v>101920052</v>
       </c>
       <c r="C262">
-        <v>19</v>
+        <v>26</v>
       </c>
       <c r="D262" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="263" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A263" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="B263">
-        <v>101500359</v>
+        <v>102100210</v>
       </c>
       <c r="C263">
-        <v>2</v>
+        <v>15</v>
       </c>
       <c r="D263" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="264" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A264" t="s">
-        <v>161</v>
+        <v>157</v>
       </c>
       <c r="B264">
-        <v>101550579</v>
+        <v>102100210</v>
       </c>
       <c r="C264">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D264" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="265" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A265" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B265">
-        <v>101700858</v>
+        <v>102200273</v>
       </c>
       <c r="C265">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="D265" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="266" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A266" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="B266">
-        <v>101720692</v>
+        <v>102200273</v>
       </c>
       <c r="C266">
         <v>5</v>
       </c>
       <c r="D266" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="267" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A267" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="B267">
-        <v>101720692</v>
+        <v>102250697</v>
       </c>
       <c r="C267">
-        <v>2</v>
+        <v>27</v>
       </c>
       <c r="D267" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="268" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A268" t="s">
-        <v>164</v>
+        <v>159</v>
       </c>
       <c r="B268">
-        <v>101730335</v>
+        <v>102250697</v>
       </c>
       <c r="C268">
-        <v>43</v>
+        <v>5</v>
       </c>
       <c r="D268" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="269" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A269" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="B269">
-        <v>101730335</v>
+        <v>102490892</v>
       </c>
       <c r="C269">
-        <v>4</v>
+        <v>23</v>
       </c>
       <c r="D269" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="270" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A270" t="s">
-        <v>165</v>
+        <v>160</v>
       </c>
       <c r="B270">
-        <v>101790573</v>
+        <v>102490892</v>
       </c>
       <c r="C270">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D270" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="271" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A271" t="s">
-        <v>166</v>
+        <v>161</v>
       </c>
       <c r="B271">
-        <v>101800188</v>
+        <v>102510688</v>
       </c>
       <c r="C271">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D271" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="272" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A272" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
       <c r="B272">
-        <v>101800188</v>
+        <v>102620818</v>
       </c>
       <c r="C272">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D272" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="273" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A273" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="B273">
-        <v>101880427</v>
+        <v>102640120</v>
       </c>
       <c r="C273">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D273" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="274" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A274" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="B274">
-        <v>101880427</v>
+        <v>102640120</v>
       </c>
       <c r="C274">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D274" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="275" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A275" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="B275">
-        <v>101880780</v>
+        <v>102710199</v>
       </c>
       <c r="C275">
-        <v>15</v>
+        <v>3</v>
       </c>
       <c r="D275" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="276" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A276" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="B276">
-        <v>101880780</v>
+        <v>102710199</v>
       </c>
       <c r="C276">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D276" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="277" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A277" t="s">
-        <v>169</v>
+        <v>165</v>
       </c>
       <c r="B277">
-        <v>101920052</v>
+        <v>102750981</v>
       </c>
       <c r="C277">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="D277" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="278" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A278" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
       <c r="B278">
-        <v>101920052</v>
+        <v>102880047</v>
       </c>
       <c r="C278">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="D278" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="279" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A279" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B279">
-        <v>101930453</v>
+        <v>102880191</v>
       </c>
       <c r="C279">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="D279" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="280" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A280" t="s">
-        <v>171</v>
+        <v>167</v>
       </c>
       <c r="B280">
-        <v>102100210</v>
+        <v>102880191</v>
       </c>
       <c r="C280">
-        <v>15</v>
+        <v>5</v>
       </c>
       <c r="D280" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="281" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A281" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="B281">
-        <v>102100210</v>
+        <v>103060297</v>
       </c>
       <c r="C281">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="D281" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="282" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A282" t="s">
-        <v>172</v>
+        <v>169</v>
       </c>
       <c r="B282">
-        <v>102200273</v>
+        <v>103080447</v>
       </c>
       <c r="C282">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="D282" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="283" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A283" t="s">
-        <v>172</v>
+        <v>170</v>
       </c>
       <c r="B283">
-        <v>102200273</v>
+        <v>103190556</v>
       </c>
       <c r="C283">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D283" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="284" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A284" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B284">
-        <v>102250697</v>
+        <v>103290281</v>
       </c>
       <c r="C284">
-        <v>4</v>
+        <v>39</v>
       </c>
       <c r="D284" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="285" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A285" t="s">
-        <v>173</v>
+        <v>171</v>
       </c>
       <c r="B285">
-        <v>102250697</v>
+        <v>103290281</v>
       </c>
       <c r="C285">
-        <v>27</v>
+        <v>5</v>
       </c>
       <c r="D285" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="286" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A286" t="s">
-        <v>174</v>
+        <v>172</v>
       </c>
       <c r="B286">
-        <v>102390039</v>
+        <v>103550836</v>
       </c>
       <c r="C286">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D286" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="287" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A287" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B287">
-        <v>102400916</v>
+        <v>103550836</v>
       </c>
       <c r="C287">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D287" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="288" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A288" t="s">
-        <v>175</v>
+        <v>173</v>
       </c>
       <c r="B288">
-        <v>102400916</v>
+        <v>103650804</v>
       </c>
       <c r="C288">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D288" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="289" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A289" t="s">
-        <v>176</v>
+        <v>174</v>
       </c>
       <c r="B289">
-        <v>102490892</v>
+        <v>103770452</v>
       </c>
       <c r="C289">
-        <v>23</v>
+        <v>1</v>
       </c>
       <c r="D289" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="290" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A290" t="s">
-        <v>176</v>
+        <v>175</v>
       </c>
       <c r="B290">
-        <v>102490892</v>
+        <v>103840638</v>
       </c>
       <c r="C290">
         <v>4</v>
       </c>
       <c r="D290" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="291" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A291" t="s">
-        <v>177</v>
+        <v>176</v>
       </c>
       <c r="B291">
-        <v>102510688</v>
+        <v>103910306</v>
       </c>
       <c r="C291">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D291" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="292" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A292" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B292">
-        <v>102540879</v>
+        <v>103950237</v>
       </c>
       <c r="C292">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D292" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="293" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A293" t="s">
-        <v>178</v>
+        <v>177</v>
       </c>
       <c r="B293">
-        <v>102540879</v>
+        <v>103950237</v>
       </c>
       <c r="C293">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="D293" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="294" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A294" t="s">
-        <v>179</v>
+        <v>178</v>
       </c>
       <c r="B294">
-        <v>102550194</v>
+        <v>103990215</v>
       </c>
       <c r="C294">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D294" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="295" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A295" t="s">
-        <v>180</v>
+        <v>179</v>
       </c>
       <c r="B295">
-        <v>102580283</v>
+        <v>104011001</v>
       </c>
       <c r="C295">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D295" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="296" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A296" t="s">
-        <v>181</v>
+        <v>180</v>
       </c>
       <c r="B296">
-        <v>102590739</v>
+        <v>104120067</v>
       </c>
       <c r="C296">
         <v>1</v>
       </c>
       <c r="D296" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="297" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A297" t="s">
-        <v>182</v>
+        <v>181</v>
       </c>
       <c r="B297">
-        <v>102620818</v>
+        <v>104190711</v>
       </c>
       <c r="C297">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D297" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="298" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A298" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B298">
-        <v>102640120</v>
+        <v>104200854</v>
       </c>
       <c r="C298">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="D298" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="299" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A299" t="s">
-        <v>183</v>
+        <v>182</v>
       </c>
       <c r="B299">
-        <v>102640120</v>
+        <v>104200854</v>
       </c>
       <c r="C299">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D299" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="300" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A300" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B300">
-        <v>102710199</v>
+        <v>104210563</v>
       </c>
       <c r="C300">
         <v>3</v>
       </c>
       <c r="D300" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="301" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A301" t="s">
-        <v>184</v>
+        <v>183</v>
       </c>
       <c r="B301">
-        <v>102710199</v>
+        <v>104210563</v>
       </c>
       <c r="C301">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D301" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="302" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A302" t="s">
-        <v>185</v>
+        <v>184</v>
       </c>
       <c r="B302">
-        <v>102880047</v>
+        <v>104280596</v>
       </c>
       <c r="C302">
-        <v>14</v>
+        <v>5</v>
       </c>
       <c r="D302" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="303" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A303" t="s">
-        <v>186</v>
+        <v>184</v>
       </c>
       <c r="B303">
-        <v>102880191</v>
+        <v>104280596</v>
       </c>
       <c r="C303">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D303" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="304" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A304" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="B304">
-        <v>102880191</v>
+        <v>104370678</v>
       </c>
       <c r="C304">
-        <v>22</v>
+        <v>2</v>
       </c>
       <c r="D304" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="305" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A305" t="s">
-        <v>187</v>
+        <v>185</v>
       </c>
       <c r="B305">
-        <v>103060297</v>
+        <v>104370678</v>
       </c>
       <c r="C305">
-        <v>26</v>
+        <v>2</v>
       </c>
       <c r="D305" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="306" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A306" t="s">
-        <v>188</v>
+        <v>186</v>
       </c>
       <c r="B306">
-        <v>103080447</v>
+        <v>104430074</v>
       </c>
       <c r="C306">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D306" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="307" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A307" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="B307">
-        <v>103290281</v>
+        <v>104460037</v>
       </c>
       <c r="C307">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D307" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="308" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A308" t="s">
-        <v>189</v>
+        <v>187</v>
       </c>
       <c r="B308">
-        <v>103290281</v>
+        <v>104460037</v>
       </c>
       <c r="C308">
         <v>39</v>
       </c>
       <c r="D308" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="309" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A309" t="s">
-        <v>190</v>
+        <v>188</v>
       </c>
       <c r="B309">
-        <v>103370714</v>
+        <v>104480079</v>
       </c>
       <c r="C309">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D309" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="310" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A310" t="s">
-        <v>191</v>
+        <v>189</v>
       </c>
       <c r="B310">
-        <v>103510473</v>
+        <v>104500952</v>
       </c>
       <c r="C310">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D310" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="311" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A311" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
       <c r="B311">
-        <v>103550836</v>
+        <v>104500952</v>
       </c>
       <c r="C311">
-        <v>4</v>
+        <v>32</v>
       </c>
       <c r="D311" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="312" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A312" t="s">
-        <v>192</v>
+        <v>190</v>
       </c>
       <c r="B312">
-        <v>103550836</v>
+        <v>104720090</v>
       </c>
       <c r="C312">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D312" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="313" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A313" t="s">
-        <v>193</v>
+        <v>191</v>
       </c>
       <c r="B313">
-        <v>103650804</v>
+        <v>104860863</v>
       </c>
       <c r="C313">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D313" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="314" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A314" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="B314">
-        <v>103840638</v>
+        <v>104860863</v>
       </c>
       <c r="C314">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D314" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="315" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A315" t="s">
-        <v>195</v>
+        <v>192</v>
       </c>
       <c r="B315">
-        <v>103910306</v>
+        <v>104950484</v>
       </c>
       <c r="C315">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="D315" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="316" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A316" t="s">
-        <v>196</v>
+        <v>193</v>
       </c>
       <c r="B316">
-        <v>103931293</v>
+        <v>104970737</v>
       </c>
       <c r="C316">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D316" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="317" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A317" t="s">
-        <v>197</v>
+        <v>194</v>
       </c>
       <c r="B317">
-        <v>103950237</v>
+        <v>105100869</v>
       </c>
       <c r="C317">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D317" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="318" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A318" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="B318">
-        <v>103950237</v>
+        <v>105140645</v>
       </c>
       <c r="C318">
-        <v>5</v>
+        <v>63</v>
       </c>
       <c r="D318" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="319" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A319" t="s">
-        <v>198</v>
+        <v>195</v>
       </c>
       <c r="B319">
-        <v>103990215</v>
+        <v>105140645</v>
       </c>
       <c r="C319">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D319" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="320" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A320" t="s">
-        <v>199</v>
+        <v>196</v>
       </c>
       <c r="B320">
-        <v>104090023</v>
+        <v>105190840</v>
       </c>
       <c r="C320">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D320" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="321" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A321" t="s">
-        <v>199</v>
+        <v>197</v>
       </c>
       <c r="B321">
-        <v>104090023</v>
+        <v>105450920</v>
       </c>
       <c r="C321">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="D321" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="322" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A322" t="s">
-        <v>200</v>
+        <v>198</v>
       </c>
       <c r="B322">
-        <v>104141042</v>
+        <v>105510351</v>
       </c>
       <c r="C322">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D322" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="323" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A323" t="s">
-        <v>201</v>
+        <v>199</v>
       </c>
       <c r="B323">
-        <v>104200854</v>
+        <v>105630561</v>
       </c>
       <c r="C323">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D323" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="324" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A324" t="s">
-        <v>201</v>
+        <v>200</v>
       </c>
       <c r="B324">
-        <v>104200854</v>
+        <v>105660418</v>
       </c>
       <c r="C324">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="D324" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="325" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A325" t="s">
-        <v>202</v>
+        <v>201</v>
       </c>
       <c r="B325">
-        <v>104210563</v>
+        <v>105730619</v>
       </c>
       <c r="C325">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D325" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="326" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A326" t="s">
-        <v>203</v>
+        <v>202</v>
       </c>
       <c r="B326">
-        <v>104240142</v>
+        <v>105810629</v>
       </c>
       <c r="C326">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D326" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="327" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A327" t="s">
-        <v>204</v>
+        <v>203</v>
       </c>
       <c r="B327">
-        <v>104280596</v>
+        <v>105920110</v>
       </c>
       <c r="C327">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D327" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="328" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A328" t="s">
         <v>204</v>
       </c>
       <c r="B328">
-        <v>104280596</v>
+        <v>106090797</v>
       </c>
       <c r="C328">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D328" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="329" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A329" t="s">
-        <v>205</v>
+        <v>204</v>
       </c>
       <c r="B329">
-        <v>104370678</v>
+        <v>106090797</v>
       </c>
       <c r="C329">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D329" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="330" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A330" t="s">
         <v>205</v>
       </c>
       <c r="B330">
-        <v>104370678</v>
+        <v>106380419</v>
       </c>
       <c r="C330">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D330" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="331" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A331" t="s">
-        <v>206</v>
+        <v>205</v>
       </c>
       <c r="B331">
-        <v>104390759</v>
+        <v>106380419</v>
       </c>
       <c r="C331">
         <v>3</v>
       </c>
       <c r="D331" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="332" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A332" t="s">
-        <v>207</v>
+        <v>206</v>
       </c>
       <c r="B332">
-        <v>104460037</v>
+        <v>106480832</v>
       </c>
       <c r="C332">
-        <v>39</v>
+        <v>1</v>
       </c>
       <c r="D332" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="333" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A333" t="s">
         <v>207</v>
       </c>
       <c r="B333">
-        <v>104460037</v>
+        <v>106800196</v>
       </c>
       <c r="C333">
-        <v>4</v>
+        <v>18</v>
       </c>
       <c r="D333" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="334" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A334" t="s">
-        <v>208</v>
+        <v>207</v>
       </c>
       <c r="B334">
-        <v>104500952</v>
+        <v>106800196</v>
       </c>
       <c r="C334">
-        <v>32</v>
+        <v>2</v>
       </c>
       <c r="D334" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="335" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A335" t="s">
         <v>208</v>
       </c>
       <c r="B335">
-        <v>104500952</v>
+        <v>106800454</v>
       </c>
       <c r="C335">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D335" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="336" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A336" t="s">
         <v>209</v>
       </c>
       <c r="B336">
-        <v>104600612</v>
+        <v>106900669</v>
       </c>
       <c r="C336">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D336" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="337" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A337" t="s">
         <v>210</v>
       </c>
       <c r="B337">
-        <v>104710632</v>
+        <v>106910717</v>
       </c>
       <c r="C337">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="D337" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="338" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A338" t="s">
-        <v>210</v>
+        <v>211</v>
       </c>
       <c r="B338">
-        <v>104710632</v>
+        <v>107010454</v>
       </c>
       <c r="C338">
         <v>3</v>
       </c>
       <c r="D338" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="339" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A339" t="s">
-        <v>211</v>
+        <v>212</v>
       </c>
       <c r="B339">
-        <v>104720090</v>
+        <v>107140825</v>
       </c>
       <c r="C339">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D339" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="340" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A340" t="s">
-        <v>212</v>
+        <v>213</v>
       </c>
       <c r="B340">
-        <v>104740892</v>
+        <v>107200331</v>
       </c>
       <c r="C340">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D340" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="341" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A341" t="s">
-        <v>213</v>
+        <v>214</v>
       </c>
       <c r="B341">
-        <v>104770750</v>
+        <v>107200486</v>
       </c>
       <c r="C341">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="D341" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="342" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A342" t="s">
-        <v>214</v>
+        <v>215</v>
       </c>
       <c r="B342">
-        <v>104790413</v>
+        <v>107380850</v>
       </c>
       <c r="C342">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D342" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="343" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A343" t="s">
-        <v>215</v>
+        <v>216</v>
       </c>
       <c r="B343">
-        <v>104860863</v>
+        <v>107530856</v>
       </c>
       <c r="C343">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D343" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="344" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A344" t="s">
-        <v>215</v>
+        <v>217</v>
       </c>
       <c r="B344">
-        <v>104860863</v>
+        <v>107840620</v>
       </c>
       <c r="C344">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D344" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="345" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A345" t="s">
-        <v>216</v>
+        <v>218</v>
       </c>
       <c r="B345">
-        <v>104950484</v>
+        <v>107940089</v>
       </c>
       <c r="C345">
-        <v>14</v>
+        <v>53</v>
       </c>
       <c r="D345" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="346" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A346" t="s">
-        <v>217</v>
+        <v>218</v>
       </c>
       <c r="B346">
-        <v>104970737</v>
+        <v>107940089</v>
       </c>
       <c r="C346">
-        <v>2</v>
+        <v>13</v>
       </c>
       <c r="D346" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="347" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A347" t="s">
-        <v>218</v>
+        <v>219</v>
       </c>
       <c r="B347">
-        <v>105100869</v>
+        <v>107940467</v>
       </c>
       <c r="C347">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D347" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="348" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A348" t="s">
         <v>219</v>
       </c>
       <c r="B348">
-        <v>105140645</v>
+        <v>107940467</v>
       </c>
       <c r="C348">
-        <v>63</v>
+        <v>4</v>
       </c>
       <c r="D348" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="349" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A349" t="s">
-        <v>219</v>
+        <v>220</v>
       </c>
       <c r="B349">
-        <v>105140645</v>
+        <v>107950005</v>
       </c>
       <c r="C349">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D349" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="350" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A350" t="s">
-        <v>220</v>
+        <v>221</v>
       </c>
       <c r="B350">
-        <v>105190840</v>
+        <v>108040407</v>
       </c>
       <c r="C350">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="D350" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="351" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A351" t="s">
-        <v>221</v>
+        <v>222</v>
       </c>
       <c r="B351">
-        <v>105270188</v>
+        <v>108070294</v>
       </c>
       <c r="C351">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D351" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="352" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A352" t="s">
-        <v>221</v>
+        <v>223</v>
       </c>
       <c r="B352">
-        <v>105270188</v>
+        <v>108200770</v>
       </c>
       <c r="C352">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="D352" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="353" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A353" t="s">
-        <v>222</v>
+        <v>224</v>
       </c>
       <c r="B353">
-        <v>105450920</v>
+        <v>108210393</v>
       </c>
       <c r="C353">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="D353" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="354" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A354" t="s">
-        <v>223</v>
+        <v>225</v>
       </c>
       <c r="B354">
-        <v>105510351</v>
+        <v>108310117</v>
       </c>
       <c r="C354">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="D354" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="355" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A355" t="s">
-        <v>224</v>
+        <v>226</v>
       </c>
       <c r="B355">
-        <v>105520418</v>
+        <v>108370619</v>
       </c>
       <c r="C355">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D355" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="356" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A356" t="s">
-        <v>225</v>
+        <v>227</v>
       </c>
       <c r="B356">
-        <v>105630561</v>
+        <v>108420432</v>
       </c>
       <c r="C356">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D356" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="357" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A357" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B357">
-        <v>105650175</v>
+        <v>108420432</v>
       </c>
       <c r="C357">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="D357" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="358" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A358" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="B358">
-        <v>105660418</v>
+        <v>108460132</v>
       </c>
       <c r="C358">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D358" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="359" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A359" t="s">
         <v>228</v>
       </c>
       <c r="B359">
-        <v>105800255</v>
+        <v>108460132</v>
       </c>
       <c r="C359">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D359" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="360" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A360" t="s">
         <v>229</v>
       </c>
       <c r="B360">
-        <v>105810629</v>
+        <v>108610426</v>
       </c>
       <c r="C360">
         <v>1</v>
       </c>
       <c r="D360" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="361" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A361" t="s">
         <v>230</v>
       </c>
       <c r="B361">
-        <v>105860774</v>
+        <v>108690041</v>
       </c>
       <c r="C361">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D361" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="362" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A362" t="s">
         <v>231</v>
       </c>
       <c r="B362">
-        <v>105920110</v>
+        <v>108690061</v>
       </c>
       <c r="C362">
-        <v>2</v>
+        <v>27</v>
       </c>
       <c r="D362" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="363" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A363" t="s">
-        <v>232</v>
+        <v>231</v>
       </c>
       <c r="B363">
-        <v>106070132</v>
+        <v>108690061</v>
       </c>
       <c r="C363">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D363" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="364" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A364" t="s">
-        <v>233</v>
+        <v>232</v>
       </c>
       <c r="B364">
-        <v>106090797</v>
+        <v>108730335</v>
       </c>
       <c r="C364">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D364" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="365" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A365" t="s">
         <v>233</v>
       </c>
       <c r="B365">
-        <v>106090797</v>
+        <v>109150745</v>
       </c>
       <c r="C365">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D365" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="366" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A366" t="s">
-        <v>234</v>
+        <v>233</v>
       </c>
       <c r="B366">
-        <v>106140925</v>
+        <v>109150745</v>
       </c>
       <c r="C366">
         <v>3</v>
       </c>
       <c r="D366" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="367" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A367" t="s">
-        <v>235</v>
+        <v>234</v>
       </c>
       <c r="B367">
-        <v>106210672</v>
+        <v>109190213</v>
       </c>
       <c r="C367">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D367" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="368" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A368" t="s">
-        <v>236</v>
+        <v>235</v>
       </c>
       <c r="B368">
-        <v>106230453</v>
+        <v>109420553</v>
       </c>
       <c r="C368">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="D368" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="369" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A369" t="s">
-        <v>237</v>
+        <v>236</v>
       </c>
       <c r="B369">
-        <v>106380419</v>
+        <v>109550324</v>
       </c>
       <c r="C369">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D369" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="370" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A370" t="s">
         <v>237</v>
       </c>
       <c r="B370">
-        <v>106380419</v>
+        <v>109630041</v>
       </c>
       <c r="C370">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D370" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="371" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A371" t="s">
-        <v>238</v>
+        <v>237</v>
       </c>
       <c r="B371">
-        <v>106480832</v>
+        <v>109630041</v>
       </c>
       <c r="C371">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="D371" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="372" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A372" t="s">
-        <v>239</v>
+        <v>238</v>
       </c>
       <c r="B372">
-        <v>106780669</v>
+        <v>109650751</v>
       </c>
       <c r="C372">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D372" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="373" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A373" t="s">
-        <v>240</v>
+        <v>238</v>
       </c>
       <c r="B373">
-        <v>106800196</v>
+        <v>109650751</v>
       </c>
       <c r="C373">
-        <v>18</v>
+        <v>3</v>
       </c>
       <c r="D373" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="374" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A374" t="s">
-        <v>240</v>
+        <v>239</v>
       </c>
       <c r="B374">
-        <v>106800196</v>
+        <v>109730975</v>
       </c>
       <c r="C374">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D374" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="375" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A375" t="s">
-        <v>241</v>
+        <v>240</v>
       </c>
       <c r="B375">
-        <v>106800454</v>
+        <v>109990611</v>
       </c>
       <c r="C375">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D375" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="376" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A376" t="s">
-        <v>242</v>
+        <v>240</v>
       </c>
       <c r="B376">
-        <v>106900669</v>
+        <v>109990611</v>
       </c>
       <c r="C376">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D376" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="377" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A377" t="s">
-        <v>243</v>
+        <v>241</v>
       </c>
       <c r="B377">
-        <v>106910717</v>
+        <v>110070740</v>
       </c>
       <c r="C377">
-        <v>9</v>
+        <v>18</v>
       </c>
       <c r="D377" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="378" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A378" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="B378">
-        <v>107010454</v>
+        <v>110070740</v>
       </c>
       <c r="C378">
         <v>2</v>
       </c>
       <c r="D378" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="379" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A379" t="s">
-        <v>245</v>
+        <v>242</v>
       </c>
       <c r="B379">
-        <v>107140825</v>
+        <v>110850736</v>
       </c>
       <c r="C379">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D379" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="380" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A380" t="s">
-        <v>246</v>
+        <v>243</v>
       </c>
       <c r="B380">
-        <v>107200331</v>
+        <v>110880029</v>
       </c>
       <c r="C380">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="D380" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="381" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A381" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="B381">
-        <v>107200486</v>
+        <v>110880029</v>
       </c>
       <c r="C381">
-        <v>18</v>
+        <v>9</v>
       </c>
       <c r="D381" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="382" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A382" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
       <c r="B382">
-        <v>107220056</v>
+        <v>110920533</v>
       </c>
       <c r="C382">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="D382" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="383" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A383" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B383">
-        <v>107380850</v>
+        <v>111010635</v>
       </c>
       <c r="C383">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D383" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="384" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A384" t="s">
-        <v>250</v>
+        <v>10</v>
       </c>
       <c r="B384">
-        <v>107400914</v>
+        <v>111113861</v>
       </c>
       <c r="C384">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="D384" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="385" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A385" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
       <c r="B385">
-        <v>107470901</v>
+        <v>111160933</v>
       </c>
       <c r="C385">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D385" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="386" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A386" t="s">
-        <v>252</v>
+        <v>246</v>
       </c>
       <c r="B386">
-        <v>107500976</v>
+        <v>111160933</v>
       </c>
       <c r="C386">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D386" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="387" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A387" t="s">
-        <v>253</v>
+        <v>247</v>
       </c>
       <c r="B387">
-        <v>107530856</v>
+        <v>111180874</v>
       </c>
       <c r="C387">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D387" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="388" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A388" t="s">
-        <v>254</v>
+        <v>248</v>
       </c>
       <c r="B388">
-        <v>107580377</v>
+        <v>111380266</v>
       </c>
       <c r="C388">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="D388" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="389" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A389" t="s">
-        <v>255</v>
+        <v>249</v>
       </c>
       <c r="B389">
-        <v>107840620</v>
+        <v>111850905</v>
       </c>
       <c r="C389">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D389" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="390" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A390" t="s">
-        <v>256</v>
+        <v>249</v>
       </c>
       <c r="B390">
-        <v>107940089</v>
+        <v>111850905</v>
       </c>
       <c r="C390">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="D390" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="391" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A391" t="s">
-        <v>256</v>
+        <v>250</v>
       </c>
       <c r="B391">
-        <v>107940089</v>
+        <v>111960110</v>
       </c>
       <c r="C391">
-        <v>53</v>
+        <v>11</v>
       </c>
       <c r="D391" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="392" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A392" t="s">
-        <v>257</v>
+        <v>251</v>
       </c>
       <c r="B392">
-        <v>107940467</v>
+        <v>113070286</v>
       </c>
       <c r="C392">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="D392" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="393" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A393" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="B393">
-        <v>107940467</v>
+        <v>113250378</v>
       </c>
       <c r="C393">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D393" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="394" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A394" t="s">
-        <v>258</v>
+        <v>252</v>
       </c>
       <c r="B394">
-        <v>108040407</v>
+        <v>113250378</v>
       </c>
       <c r="C394">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="D394" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="395" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A395" t="s">
-        <v>259</v>
+        <v>253</v>
       </c>
       <c r="B395">
-        <v>108070294</v>
+        <v>113360145</v>
       </c>
       <c r="C395">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="D395" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="396" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A396" t="s">
-        <v>260</v>
+        <v>253</v>
       </c>
       <c r="B396">
-        <v>108110478</v>
+        <v>113360145</v>
       </c>
       <c r="C396">
         <v>1</v>
       </c>
       <c r="D396" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="397" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A397" t="s">
-        <v>261</v>
+        <v>254</v>
       </c>
       <c r="B397">
-        <v>108160306</v>
+        <v>113360260</v>
       </c>
       <c r="C397">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="D397" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="398" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A398" t="s">
-        <v>262</v>
+        <v>255</v>
       </c>
       <c r="B398">
-        <v>108180428</v>
+        <v>113540293</v>
       </c>
       <c r="C398">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D398" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="399" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A399" t="s">
-        <v>263</v>
+        <v>255</v>
       </c>
       <c r="B399">
-        <v>108200770</v>
+        <v>113540293</v>
       </c>
       <c r="C399">
-        <v>14</v>
+        <v>4</v>
       </c>
       <c r="D399" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="400" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A400" t="s">
-        <v>264</v>
+        <v>256</v>
       </c>
       <c r="B400">
-        <v>108280454</v>
+        <v>113990556</v>
       </c>
       <c r="C400">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D400" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="401" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A401" t="s">
-        <v>264</v>
+        <v>256</v>
       </c>
       <c r="B401">
-        <v>108280454</v>
+        <v>113990556</v>
       </c>
       <c r="C401">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D401" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="402" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A402" t="s">
-        <v>265</v>
+        <v>257</v>
       </c>
       <c r="B402">
-        <v>108310117</v>
+        <v>114620787</v>
       </c>
       <c r="C402">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="D402" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="403" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A403" t="s">
-        <v>266</v>
+        <v>258</v>
       </c>
       <c r="B403">
-        <v>108340081</v>
+        <v>114630132</v>
       </c>
       <c r="C403">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="D403" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="404" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A404" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="B404">
-        <v>108340081</v>
+        <v>114660645</v>
       </c>
       <c r="C404">
-        <v>7</v>
+        <v>20</v>
       </c>
       <c r="D404" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="405" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A405" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="B405">
-        <v>108420432</v>
+        <v>114930119</v>
       </c>
       <c r="C405">
-        <v>10</v>
+        <v>5</v>
       </c>
       <c r="D405" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="406" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A406" t="s">
-        <v>267</v>
+        <v>261</v>
       </c>
       <c r="B406">
-        <v>108420432</v>
+        <v>115540871</v>
       </c>
       <c r="C406">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D406" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="407" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A407" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
       <c r="B407">
-        <v>108460132</v>
+        <v>115540871</v>
       </c>
       <c r="C407">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D407" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="408" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A408" t="s">
-        <v>268</v>
+        <v>262</v>
       </c>
       <c r="B408">
-        <v>108460132</v>
+        <v>115650013</v>
       </c>
       <c r="C408">
-        <v>6</v>
+        <v>16</v>
       </c>
       <c r="D408" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="409" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A409" t="s">
-        <v>269</v>
+        <v>263</v>
       </c>
       <c r="B409">
-        <v>108560273</v>
+        <v>115960970</v>
       </c>
       <c r="C409">
         <v>1</v>
       </c>
       <c r="D409" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="410" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A410" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="B410">
-        <v>108660295</v>
+        <v>115960970</v>
       </c>
       <c r="C410">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D410" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="411" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A411" t="s">
-        <v>271</v>
+        <v>264</v>
       </c>
       <c r="B411">
-        <v>108690041</v>
+        <v>116140785</v>
       </c>
       <c r="C411">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="D411" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="412" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A412" t="s">
-        <v>272</v>
+        <v>265</v>
       </c>
       <c r="B412">
-        <v>108690061</v>
+        <v>116220590</v>
       </c>
       <c r="C412">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D412" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="413" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A413" t="s">
-        <v>272</v>
+        <v>266</v>
       </c>
       <c r="B413">
-        <v>108690061</v>
+        <v>117630768</v>
       </c>
       <c r="C413">
-        <v>27</v>
+        <v>8</v>
       </c>
       <c r="D413" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="414" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A414" t="s">
-        <v>273</v>
+        <v>266</v>
       </c>
       <c r="B414">
-        <v>108730335</v>
+        <v>117630768</v>
       </c>
       <c r="C414">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="D414" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="415" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A415" t="s">
-        <v>273</v>
+        <v>267</v>
       </c>
       <c r="B415">
-        <v>108730335</v>
+        <v>1200080116</v>
       </c>
       <c r="C415">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D415" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="416" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A416" t="s">
-        <v>274</v>
+        <v>267</v>
       </c>
       <c r="B416">
-        <v>109100006</v>
+        <v>1200080116</v>
       </c>
       <c r="C416">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D416" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="417" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A417" t="s">
-        <v>275</v>
+        <v>268</v>
       </c>
       <c r="B417">
-        <v>109150745</v>
+        <v>200453171</v>
       </c>
       <c r="C417">
-        <v>8</v>
+        <v>46</v>
       </c>
       <c r="D417" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="418" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A418" t="s">
-        <v>275</v>
+        <v>268</v>
       </c>
       <c r="B418">
-        <v>109150745</v>
+        <v>200453171</v>
       </c>
       <c r="C418">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D418" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="419" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A419" t="s">
-        <v>276</v>
+        <v>269</v>
       </c>
       <c r="B419">
-        <v>109190213</v>
+        <v>200819655</v>
       </c>
       <c r="C419">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D419" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="420" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A420" t="s">
-        <v>277</v>
+        <v>269</v>
       </c>
       <c r="B420">
-        <v>109420553</v>
+        <v>200819655</v>
       </c>
       <c r="C420">
-        <v>14</v>
+        <v>21</v>
       </c>
       <c r="D420" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="421" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A421" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="B421">
-        <v>109450177</v>
+        <v>200831000</v>
       </c>
       <c r="C421">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D421" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="422" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A422" t="s">
-        <v>279</v>
+        <v>270</v>
       </c>
       <c r="B422">
-        <v>109550324</v>
+        <v>200831000</v>
       </c>
       <c r="C422">
         <v>2</v>
       </c>
       <c r="D422" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="423" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A423" t="s">
-        <v>280</v>
+        <v>271</v>
       </c>
       <c r="B423">
-        <v>109600011</v>
+        <v>200950004</v>
       </c>
       <c r="C423">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D423" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="424" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A424" t="s">
-        <v>281</v>
+        <v>10</v>
       </c>
       <c r="B424">
-        <v>109630041</v>
+        <v>200980284</v>
       </c>
       <c r="C424">
-        <v>2</v>
+        <v>32</v>
       </c>
       <c r="D424" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="425" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A425" t="s">
-        <v>281</v>
+        <v>272</v>
       </c>
       <c r="B425">
-        <v>109630041</v>
+        <v>201020980</v>
       </c>
       <c r="C425">
-        <v>10</v>
+        <v>124</v>
       </c>
       <c r="D425" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="426" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A426" t="s">
-        <v>282</v>
+        <v>273</v>
       </c>
       <c r="B426">
-        <v>109650751</v>
+        <v>201030988</v>
       </c>
       <c r="C426">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="D426" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="427" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A427" t="s">
-        <v>282</v>
+        <v>274</v>
       </c>
       <c r="B427">
-        <v>109650751</v>
+        <v>201090993</v>
       </c>
       <c r="C427">
-        <v>5</v>
+        <v>23</v>
       </c>
       <c r="D427" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="428" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A428" t="s">
-        <v>283</v>
+        <v>274</v>
       </c>
       <c r="B428">
-        <v>109730975</v>
+        <v>201090993</v>
       </c>
       <c r="C428">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="D428" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="429" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A429" t="s">
-        <v>284</v>
+        <v>275</v>
       </c>
       <c r="B429">
-        <v>109940593</v>
+        <v>201190444</v>
       </c>
       <c r="C429">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D429" t="s">
-        <v>1012</v>
+        <v>798</v>
       </c>
     </row>
     <row r="430" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A430" t="s">
-        <v>285</v>
+        <v>276</v>
       </c>
       <c r="B430">
-        <v>109990611</v>
+        <v>201380819</v>
       </c>
       <c r="C430">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D430" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="431" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A431" t="s">
-        <v>285</v>
+        <v>277</v>
       </c>
       <c r="B431">
-        <v>109990611</v>
+        <v>201420601</v>
       </c>
       <c r="C431">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D431" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="432" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A432" t="s">
-        <v>286</v>
+        <v>277</v>
       </c>
       <c r="B432">
-        <v>110070740</v>
+        <v>201420601</v>
       </c>
       <c r="C432">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D432" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="433" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A433" t="s">
-        <v>286</v>
+        <v>278</v>
       </c>
       <c r="B433">
-        <v>110070740</v>
+        <v>201490186</v>
       </c>
       <c r="C433">
-        <v>18</v>
+        <v>6</v>
       </c>
       <c r="D433" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="434" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A434" t="s">
-        <v>287</v>
+        <v>278</v>
       </c>
       <c r="B434">
-        <v>110210646</v>
+        <v>201490186</v>
       </c>
       <c r="C434">
-        <v>3</v>
+        <v>54</v>
       </c>
       <c r="D434" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="435" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A435" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
       <c r="B435">
-        <v>110440516</v>
+        <v>201500969</v>
       </c>
       <c r="C435">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D435" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="436" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A436" t="s">
-        <v>289</v>
+        <v>280</v>
       </c>
       <c r="B436">
-        <v>110540607</v>
+        <v>201530564</v>
       </c>
       <c r="C436">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D436" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="437" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A437" t="s">
-        <v>290</v>
+        <v>281</v>
       </c>
       <c r="B437">
-        <v>110790273</v>
+        <v>201540100</v>
       </c>
       <c r="C437">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D437" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="438" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A438" t="s">
-        <v>291</v>
+        <v>281</v>
       </c>
       <c r="B438">
-        <v>110850736</v>
+        <v>201540100</v>
       </c>
       <c r="C438">
         <v>3</v>
       </c>
       <c r="D438" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="439" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A439" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="B439">
-        <v>110880029</v>
+        <v>201550170</v>
       </c>
       <c r="C439">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="D439" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="440" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A440" t="s">
-        <v>292</v>
+        <v>282</v>
       </c>
       <c r="B440">
-        <v>110880029</v>
+        <v>201550170</v>
       </c>
       <c r="C440">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="D440" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="441" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A441" t="s">
-        <v>293</v>
+        <v>10</v>
       </c>
       <c r="B441">
-        <v>110920533</v>
+        <v>201580397</v>
       </c>
       <c r="C441">
-        <v>20</v>
+        <v>1</v>
       </c>
       <c r="D441" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="442" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A442" t="s">
-        <v>294</v>
+        <v>283</v>
       </c>
       <c r="B442">
-        <v>111010635</v>
+        <v>201600395</v>
       </c>
       <c r="C442">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D442" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="443" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A443" t="s">
-        <v>295</v>
+        <v>284</v>
       </c>
       <c r="B443">
-        <v>111050768</v>
+        <v>201630354</v>
       </c>
       <c r="C443">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D443" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="444" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A444" t="s">
-        <v>10</v>
+        <v>285</v>
       </c>
       <c r="B444">
-        <v>111113861</v>
+        <v>201640417</v>
       </c>
       <c r="C444">
-        <v>28</v>
+        <v>6</v>
       </c>
       <c r="D444" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="445" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A445" t="s">
-        <v>296</v>
+        <v>285</v>
       </c>
       <c r="B445">
-        <v>111160933</v>
+        <v>201640417</v>
       </c>
       <c r="C445">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D445" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="446" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A446" t="s">
-        <v>296</v>
+        <v>286</v>
       </c>
       <c r="B446">
-        <v>111160933</v>
+        <v>201650682</v>
       </c>
       <c r="C446">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="D446" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="447" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A447" t="s">
-        <v>297</v>
+        <v>286</v>
       </c>
       <c r="B447">
-        <v>111180874</v>
+        <v>201650682</v>
       </c>
       <c r="C447">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="D447" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="448" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A448" t="s">
-        <v>298</v>
+        <v>287</v>
       </c>
       <c r="B448">
-        <v>111380266</v>
+        <v>201690894</v>
       </c>
       <c r="C448">
-        <v>19</v>
+        <v>1</v>
       </c>
       <c r="D448" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="449" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A449" t="s">
-        <v>299</v>
+        <v>288</v>
       </c>
       <c r="B449">
-        <v>111690256</v>
+        <v>201750843</v>
       </c>
       <c r="C449">
-        <v>3</v>
+        <v>39</v>
       </c>
       <c r="D449" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="450" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A450" t="s">
-        <v>300</v>
+        <v>288</v>
       </c>
       <c r="B450">
-        <v>111850905</v>
+        <v>201750843</v>
       </c>
       <c r="C450">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D450" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="451" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A451" t="s">
-        <v>300</v>
+        <v>289</v>
       </c>
       <c r="B451">
-        <v>111850905</v>
+        <v>201860372</v>
       </c>
       <c r="C451">
-        <v>14</v>
+        <v>2</v>
       </c>
       <c r="D451" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="452" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A452" t="s">
-        <v>301</v>
+        <v>290</v>
       </c>
       <c r="B452">
-        <v>111960110</v>
+        <v>201970615</v>
       </c>
       <c r="C452">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="D452" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="453" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A453" t="s">
-        <v>302</v>
+        <v>290</v>
       </c>
       <c r="B453">
-        <v>112590491</v>
+        <v>201970615</v>
       </c>
       <c r="C453">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D453" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="454" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A454" t="s">
-        <v>303</v>
+        <v>291</v>
       </c>
       <c r="B454">
-        <v>113070286</v>
+        <v>202010645</v>
       </c>
       <c r="C454">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="D454" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="455" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A455" t="s">
-        <v>304</v>
+        <v>292</v>
       </c>
       <c r="B455">
-        <v>113250378</v>
+        <v>202100475</v>
       </c>
       <c r="C455">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D455" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="456" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A456" t="s">
-        <v>304</v>
+        <v>292</v>
       </c>
       <c r="B456">
-        <v>113250378</v>
+        <v>202100475</v>
       </c>
       <c r="C456">
-        <v>6</v>
+        <v>2</v>
       </c>
       <c r="D456" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="457" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A457" t="s">
-        <v>305</v>
+        <v>293</v>
       </c>
       <c r="B457">
-        <v>113360145</v>
+        <v>202210976</v>
       </c>
       <c r="C457">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="D457" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="458" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A458" t="s">
-        <v>305</v>
+        <v>294</v>
       </c>
       <c r="B458">
-        <v>113360145</v>
+        <v>202270715</v>
       </c>
       <c r="C458">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D458" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="459" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A459" t="s">
-        <v>306</v>
+        <v>295</v>
       </c>
       <c r="B459">
-        <v>113360260</v>
+        <v>202390262</v>
       </c>
       <c r="C459">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="D459" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="460" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A460" t="s">
-        <v>307</v>
+        <v>295</v>
       </c>
       <c r="B460">
-        <v>113540293</v>
+        <v>202390262</v>
       </c>
       <c r="C460">
         <v>4</v>
       </c>
       <c r="D460" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="461" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A461" t="s">
-        <v>307</v>
+        <v>296</v>
       </c>
       <c r="B461">
-        <v>113540293</v>
+        <v>202580274</v>
       </c>
       <c r="C461">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D461" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="462" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A462" t="s">
-        <v>308</v>
+        <v>297</v>
       </c>
       <c r="B462">
-        <v>113990556</v>
+        <v>202670230</v>
       </c>
       <c r="C462">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D462" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="463" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A463" t="s">
-        <v>308</v>
+        <v>297</v>
       </c>
       <c r="B463">
-        <v>113990556</v>
+        <v>202670230</v>
       </c>
       <c r="C463">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D463" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="464" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A464" t="s">
-        <v>309</v>
+        <v>298</v>
       </c>
       <c r="B464">
-        <v>114120148</v>
+        <v>202810542</v>
       </c>
       <c r="C464">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D464" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="465" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A465" t="s">
-        <v>310</v>
+        <v>299</v>
       </c>
       <c r="B465">
-        <v>114620787</v>
+        <v>202880610</v>
       </c>
       <c r="C465">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D465" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="466" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A466" t="s">
-        <v>311</v>
+        <v>299</v>
       </c>
       <c r="B466">
-        <v>114630132</v>
+        <v>202880610</v>
       </c>
       <c r="C466">
-        <v>20</v>
+        <v>11</v>
       </c>
       <c r="D466" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="467" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A467" t="s">
-        <v>312</v>
+        <v>300</v>
       </c>
       <c r="B467">
-        <v>114660645</v>
+        <v>203130217</v>
       </c>
       <c r="C467">
-        <v>20</v>
+        <v>66</v>
       </c>
       <c r="D467" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="468" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A468" t="s">
-        <v>313</v>
+        <v>300</v>
       </c>
       <c r="B468">
-        <v>114930119</v>
+        <v>203130217</v>
       </c>
       <c r="C468">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D468" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="469" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A469" t="s">
-        <v>314</v>
+        <v>301</v>
       </c>
       <c r="B469">
-        <v>115540871</v>
+        <v>203150131</v>
       </c>
       <c r="C469">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D469" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="470" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A470" t="s">
-        <v>314</v>
+        <v>301</v>
       </c>
       <c r="B470">
-        <v>115540871</v>
+        <v>203150131</v>
       </c>
       <c r="C470">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="D470" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="471" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A471" t="s">
-        <v>315</v>
+        <v>302</v>
       </c>
       <c r="B471">
-        <v>115650013</v>
+        <v>203180645</v>
       </c>
       <c r="C471">
-        <v>16</v>
+        <v>3</v>
       </c>
       <c r="D471" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="472" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A472" t="s">
-        <v>316</v>
+        <v>303</v>
       </c>
       <c r="B472">
-        <v>115960970</v>
+        <v>203240888</v>
       </c>
       <c r="C472">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D472" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="473" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A473" t="s">
-        <v>316</v>
+        <v>304</v>
       </c>
       <c r="B473">
-        <v>115960970</v>
+        <v>203330473</v>
       </c>
       <c r="C473">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D473" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="474" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A474" t="s">
-        <v>317</v>
+        <v>304</v>
       </c>
       <c r="B474">
-        <v>116140785</v>
+        <v>203330473</v>
       </c>
       <c r="C474">
         <v>12</v>
       </c>
       <c r="D474" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="475" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A475" t="s">
-        <v>318</v>
+        <v>305</v>
       </c>
       <c r="B475">
-        <v>116220590</v>
+        <v>203550248</v>
       </c>
       <c r="C475">
         <v>1</v>
       </c>
       <c r="D475" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="476" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A476" t="s">
-        <v>319</v>
+        <v>306</v>
       </c>
       <c r="B476">
-        <v>117630768</v>
+        <v>203560894</v>
       </c>
       <c r="C476">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D476" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="477" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A477" t="s">
-        <v>319</v>
+        <v>306</v>
       </c>
       <c r="B477">
-        <v>117630768</v>
+        <v>203560894</v>
       </c>
       <c r="C477">
-        <v>9</v>
+        <v>1</v>
       </c>
       <c r="D477" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="478" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A478" t="s">
-        <v>320</v>
+        <v>307</v>
       </c>
       <c r="B478">
-        <v>1200080116</v>
+        <v>203630272</v>
       </c>
       <c r="C478">
-        <v>8</v>
+        <v>1</v>
       </c>
       <c r="D478" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="479" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A479" t="s">
-        <v>320</v>
+        <v>308</v>
       </c>
       <c r="B479">
-        <v>1200080116</v>
+        <v>203710913</v>
       </c>
       <c r="C479">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D479" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="480" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A480" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="B480">
-        <v>200342601</v>
+        <v>203720243</v>
       </c>
       <c r="C480">
-        <v>3</v>
+        <v>65</v>
       </c>
       <c r="D480" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="481" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A481" t="s">
-        <v>322</v>
+        <v>309</v>
       </c>
       <c r="B481">
-        <v>200453171</v>
+        <v>203720243</v>
       </c>
       <c r="C481">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D481" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="482" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A482" t="s">
-        <v>322</v>
+        <v>310</v>
       </c>
       <c r="B482">
-        <v>200453171</v>
+        <v>203740638</v>
       </c>
       <c r="C482">
-        <v>46</v>
+        <v>1</v>
       </c>
       <c r="D482" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="483" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A483" t="s">
-        <v>323</v>
+        <v>311</v>
       </c>
       <c r="B483">
-        <v>200518868</v>
+        <v>203760187</v>
       </c>
       <c r="C483">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D483" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="484" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A484" t="s">
-        <v>324</v>
+        <v>311</v>
       </c>
       <c r="B484">
-        <v>200819655</v>
+        <v>203760187</v>
       </c>
       <c r="C484">
-        <v>21</v>
+        <v>5</v>
       </c>
       <c r="D484" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="485" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A485" t="s">
-        <v>324</v>
+        <v>312</v>
       </c>
       <c r="B485">
-        <v>200819655</v>
+        <v>204000287</v>
       </c>
       <c r="C485">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D485" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="486" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A486" t="s">
-        <v>325</v>
+        <v>313</v>
       </c>
       <c r="B486">
-        <v>200831000</v>
+        <v>204000326</v>
       </c>
       <c r="C486">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D486" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="487" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A487" t="s">
-        <v>325</v>
+        <v>314</v>
       </c>
       <c r="B487">
-        <v>200831000</v>
+        <v>204040407</v>
       </c>
       <c r="C487">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D487" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="488" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A488" t="s">
-        <v>326</v>
+        <v>315</v>
       </c>
       <c r="B488">
-        <v>200950004</v>
+        <v>204290301</v>
       </c>
       <c r="C488">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D488" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="489" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A489" t="s">
-        <v>10</v>
+        <v>316</v>
       </c>
       <c r="B489">
-        <v>200980284</v>
+        <v>204290812</v>
       </c>
       <c r="C489">
-        <v>32</v>
+        <v>8</v>
       </c>
       <c r="D489" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="490" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A490" t="s">
-        <v>327</v>
+        <v>316</v>
       </c>
       <c r="B490">
-        <v>201020980</v>
+        <v>204290812</v>
       </c>
       <c r="C490">
-        <v>119</v>
+        <v>11</v>
       </c>
       <c r="D490" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="491" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A491" t="s">
-        <v>327</v>
+        <v>317</v>
       </c>
       <c r="B491">
-        <v>201020980</v>
+        <v>204490030</v>
       </c>
       <c r="C491">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D491" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="492" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A492" t="s">
-        <v>328</v>
+        <v>317</v>
       </c>
       <c r="B492">
-        <v>201030988</v>
+        <v>204490030</v>
       </c>
       <c r="C492">
-        <v>5</v>
+        <v>18</v>
       </c>
       <c r="D492" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="493" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A493" t="s">
-        <v>328</v>
+        <v>318</v>
       </c>
       <c r="B493">
-        <v>201030988</v>
+        <v>204540423</v>
       </c>
       <c r="C493">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="D493" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="494" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A494" t="s">
-        <v>329</v>
+        <v>318</v>
       </c>
       <c r="B494">
-        <v>201090993</v>
+        <v>204540423</v>
       </c>
       <c r="C494">
-        <v>23</v>
+        <v>6</v>
       </c>
       <c r="D494" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="495" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A495" t="s">
-        <v>329</v>
+        <v>319</v>
       </c>
       <c r="B495">
-        <v>201090993</v>
+        <v>204910010</v>
       </c>
       <c r="C495">
-        <v>27</v>
+        <v>1</v>
       </c>
       <c r="D495" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="496" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A496" t="s">
-        <v>330</v>
+        <v>320</v>
       </c>
       <c r="B496">
-        <v>201190444</v>
+        <v>205610424</v>
       </c>
       <c r="C496">
-        <v>7</v>
+        <v>11</v>
       </c>
       <c r="D496" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="497" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A497" t="s">
-        <v>330</v>
+        <v>320</v>
       </c>
       <c r="B497">
-        <v>201190444</v>
+        <v>205610424</v>
       </c>
       <c r="C497">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D497" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="498" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A498" t="s">
-        <v>331</v>
+        <v>321</v>
       </c>
       <c r="B498">
-        <v>201290301</v>
+        <v>205990955</v>
       </c>
       <c r="C498">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D498" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="499" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A499" t="s">
-        <v>332</v>
+        <v>321</v>
       </c>
       <c r="B499">
-        <v>201380819</v>
+        <v>205990955</v>
       </c>
       <c r="C499">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="D499" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="500" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A500" t="s">
-        <v>333</v>
+        <v>322</v>
       </c>
       <c r="B500">
-        <v>201420601</v>
+        <v>300469160</v>
       </c>
       <c r="C500">
         <v>5</v>
       </c>
       <c r="D500" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="501" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A501" t="s">
-        <v>333</v>
+        <v>322</v>
       </c>
       <c r="B501">
-        <v>201420601</v>
+        <v>300469160</v>
       </c>
       <c r="C501">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D501" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="502" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A502" t="s">
-        <v>334</v>
+        <v>323</v>
       </c>
       <c r="B502">
-        <v>201490186</v>
+        <v>301020986</v>
       </c>
       <c r="C502">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D502" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="503" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A503" t="s">
-        <v>334</v>
+        <v>324</v>
       </c>
       <c r="B503">
-        <v>201490186</v>
+        <v>301070594</v>
       </c>
       <c r="C503">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="D503" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="504" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A504" t="s">
-        <v>335</v>
+        <v>324</v>
       </c>
       <c r="B504">
-        <v>201530564</v>
+        <v>301070594</v>
       </c>
       <c r="C504">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="D504" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="505" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A505" t="s">
-        <v>336</v>
+        <v>325</v>
       </c>
       <c r="B505">
-        <v>201540100</v>
+        <v>301100166</v>
       </c>
       <c r="C505">
         <v>2</v>
       </c>
       <c r="D505" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="506" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A506" t="s">
-        <v>336</v>
+        <v>326</v>
       </c>
       <c r="B506">
-        <v>201540100</v>
+        <v>301210734</v>
       </c>
       <c r="C506">
         <v>5</v>
       </c>
       <c r="D506" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="507" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A507" t="s">
-        <v>337</v>
+        <v>326</v>
       </c>
       <c r="B507">
-        <v>201550170</v>
+        <v>301210734</v>
       </c>
       <c r="C507">
-        <v>1</v>
+        <v>28</v>
       </c>
       <c r="D507" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="508" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A508" t="s">
-        <v>337</v>
+        <v>327</v>
       </c>
       <c r="B508">
-        <v>201550170</v>
+        <v>301340365</v>
       </c>
       <c r="C508">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D508" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="509" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A509" t="s">
-        <v>10</v>
+        <v>327</v>
       </c>
       <c r="B509">
-        <v>201580397</v>
+        <v>301340365</v>
       </c>
       <c r="C509">
         <v>1</v>
       </c>
       <c r="D509" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="510" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A510" t="s">
-        <v>338</v>
+        <v>328</v>
       </c>
       <c r="B510">
-        <v>201600395</v>
+        <v>301800197</v>
       </c>
       <c r="C510">
-        <v>1</v>
+        <v>63</v>
       </c>
       <c r="D510" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="511" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A511" t="s">
-        <v>339</v>
+        <v>328</v>
       </c>
       <c r="B511">
-        <v>201630354</v>
+        <v>301800197</v>
       </c>
       <c r="C511">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D511" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="512" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A512" t="s">
-        <v>340</v>
+        <v>329</v>
       </c>
       <c r="B512">
-        <v>201640417</v>
+        <v>301900799</v>
       </c>
       <c r="C512">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D512" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="513" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A513" t="s">
-        <v>340</v>
+        <v>329</v>
       </c>
       <c r="B513">
-        <v>201640417</v>
+        <v>301900799</v>
       </c>
       <c r="C513">
-        <v>6</v>
+        <v>11</v>
       </c>
       <c r="D513" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="514" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A514" t="s">
-        <v>341</v>
+        <v>330</v>
       </c>
       <c r="B514">
-        <v>201650682</v>
+        <v>301940716</v>
       </c>
       <c r="C514">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="D514" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="515" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A515" t="s">
-        <v>341</v>
+        <v>331</v>
       </c>
       <c r="B515">
-        <v>201650682</v>
+        <v>302040017</v>
       </c>
       <c r="C515">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="D515" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="516" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A516" t="s">
-        <v>342</v>
+        <v>331</v>
       </c>
       <c r="B516">
-        <v>201750843</v>
+        <v>302040017</v>
       </c>
       <c r="C516">
-        <v>49</v>
+        <v>1</v>
       </c>
       <c r="D516" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="517" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A517" t="s">
-        <v>342</v>
+        <v>10</v>
       </c>
       <c r="B517">
-        <v>201750843</v>
+        <v>302110804</v>
       </c>
       <c r="C517">
-        <v>4</v>
+        <v>16</v>
       </c>
       <c r="D517" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="518" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A518" t="s">
-        <v>343</v>
+        <v>332</v>
       </c>
       <c r="B518">
-        <v>201860372</v>
+        <v>302430456</v>
       </c>
       <c r="C518">
-        <v>2</v>
+        <v>23</v>
       </c>
       <c r="D518" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="519" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A519" t="s">
-        <v>344</v>
+        <v>332</v>
       </c>
       <c r="B519">
-        <v>201890266</v>
+        <v>302430456</v>
       </c>
       <c r="C519">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D519" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="520" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A520" t="s">
-        <v>344</v>
+        <v>333</v>
       </c>
       <c r="B520">
-        <v>201890266</v>
+        <v>304530239</v>
       </c>
       <c r="C520">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D520" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="521" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A521" t="s">
-        <v>345</v>
+        <v>333</v>
       </c>
       <c r="B521">
-        <v>201970615</v>
+        <v>304530239</v>
       </c>
       <c r="C521">
-        <v>1</v>
+        <v>12</v>
       </c>
       <c r="D521" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="522" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A522" t="s">
-        <v>345</v>
+        <v>334</v>
       </c>
       <c r="B522">
-        <v>201970615</v>
+        <v>400022091</v>
       </c>
       <c r="C522">
-        <v>2</v>
+        <v>18</v>
       </c>
       <c r="D522" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="523" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A523" t="s">
-        <v>346</v>
+        <v>334</v>
       </c>
       <c r="B523">
-        <v>202010645</v>
+        <v>400022091</v>
       </c>
       <c r="C523">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D523" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="524" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A524" t="s">
-        <v>347</v>
+        <v>335</v>
       </c>
       <c r="B524">
-        <v>202100475</v>
+        <v>400079421</v>
       </c>
       <c r="C524">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D524" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="525" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A525" t="s">
-        <v>347</v>
+        <v>335</v>
       </c>
       <c r="B525">
-        <v>202100475</v>
+        <v>400079421</v>
       </c>
       <c r="C525">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="D525" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="526" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A526" t="s">
-        <v>348</v>
+        <v>336</v>
       </c>
       <c r="B526">
-        <v>202210976</v>
+        <v>400089816</v>
       </c>
       <c r="C526">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D526" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="527" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A527" t="s">
-        <v>349</v>
+        <v>337</v>
       </c>
       <c r="B527">
-        <v>202270715</v>
+        <v>400102435</v>
       </c>
       <c r="C527">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D527" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="528" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A528" t="s">
-        <v>350</v>
+        <v>337</v>
       </c>
       <c r="B528">
-        <v>202360458</v>
+        <v>400102435</v>
       </c>
       <c r="C528">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="D528" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="529" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A529" t="s">
-        <v>351</v>
+        <v>338</v>
       </c>
       <c r="B529">
-        <v>202370577</v>
+        <v>400136170</v>
       </c>
       <c r="C529">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="D529" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="530" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A530" t="s">
-        <v>352</v>
+        <v>338</v>
       </c>
       <c r="B530">
-        <v>202390262</v>
+        <v>400136170</v>
       </c>
       <c r="C530">
-        <v>4</v>
+        <v>26</v>
       </c>
       <c r="D530" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="531" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A531" t="s">
-        <v>352</v>
+        <v>339</v>
       </c>
       <c r="B531">
-        <v>202390262</v>
+        <v>400146695</v>
       </c>
       <c r="C531">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D531" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="532" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A532" t="s">
-        <v>353</v>
+        <v>339</v>
       </c>
       <c r="B532">
-        <v>202600648</v>
+        <v>400146695</v>
       </c>
       <c r="C532">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D532" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="533" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A533" t="s">
-        <v>354</v>
+        <v>340</v>
       </c>
       <c r="B533">
-        <v>202670230</v>
+        <v>400146767</v>
       </c>
       <c r="C533">
-        <v>2</v>
+        <v>59</v>
       </c>
       <c r="D533" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="534" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A534" t="s">
-        <v>354</v>
+        <v>340</v>
       </c>
       <c r="B534">
-        <v>202670230</v>
+        <v>400146767</v>
       </c>
       <c r="C534">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D534" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="535" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A535" t="s">
-        <v>355</v>
+        <v>341</v>
       </c>
       <c r="B535">
-        <v>202760084</v>
+        <v>400157561</v>
       </c>
       <c r="C535">
-        <v>1</v>
+        <v>19</v>
       </c>
       <c r="D535" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="536" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A536" t="s">
-        <v>356</v>
+        <v>341</v>
       </c>
       <c r="B536">
-        <v>202810542</v>
+        <v>400157561</v>
       </c>
       <c r="C536">
-        <v>8</v>
+        <v>17</v>
       </c>
       <c r="D536" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="537" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A537" t="s">
-        <v>357</v>
+        <v>342</v>
       </c>
       <c r="B537">
-        <v>202871488</v>
+        <v>400157748</v>
       </c>
       <c r="C537">
-        <v>4</v>
+        <v>36</v>
       </c>
       <c r="D537" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="538" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A538" t="s">
-        <v>357</v>
+        <v>343</v>
       </c>
       <c r="B538">
-        <v>202871488</v>
+        <v>400179981</v>
       </c>
       <c r="C538">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="D538" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="539" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A539" t="s">
-        <v>358</v>
+        <v>343</v>
       </c>
       <c r="B539">
-        <v>202880610</v>
+        <v>400179981</v>
       </c>
       <c r="C539">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D539" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="540" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A540" t="s">
-        <v>358</v>
+        <v>344</v>
       </c>
       <c r="B540">
-        <v>202880610</v>
+        <v>400192628</v>
       </c>
       <c r="C540">
-        <v>10</v>
+        <v>28</v>
       </c>
       <c r="D540" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="541" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A541" t="s">
-        <v>359</v>
+        <v>344</v>
       </c>
       <c r="B541">
-        <v>203030577</v>
+        <v>400192628</v>
       </c>
       <c r="C541">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D541" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="542" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A542" t="s">
-        <v>359</v>
+        <v>345</v>
       </c>
       <c r="B542">
-        <v>203030577</v>
+        <v>400203317</v>
       </c>
       <c r="C542">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D542" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="543" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A543" t="s">
-        <v>360</v>
+        <v>345</v>
       </c>
       <c r="B543">
-        <v>203130217</v>
+        <v>400203317</v>
       </c>
       <c r="C543">
-        <v>66</v>
+        <v>82</v>
       </c>
       <c r="D543" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="544" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A544" t="s">
-        <v>360</v>
+        <v>346</v>
       </c>
       <c r="B544">
-        <v>203130217</v>
+        <v>400230489</v>
       </c>
       <c r="C544">
-        <v>5</v>
+        <v>8</v>
       </c>
       <c r="D544" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="545" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A545" t="s">
-        <v>361</v>
+        <v>346</v>
       </c>
       <c r="B545">
-        <v>203150131</v>
+        <v>400230489</v>
       </c>
       <c r="C545">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D545" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="546" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A546" t="s">
-        <v>361</v>
+        <v>10</v>
       </c>
       <c r="B546">
-        <v>203150131</v>
+        <v>400247140</v>
       </c>
       <c r="C546">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D546" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="547" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A547" t="s">
-        <v>362</v>
+        <v>347</v>
       </c>
       <c r="B547">
-        <v>203180645</v>
+        <v>400247300</v>
       </c>
       <c r="C547">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="D547" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="548" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A548" t="s">
-        <v>363</v>
+        <v>347</v>
       </c>
       <c r="B548">
-        <v>203240888</v>
+        <v>400247300</v>
       </c>
       <c r="C548">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D548" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="549" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A549" t="s">
-        <v>364</v>
+        <v>348</v>
       </c>
       <c r="B549">
-        <v>203330473</v>
+        <v>400258415</v>
       </c>
       <c r="C549">
-        <v>11</v>
+        <v>13</v>
       </c>
       <c r="D549" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="550" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A550" t="s">
-        <v>364</v>
+        <v>348</v>
       </c>
       <c r="B550">
-        <v>203330473</v>
+        <v>400258415</v>
       </c>
       <c r="C550">
-        <v>4</v>
+        <v>43</v>
       </c>
       <c r="D550" t="s">
-        <v>1012</v>
+        <v>798</v>
       </c>
     </row>
     <row r="551" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A551" t="s">
-        <v>365</v>
+        <v>349</v>
       </c>
       <c r="B551">
-        <v>203560894</v>
+        <v>400258644</v>
       </c>
       <c r="C551">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D551" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="552" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A552" t="s">
-        <v>365</v>
+        <v>349</v>
       </c>
       <c r="B552">
-        <v>203560894</v>
+        <v>400258644</v>
       </c>
       <c r="C552">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="D552" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="553" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A553" t="s">
-        <v>366</v>
+        <v>350</v>
       </c>
       <c r="B553">
-        <v>203630272</v>
+        <v>400270197</v>
       </c>
       <c r="C553">
         <v>1</v>
       </c>
       <c r="D553" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="554" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A554" t="s">
-        <v>367</v>
+        <v>351</v>
       </c>
       <c r="B554">
-        <v>203660963</v>
+        <v>400279796</v>
       </c>
       <c r="C554">
-        <v>5</v>
+        <v>38</v>
       </c>
       <c r="D554" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="555" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A555" t="s">
-        <v>367</v>
+        <v>351</v>
       </c>
       <c r="B555">
-        <v>203660963</v>
+        <v>400279796</v>
       </c>
       <c r="C555">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D555" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="556" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A556" t="s">
-        <v>368</v>
+        <v>352</v>
       </c>
       <c r="B556">
-        <v>203710913</v>
+        <v>400280920</v>
       </c>
       <c r="C556">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D556" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="557" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A557" t="s">
-        <v>369</v>
+        <v>353</v>
       </c>
       <c r="B557">
-        <v>203720243</v>
+        <v>400292218</v>
       </c>
       <c r="C557">
-        <v>5</v>
+        <v>110</v>
       </c>
       <c r="D557" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="558" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A558" t="s">
-        <v>369</v>
+        <v>353</v>
       </c>
       <c r="B558">
-        <v>203720243</v>
+        <v>400292218</v>
       </c>
       <c r="C558">
-        <v>65</v>
+        <v>6</v>
       </c>
       <c r="D558" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="559" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A559" t="s">
-        <v>370</v>
+        <v>354</v>
       </c>
       <c r="B559">
-        <v>203740638</v>
+        <v>400292487</v>
       </c>
       <c r="C559">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D559" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="560" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A560" t="s">
-        <v>371</v>
+        <v>354</v>
       </c>
       <c r="B560">
-        <v>203760187</v>
+        <v>400292487</v>
       </c>
       <c r="C560">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D560" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="561" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A561" t="s">
-        <v>371</v>
+        <v>355</v>
       </c>
       <c r="B561">
-        <v>203760187</v>
+        <v>400303274</v>
       </c>
       <c r="C561">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D561" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="562" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A562" t="s">
-        <v>372</v>
+        <v>355</v>
       </c>
       <c r="B562">
-        <v>204000287</v>
+        <v>400303274</v>
       </c>
       <c r="C562">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D562" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="563" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A563" t="s">
-        <v>373</v>
+        <v>356</v>
       </c>
       <c r="B563">
-        <v>204000326</v>
+        <v>400303609</v>
       </c>
       <c r="C563">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D563" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="564" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A564" t="s">
-        <v>374</v>
+        <v>356</v>
       </c>
       <c r="B564">
-        <v>204040407</v>
+        <v>400303609</v>
       </c>
       <c r="C564">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D564" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="565" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A565" t="s">
-        <v>375</v>
+        <v>357</v>
       </c>
       <c r="B565">
-        <v>204290301</v>
+        <v>400335847</v>
       </c>
       <c r="C565">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D565" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="566" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A566" t="s">
-        <v>376</v>
+        <v>358</v>
       </c>
       <c r="B566">
-        <v>204290812</v>
+        <v>400335961</v>
       </c>
       <c r="C566">
-        <v>8</v>
+        <v>6</v>
       </c>
       <c r="D566" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="567" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A567" t="s">
-        <v>376</v>
+        <v>358</v>
       </c>
       <c r="B567">
-        <v>204290812</v>
+        <v>400335961</v>
       </c>
       <c r="C567">
-        <v>11</v>
+        <v>41</v>
       </c>
       <c r="D567" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="568" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A568" t="s">
-        <v>377</v>
+        <v>359</v>
       </c>
       <c r="B568">
-        <v>204490030</v>
+        <v>400347141</v>
       </c>
       <c r="C568">
         <v>1</v>
       </c>
       <c r="D568" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="569" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A569" t="s">
-        <v>377</v>
+        <v>360</v>
       </c>
       <c r="B569">
-        <v>204490030</v>
+        <v>400369067</v>
       </c>
       <c r="C569">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="D569" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="570" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A570" t="s">
-        <v>378</v>
+        <v>361</v>
       </c>
       <c r="B570">
-        <v>204540423</v>
+        <v>400369287</v>
       </c>
       <c r="C570">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D570" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="571" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A571" t="s">
-        <v>378</v>
+        <v>361</v>
       </c>
       <c r="B571">
-        <v>204540423</v>
+        <v>400369287</v>
       </c>
       <c r="C571">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D571" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="572" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A572" t="s">
-        <v>379</v>
+        <v>362</v>
       </c>
       <c r="B572">
-        <v>205610424</v>
+        <v>400370052</v>
       </c>
       <c r="C572">
-        <v>11</v>
+        <v>10</v>
       </c>
       <c r="D572" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="573" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A573" t="s">
-        <v>379</v>
+        <v>362</v>
       </c>
       <c r="B573">
-        <v>205610424</v>
+        <v>400370052</v>
       </c>
       <c r="C573">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D573" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="574" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A574" t="s">
-        <v>380</v>
+        <v>363</v>
       </c>
       <c r="B574">
-        <v>205990955</v>
+        <v>400379801</v>
       </c>
       <c r="C574">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D574" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="575" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A575" t="s">
-        <v>380</v>
+        <v>364</v>
       </c>
       <c r="B575">
-        <v>205990955</v>
+        <v>400381433</v>
       </c>
       <c r="C575">
-        <v>18</v>
+        <v>13</v>
       </c>
       <c r="D575" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="576" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A576" t="s">
-        <v>381</v>
+        <v>364</v>
       </c>
       <c r="B576">
-        <v>300469160</v>
+        <v>400381433</v>
       </c>
       <c r="C576">
-        <v>2</v>
+        <v>103</v>
       </c>
       <c r="D576" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="577" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A577" t="s">
-        <v>381</v>
+        <v>365</v>
       </c>
       <c r="B577">
-        <v>300469160</v>
+        <v>400392077</v>
       </c>
       <c r="C577">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D577" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="578" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A578" t="s">
-        <v>382</v>
+        <v>365</v>
       </c>
       <c r="B578">
-        <v>301020986</v>
+        <v>400392077</v>
       </c>
       <c r="C578">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="D578" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="579" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A579" t="s">
-        <v>383</v>
+        <v>366</v>
       </c>
       <c r="B579">
-        <v>301070594</v>
+        <v>400402665</v>
       </c>
       <c r="C579">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D579" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="580" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A580" t="s">
-        <v>383</v>
+        <v>366</v>
       </c>
       <c r="B580">
-        <v>301070594</v>
+        <v>400402665</v>
       </c>
       <c r="C580">
-        <v>22</v>
+        <v>3</v>
       </c>
       <c r="D580" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="581" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A581" t="s">
-        <v>384</v>
+        <v>367</v>
       </c>
       <c r="B581">
-        <v>301100166</v>
+        <v>400402957</v>
       </c>
       <c r="C581">
-        <v>1</v>
+        <v>87</v>
       </c>
       <c r="D581" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="582" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A582" t="s">
-        <v>385</v>
+        <v>367</v>
       </c>
       <c r="B582">
-        <v>301200099</v>
+        <v>400402957</v>
       </c>
       <c r="C582">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="D582" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="583" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A583" t="s">
-        <v>386</v>
+        <v>368</v>
       </c>
       <c r="B583">
-        <v>301210734</v>
+        <v>400403496</v>
       </c>
       <c r="C583">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D583" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="584" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A584" t="s">
-        <v>386</v>
+        <v>368</v>
       </c>
       <c r="B584">
-        <v>301210734</v>
+        <v>400403496</v>
       </c>
       <c r="C584">
-        <v>28</v>
+        <v>43</v>
       </c>
       <c r="D584" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="585" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A585" t="s">
-        <v>387</v>
+        <v>369</v>
       </c>
       <c r="B585">
-        <v>301340365</v>
+        <v>400414149</v>
       </c>
       <c r="C585">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="D585" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="586" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A586" t="s">
-        <v>388</v>
+        <v>369</v>
       </c>
       <c r="B586">
-        <v>301480655</v>
+        <v>400414149</v>
       </c>
       <c r="C586">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="D586" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="587" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A587" t="s">
-        <v>388</v>
+        <v>370</v>
       </c>
       <c r="B587">
-        <v>301480655</v>
+        <v>400420328</v>
       </c>
       <c r="C587">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D587" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="588" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A588" t="s">
-        <v>389</v>
+        <v>370</v>
       </c>
       <c r="B588">
-        <v>301740878</v>
+        <v>400420328</v>
       </c>
       <c r="C588">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="D588" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="589" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A589" t="s">
-        <v>389</v>
+        <v>371</v>
       </c>
       <c r="B589">
-        <v>301740878</v>
+        <v>400430070</v>
       </c>
       <c r="C589">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="D589" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="590" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A590" t="s">
-        <v>390</v>
+        <v>371</v>
       </c>
       <c r="B590">
-        <v>301800197</v>
+        <v>400430070</v>
       </c>
       <c r="C590">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="D590" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="591" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A591" t="s">
-        <v>390</v>
+        <v>372</v>
       </c>
       <c r="B591">
-        <v>301800197</v>
+        <v>400430355</v>
       </c>
       <c r="C591">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D591" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="592" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A592" t="s">
-        <v>391</v>
+        <v>372</v>
       </c>
       <c r="B592">
-        <v>301900799</v>
+        <v>400430355</v>
       </c>
       <c r="C592">
         <v>10</v>
       </c>
       <c r="D592" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="593" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A593" t="s">
-        <v>391</v>
+        <v>373</v>
       </c>
       <c r="B593">
-        <v>301900799</v>
+        <v>400440074</v>
       </c>
       <c r="C593">
-        <v>5</v>
+        <v>16</v>
       </c>
       <c r="D593" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="594" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A594" t="s">
-        <v>392</v>
+        <v>374</v>
       </c>
       <c r="B594">
-        <v>301940716</v>
+        <v>400440702</v>
       </c>
       <c r="C594">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D594" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="595" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A595" t="s">
-        <v>393</v>
+        <v>375</v>
       </c>
       <c r="B595">
-        <v>302010192</v>
+        <v>400450182</v>
       </c>
       <c r="C595">
-        <v>1</v>
+        <v>43</v>
       </c>
       <c r="D595" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="596" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A596" t="s">
-        <v>394</v>
+        <v>375</v>
       </c>
       <c r="B596">
-        <v>302040017</v>
+        <v>400450182</v>
       </c>
       <c r="C596">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D596" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="597" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A597" t="s">
-        <v>10</v>
+        <v>376</v>
       </c>
       <c r="B597">
-        <v>302110804</v>
+        <v>400450576</v>
       </c>
       <c r="C597">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="D597" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="598" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A598" t="s">
-        <v>395</v>
+        <v>376</v>
       </c>
       <c r="B598">
-        <v>302360656</v>
+        <v>400450576</v>
       </c>
       <c r="C598">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D598" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="599" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A599" t="s">
-        <v>396</v>
+        <v>377</v>
       </c>
       <c r="B599">
-        <v>302430456</v>
+        <v>400450690</v>
       </c>
       <c r="C599">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D599" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="600" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A600" t="s">
-        <v>396</v>
+        <v>377</v>
       </c>
       <c r="B600">
-        <v>302430456</v>
+        <v>400450690</v>
       </c>
       <c r="C600">
-        <v>23</v>
+        <v>4</v>
       </c>
       <c r="D600" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="601" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A601" t="s">
-        <v>397</v>
+        <v>378</v>
       </c>
       <c r="B601">
-        <v>304530239</v>
+        <v>400460420</v>
       </c>
       <c r="C601">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="D601" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="602" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A602" t="s">
-        <v>397</v>
+        <v>378</v>
       </c>
       <c r="B602">
-        <v>304530239</v>
+        <v>400460420</v>
       </c>
       <c r="C602">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D602" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="603" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A603" t="s">
-        <v>398</v>
+        <v>379</v>
       </c>
       <c r="B603">
-        <v>400022091</v>
+        <v>400460428</v>
       </c>
       <c r="C603">
-        <v>18</v>
+        <v>16</v>
       </c>
       <c r="D603" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="604" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A604" t="s">
-        <v>398</v>
+        <v>380</v>
       </c>
       <c r="B604">
-        <v>400022091</v>
+        <v>400460605</v>
       </c>
       <c r="C604">
-        <v>5</v>
+        <v>9</v>
       </c>
       <c r="D604" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="605" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A605" t="s">
-        <v>399</v>
+        <v>380</v>
       </c>
       <c r="B605">
-        <v>400067987</v>
+        <v>400460605</v>
       </c>
       <c r="C605">
-        <v>5</v>
+        <v>7</v>
       </c>
       <c r="D605" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="606" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A606" t="s">
-        <v>399</v>
+        <v>381</v>
       </c>
       <c r="B606">
-        <v>400067987</v>
+        <v>400460612</v>
       </c>
       <c r="C606">
-        <v>2</v>
+        <v>42</v>
       </c>
       <c r="D606" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="607" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A607" t="s">
-        <v>400</v>
+        <v>381</v>
       </c>
       <c r="B607">
-        <v>400079421</v>
+        <v>400460612</v>
       </c>
       <c r="C607">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D607" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="608" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A608" t="s">
-        <v>400</v>
+        <v>382</v>
       </c>
       <c r="B608">
-        <v>400079421</v>
+        <v>400470063</v>
       </c>
       <c r="C608">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D608" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="609" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A609" t="s">
-        <v>401</v>
+        <v>383</v>
       </c>
       <c r="B609">
-        <v>400089816</v>
+        <v>400470176</v>
       </c>
       <c r="C609">
-        <v>3</v>
+        <v>47</v>
       </c>
       <c r="D609" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="610" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A610" t="s">
-        <v>402</v>
+        <v>383</v>
       </c>
       <c r="B610">
-        <v>400102435</v>
+        <v>400470176</v>
       </c>
       <c r="C610">
-        <v>13</v>
+        <v>5</v>
       </c>
       <c r="D610" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="611" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A611" t="s">
-        <v>402</v>
+        <v>384</v>
       </c>
       <c r="B611">
-        <v>400102435</v>
+        <v>400480759</v>
       </c>
       <c r="C611">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D611" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="612" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A612" t="s">
-        <v>403</v>
+        <v>384</v>
       </c>
       <c r="B612">
-        <v>400136170</v>
+        <v>400480759</v>
       </c>
       <c r="C612">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="D612" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="613" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A613" t="s">
-        <v>403</v>
+        <v>385</v>
       </c>
       <c r="B613">
-        <v>400136170</v>
+        <v>400480816</v>
       </c>
       <c r="C613">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="D613" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="614" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A614" t="s">
-        <v>404</v>
+        <v>385</v>
       </c>
       <c r="B614">
-        <v>400146695</v>
+        <v>400480816</v>
       </c>
       <c r="C614">
-        <v>7</v>
+        <v>111</v>
       </c>
       <c r="D614" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="615" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A615" t="s">
-        <v>404</v>
+        <v>386</v>
       </c>
       <c r="B615">
-        <v>400146695</v>
+        <v>400480910</v>
       </c>
       <c r="C615">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D615" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="616" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A616" t="s">
-        <v>405</v>
+        <v>387</v>
       </c>
       <c r="B616">
-        <v>400146767</v>
+        <v>400490422</v>
       </c>
       <c r="C616">
         <v>4</v>
       </c>
       <c r="D616" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="617" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A617" t="s">
-        <v>405</v>
+        <v>388</v>
       </c>
       <c r="B617">
-        <v>400146767</v>
+        <v>400490747</v>
       </c>
       <c r="C617">
-        <v>59</v>
+        <v>4</v>
       </c>
       <c r="D617" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="618" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A618" t="s">
-        <v>406</v>
+        <v>389</v>
       </c>
       <c r="B618">
-        <v>400157561</v>
+        <v>400500089</v>
       </c>
       <c r="C618">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="D618" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="619" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A619" t="s">
-        <v>406</v>
+        <v>389</v>
       </c>
       <c r="B619">
-        <v>400157561</v>
+        <v>400500089</v>
       </c>
       <c r="C619">
-        <v>19</v>
+        <v>4</v>
       </c>
       <c r="D619" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="620" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A620" t="s">
-        <v>407</v>
+        <v>390</v>
       </c>
       <c r="B620">
-        <v>400157748</v>
+        <v>400510117</v>
       </c>
       <c r="C620">
-        <v>36</v>
+        <v>3</v>
       </c>
       <c r="D620" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="621" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A621" t="s">
-        <v>408</v>
+        <v>391</v>
       </c>
       <c r="B621">
-        <v>400179611</v>
+        <v>400520196</v>
       </c>
       <c r="C621">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D621" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="622" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A622" t="s">
-        <v>408</v>
+        <v>391</v>
       </c>
       <c r="B622">
-        <v>400179611</v>
+        <v>400520196</v>
       </c>
       <c r="C622">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D622" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="623" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A623" t="s">
-        <v>409</v>
+        <v>392</v>
       </c>
       <c r="B623">
-        <v>400179981</v>
+        <v>400520783</v>
       </c>
       <c r="C623">
-        <v>15</v>
+        <v>8</v>
       </c>
       <c r="D623" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="624" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A624" t="s">
-        <v>409</v>
+        <v>392</v>
       </c>
       <c r="B624">
-        <v>400179981</v>
+        <v>400520783</v>
       </c>
       <c r="C624">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D624" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="625" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A625" t="s">
-        <v>410</v>
+        <v>393</v>
       </c>
       <c r="B625">
-        <v>400192628</v>
+        <v>400520851</v>
       </c>
       <c r="C625">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D625" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="626" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A626" t="s">
-        <v>410</v>
+        <v>393</v>
       </c>
       <c r="B626">
-        <v>400192628</v>
+        <v>400520851</v>
       </c>
       <c r="C626">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="D626" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="627" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A627" t="s">
-        <v>411</v>
+        <v>394</v>
       </c>
       <c r="B627">
-        <v>400203317</v>
+        <v>400520949</v>
       </c>
       <c r="C627">
-        <v>82</v>
+        <v>4</v>
       </c>
       <c r="D627" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="628" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A628" t="s">
-        <v>411</v>
+        <v>395</v>
       </c>
       <c r="B628">
-        <v>400203317</v>
+        <v>400530318</v>
       </c>
       <c r="C628">
-        <v>5</v>
+        <v>107</v>
       </c>
       <c r="D628" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="629" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A629" t="s">
-        <v>412</v>
+        <v>395</v>
       </c>
       <c r="B629">
-        <v>400230489</v>
+        <v>400530318</v>
       </c>
       <c r="C629">
-        <v>7</v>
+        <v>5</v>
       </c>
       <c r="D629" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="630" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A630" t="s">
-        <v>412</v>
+        <v>396</v>
       </c>
       <c r="B630">
-        <v>400230489</v>
+        <v>400530833</v>
       </c>
       <c r="C630">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D630" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="631" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A631" t="s">
-        <v>10</v>
+        <v>397</v>
       </c>
       <c r="B631">
-        <v>400247140</v>
+        <v>400530878</v>
       </c>
       <c r="C631">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D631" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="632" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A632" t="s">
-        <v>413</v>
+        <v>398</v>
       </c>
       <c r="B632">
-        <v>400247300</v>
+        <v>400540142</v>
       </c>
       <c r="C632">
         <v>4</v>
       </c>
       <c r="D632" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="633" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A633" t="s">
-        <v>413</v>
+        <v>398</v>
       </c>
       <c r="B633">
-        <v>400247300</v>
+        <v>400540142</v>
       </c>
       <c r="C633">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="D633" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="634" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A634" t="s">
-        <v>414</v>
+        <v>399</v>
       </c>
       <c r="B634">
-        <v>400258415</v>
+        <v>400540199</v>
       </c>
       <c r="C634">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="D634" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="635" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A635" t="s">
-        <v>414</v>
+        <v>400</v>
       </c>
       <c r="B635">
-        <v>400258415</v>
+        <v>400550467</v>
       </c>
       <c r="C635">
-        <v>43</v>
+        <v>8</v>
       </c>
       <c r="D635" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="636" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A636" t="s">
-        <v>415</v>
+        <v>400</v>
       </c>
       <c r="B636">
-        <v>400258644</v>
+        <v>400550467</v>
       </c>
       <c r="C636">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D636" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="637" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A637" t="s">
-        <v>415</v>
+        <v>401</v>
       </c>
       <c r="B637">
-        <v>400258644</v>
+        <v>400550543</v>
       </c>
       <c r="C637">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D637" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="638" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A638" t="s">
-        <v>416</v>
+        <v>402</v>
       </c>
       <c r="B638">
-        <v>400279796</v>
+        <v>400550612</v>
       </c>
       <c r="C638">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D638" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="639" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A639" t="s">
-        <v>416</v>
+        <v>402</v>
       </c>
       <c r="B639">
-        <v>400279796</v>
+        <v>400550612</v>
       </c>
       <c r="C639">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="D639" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="640" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A640" t="s">
-        <v>417</v>
+        <v>403</v>
       </c>
       <c r="B640">
-        <v>400292218</v>
+        <v>400560049</v>
       </c>
       <c r="C640">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D640" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="641" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A641" t="s">
-        <v>417</v>
+        <v>403</v>
       </c>
       <c r="B641">
-        <v>400292218</v>
+        <v>400560049</v>
       </c>
       <c r="C641">
-        <v>110</v>
+        <v>62</v>
       </c>
       <c r="D641" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="642" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A642" t="s">
-        <v>418</v>
+        <v>404</v>
       </c>
       <c r="B642">
-        <v>400292487</v>
+        <v>400560948</v>
       </c>
       <c r="C642">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D642" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="643" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A643" t="s">
-        <v>418</v>
+        <v>404</v>
       </c>
       <c r="B643">
-        <v>400292487</v>
+        <v>400560948</v>
       </c>
       <c r="C643">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D643" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="644" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A644" t="s">
-        <v>419</v>
+        <v>405</v>
       </c>
       <c r="B644">
-        <v>400303274</v>
+        <v>400570452</v>
       </c>
       <c r="C644">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="D644" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="645" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A645" t="s">
-        <v>419</v>
+        <v>405</v>
       </c>
       <c r="B645">
-        <v>400303274</v>
+        <v>400570452</v>
       </c>
       <c r="C645">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D645" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="646" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A646" t="s">
-        <v>420</v>
+        <v>406</v>
       </c>
       <c r="B646">
-        <v>400303609</v>
+        <v>400570503</v>
       </c>
       <c r="C646">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D646" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="647" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A647" t="s">
-        <v>420</v>
+        <v>406</v>
       </c>
       <c r="B647">
-        <v>400303609</v>
+        <v>400570503</v>
       </c>
       <c r="C647">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D647" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="648" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A648" t="s">
-        <v>421</v>
+        <v>407</v>
       </c>
       <c r="B648">
-        <v>400335847</v>
+        <v>400570616</v>
       </c>
       <c r="C648">
         <v>3</v>
       </c>
       <c r="D648" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="649" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A649" t="s">
-        <v>422</v>
+        <v>407</v>
       </c>
       <c r="B649">
-        <v>400335884</v>
+        <v>400570616</v>
       </c>
       <c r="C649">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D649" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="650" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A650" t="s">
-        <v>422</v>
+        <v>408</v>
       </c>
       <c r="B650">
-        <v>400335884</v>
+        <v>400580281</v>
       </c>
       <c r="C650">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D650" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="651" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A651" t="s">
-        <v>423</v>
+        <v>408</v>
       </c>
       <c r="B651">
-        <v>400335961</v>
+        <v>400580281</v>
       </c>
       <c r="C651">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="D651" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="652" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A652" t="s">
-        <v>423</v>
+        <v>409</v>
       </c>
       <c r="B652">
-        <v>400335961</v>
+        <v>400580562</v>
       </c>
       <c r="C652">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D652" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="653" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A653" t="s">
-        <v>424</v>
+        <v>409</v>
       </c>
       <c r="B653">
-        <v>400347141</v>
+        <v>400580562</v>
       </c>
       <c r="C653">
         <v>1</v>
       </c>
       <c r="D653" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="654" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A654" t="s">
-        <v>425</v>
+        <v>410</v>
       </c>
       <c r="B654">
-        <v>400369067</v>
+        <v>400580764</v>
       </c>
       <c r="C654">
-        <v>3</v>
+        <v>71</v>
       </c>
       <c r="D654" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="655" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A655" t="s">
-        <v>426</v>
+        <v>410</v>
       </c>
       <c r="B655">
-        <v>400369287</v>
+        <v>400580764</v>
       </c>
       <c r="C655">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D655" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="656" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A656" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
       <c r="B656">
-        <v>400369287</v>
+        <v>400590715</v>
       </c>
       <c r="C656">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="D656" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="657" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A657" t="s">
-        <v>427</v>
+        <v>411</v>
       </c>
       <c r="B657">
-        <v>400370052</v>
+        <v>400590715</v>
       </c>
       <c r="C657">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D657" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="658" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A658" t="s">
-        <v>427</v>
+        <v>412</v>
       </c>
       <c r="B658">
-        <v>400370052</v>
+        <v>400590891</v>
       </c>
       <c r="C658">
-        <v>13</v>
+        <v>8</v>
       </c>
       <c r="D658" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="659" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A659" t="s">
-        <v>428</v>
+        <v>412</v>
       </c>
       <c r="B659">
-        <v>400379801</v>
+        <v>400590891</v>
       </c>
       <c r="C659">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D659" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="660" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A660" t="s">
-        <v>429</v>
+        <v>413</v>
       </c>
       <c r="B660">
-        <v>400381433</v>
+        <v>400590935</v>
       </c>
       <c r="C660">
-        <v>103</v>
+        <v>3</v>
       </c>
       <c r="D660" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="661" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A661" t="s">
-        <v>429</v>
+        <v>414</v>
       </c>
       <c r="B661">
-        <v>400381433</v>
+        <v>400600867</v>
       </c>
       <c r="C661">
-        <v>12</v>
+        <v>3</v>
       </c>
       <c r="D661" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="662" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A662" t="s">
-        <v>430</v>
+        <v>414</v>
       </c>
       <c r="B662">
-        <v>400381490</v>
+        <v>400600867</v>
       </c>
       <c r="C662">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D662" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="663" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A663" t="s">
-        <v>431</v>
+        <v>415</v>
       </c>
       <c r="B663">
-        <v>400392077</v>
+        <v>400610899</v>
       </c>
       <c r="C663">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D663" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="664" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A664" t="s">
-        <v>431</v>
+        <v>415</v>
       </c>
       <c r="B664">
-        <v>400392077</v>
+        <v>400610899</v>
       </c>
       <c r="C664">
-        <v>26</v>
+        <v>4</v>
       </c>
       <c r="D664" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="665" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A665" t="s">
-        <v>432</v>
+        <v>416</v>
       </c>
       <c r="B665">
-        <v>400392228</v>
+        <v>400620045</v>
       </c>
       <c r="C665">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="D665" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="666" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A666" t="s">
-        <v>433</v>
+        <v>417</v>
       </c>
       <c r="B666">
-        <v>400402665</v>
+        <v>400620356</v>
       </c>
       <c r="C666">
         <v>2</v>
       </c>
       <c r="D666" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="667" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A667" t="s">
-        <v>433</v>
+        <v>418</v>
       </c>
       <c r="B667">
-        <v>400402665</v>
+        <v>400630577</v>
       </c>
       <c r="C667">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D667" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="668" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A668" t="s">
-        <v>434</v>
+        <v>418</v>
       </c>
       <c r="B668">
-        <v>400402957</v>
+        <v>400630577</v>
       </c>
       <c r="C668">
-        <v>87</v>
+        <v>4</v>
       </c>
       <c r="D668" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="669" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A669" t="s">
-        <v>434</v>
+        <v>419</v>
       </c>
       <c r="B669">
-        <v>400402957</v>
+        <v>400630850</v>
       </c>
       <c r="C669">
-        <v>12</v>
+        <v>1</v>
       </c>
       <c r="D669" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="670" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A670" t="s">
-        <v>435</v>
+        <v>420</v>
       </c>
       <c r="B670">
-        <v>400403496</v>
+        <v>400640459</v>
       </c>
       <c r="C670">
-        <v>4</v>
+        <v>10</v>
       </c>
       <c r="D670" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="671" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A671" t="s">
-        <v>435</v>
+        <v>420</v>
       </c>
       <c r="B671">
-        <v>400403496</v>
+        <v>400640459</v>
       </c>
       <c r="C671">
-        <v>43</v>
+        <v>5</v>
       </c>
       <c r="D671" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="672" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A672" t="s">
-        <v>436</v>
+        <v>421</v>
       </c>
       <c r="B672">
-        <v>400414149</v>
+        <v>400640593</v>
       </c>
       <c r="C672">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="D672" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="673" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A673" t="s">
-        <v>436</v>
+        <v>422</v>
       </c>
       <c r="B673">
-        <v>400414149</v>
+        <v>400640596</v>
       </c>
       <c r="C673">
-        <v>13</v>
+        <v>6</v>
       </c>
       <c r="D673" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="674" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A674" t="s">
-        <v>437</v>
+        <v>422</v>
       </c>
       <c r="B674">
-        <v>400420328</v>
+        <v>400640596</v>
       </c>
       <c r="C674">
-        <v>10</v>
+        <v>98</v>
       </c>
       <c r="D674" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="675" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A675" t="s">
-        <v>437</v>
+        <v>423</v>
       </c>
       <c r="B675">
-        <v>400420328</v>
+        <v>400650305</v>
       </c>
       <c r="C675">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D675" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="676" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A676" t="s">
-        <v>438</v>
+        <v>424</v>
       </c>
       <c r="B676">
-        <v>400430070</v>
+        <v>400650676</v>
       </c>
       <c r="C676">
-        <v>22</v>
+        <v>24</v>
       </c>
       <c r="D676" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="677" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A677" t="s">
-        <v>438</v>
+        <v>424</v>
       </c>
       <c r="B677">
-        <v>400430070</v>
+        <v>400650676</v>
       </c>
       <c r="C677">
-        <v>13</v>
+        <v>1</v>
       </c>
       <c r="D677" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="678" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A678" t="s">
-        <v>439</v>
+        <v>425</v>
       </c>
       <c r="B678">
-        <v>400430355</v>
+        <v>400660259</v>
       </c>
       <c r="C678">
-        <v>10</v>
+        <v>59</v>
       </c>
       <c r="D678" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="679" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A679" t="s">
-        <v>440</v>
+        <v>425</v>
       </c>
       <c r="B679">
-        <v>400440074</v>
+        <v>400660259</v>
       </c>
       <c r="C679">
-        <v>16</v>
+        <v>5</v>
       </c>
       <c r="D679" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="680" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A680" t="s">
-        <v>441</v>
+        <v>426</v>
       </c>
       <c r="B680">
-        <v>400440702</v>
+        <v>400660460</v>
       </c>
       <c r="C680">
-        <v>8</v>
+        <v>34</v>
       </c>
       <c r="D680" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="681" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A681" t="s">
-        <v>442</v>
+        <v>426</v>
       </c>
       <c r="B681">
-        <v>400450182</v>
+        <v>400660460</v>
       </c>
       <c r="C681">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D681" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="682" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A682" t="s">
-        <v>442</v>
+        <v>427</v>
       </c>
       <c r="B682">
-        <v>400450182</v>
+        <v>400660651</v>
       </c>
       <c r="C682">
-        <v>43</v>
+        <v>28</v>
       </c>
       <c r="D682" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="683" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A683" t="s">
-        <v>443</v>
+        <v>428</v>
       </c>
       <c r="B683">
-        <v>400450576</v>
+        <v>400660744</v>
       </c>
       <c r="C683">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D683" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="684" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A684" t="s">
-        <v>443</v>
+        <v>428</v>
       </c>
       <c r="B684">
-        <v>400450576</v>
+        <v>400660744</v>
       </c>
       <c r="C684">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D684" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="685" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A685" t="s">
-        <v>444</v>
+        <v>429</v>
       </c>
       <c r="B685">
-        <v>400450690</v>
+        <v>400660948</v>
       </c>
       <c r="C685">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D685" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="686" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A686" t="s">
-        <v>444</v>
+        <v>430</v>
       </c>
       <c r="B686">
-        <v>400450690</v>
+        <v>400670383</v>
       </c>
       <c r="C686">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D686" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="687" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A687" t="s">
-        <v>445</v>
+        <v>431</v>
       </c>
       <c r="B687">
-        <v>400460420</v>
+        <v>400680078</v>
       </c>
       <c r="C687">
-        <v>2</v>
+        <v>26</v>
       </c>
       <c r="D687" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="688" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A688" t="s">
-        <v>445</v>
+        <v>431</v>
       </c>
       <c r="B688">
-        <v>400460420</v>
+        <v>400680078</v>
       </c>
       <c r="C688">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="D688" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="689" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A689" t="s">
-        <v>446</v>
+        <v>432</v>
       </c>
       <c r="B689">
-        <v>400460428</v>
+        <v>400680452</v>
       </c>
       <c r="C689">
         <v>4</v>
       </c>
       <c r="D689" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="690" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A690" t="s">
-        <v>446</v>
+        <v>433</v>
       </c>
       <c r="B690">
-        <v>400460428</v>
+        <v>400680711</v>
       </c>
       <c r="C690">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="D690" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="691" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A691" t="s">
-        <v>447</v>
+        <v>434</v>
       </c>
       <c r="B691">
-        <v>400460605</v>
+        <v>400690216</v>
       </c>
       <c r="C691">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D691" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="692" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A692" t="s">
-        <v>447</v>
+        <v>434</v>
       </c>
       <c r="B692">
-        <v>400460605</v>
+        <v>400690216</v>
       </c>
       <c r="C692">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D692" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="693" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A693" t="s">
-        <v>448</v>
+        <v>435</v>
       </c>
       <c r="B693">
-        <v>400460612</v>
+        <v>400690518</v>
       </c>
       <c r="C693">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="D693" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="694" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A694" t="s">
-        <v>448</v>
+        <v>435</v>
       </c>
       <c r="B694">
-        <v>400460612</v>
+        <v>400690518</v>
       </c>
       <c r="C694">
         <v>4</v>
       </c>
       <c r="D694" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="695" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A695" t="s">
-        <v>449</v>
+        <v>436</v>
       </c>
       <c r="B695">
-        <v>400470063</v>
+        <v>400700154</v>
       </c>
       <c r="C695">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D695" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="696" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A696" t="s">
-        <v>450</v>
+        <v>436</v>
       </c>
       <c r="B696">
-        <v>400470176</v>
+        <v>400700154</v>
       </c>
       <c r="C696">
-        <v>47</v>
+        <v>49</v>
       </c>
       <c r="D696" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="697" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A697" t="s">
-        <v>450</v>
+        <v>437</v>
       </c>
       <c r="B697">
-        <v>400470176</v>
+        <v>400700421</v>
       </c>
       <c r="C697">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D697" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="698" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A698" t="s">
-        <v>451</v>
+        <v>438</v>
       </c>
       <c r="B698">
-        <v>400480759</v>
+        <v>400700576</v>
       </c>
       <c r="C698">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D698" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="699" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A699" t="s">
-        <v>451</v>
+        <v>438</v>
       </c>
       <c r="B699">
-        <v>400480759</v>
+        <v>400700576</v>
       </c>
       <c r="C699">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D699" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="700" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A700" t="s">
-        <v>452</v>
+        <v>439</v>
       </c>
       <c r="B700">
-        <v>400480816</v>
+        <v>400700764</v>
       </c>
       <c r="C700">
-        <v>111</v>
+        <v>1</v>
       </c>
       <c r="D700" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="701" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A701" t="s">
-        <v>452</v>
+        <v>440</v>
       </c>
       <c r="B701">
-        <v>400480816</v>
+        <v>400700898</v>
       </c>
       <c r="C701">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D701" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="702" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A702" t="s">
-        <v>453</v>
+        <v>440</v>
       </c>
       <c r="B702">
-        <v>400480910</v>
+        <v>400700898</v>
       </c>
       <c r="C702">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D702" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="703" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A703" t="s">
-        <v>454</v>
+        <v>441</v>
       </c>
       <c r="B703">
-        <v>400490259</v>
+        <v>400710312</v>
       </c>
       <c r="C703">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D703" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="704" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A704" t="s">
-        <v>455</v>
+        <v>442</v>
       </c>
       <c r="B704">
-        <v>400490422</v>
+        <v>400720055</v>
       </c>
       <c r="C704">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D704" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="705" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A705" t="s">
-        <v>456</v>
+        <v>442</v>
       </c>
       <c r="B705">
-        <v>400490747</v>
+        <v>400720055</v>
       </c>
       <c r="C705">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="D705" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="706" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A706" t="s">
-        <v>457</v>
+        <v>443</v>
       </c>
       <c r="B706">
-        <v>400490916</v>
+        <v>400720324</v>
       </c>
       <c r="C706">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D706" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="707" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A707" t="s">
-        <v>458</v>
+        <v>443</v>
       </c>
       <c r="B707">
-        <v>400500089</v>
+        <v>400720324</v>
       </c>
       <c r="C707">
         <v>4</v>
       </c>
       <c r="D707" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="708" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A708" t="s">
-        <v>458</v>
+        <v>444</v>
       </c>
       <c r="B708">
-        <v>400500089</v>
+        <v>400720538</v>
       </c>
       <c r="C708">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D708" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="709" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A709" t="s">
-        <v>459</v>
+        <v>445</v>
       </c>
       <c r="B709">
-        <v>400500311</v>
+        <v>400720588</v>
       </c>
       <c r="C709">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="D709" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="710" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A710" t="s">
-        <v>460</v>
+        <v>445</v>
       </c>
       <c r="B710">
-        <v>400510117</v>
+        <v>400720588</v>
       </c>
       <c r="C710">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D710" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="711" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A711" t="s">
-        <v>461</v>
+        <v>446</v>
       </c>
       <c r="B711">
-        <v>400510929</v>
+        <v>400720645</v>
       </c>
       <c r="C711">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="D711" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="712" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A712" t="s">
-        <v>462</v>
+        <v>446</v>
       </c>
       <c r="B712">
-        <v>400520196</v>
+        <v>400720645</v>
       </c>
       <c r="C712">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D712" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="713" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A713" t="s">
-        <v>462</v>
+        <v>447</v>
       </c>
       <c r="B713">
-        <v>400520196</v>
+        <v>400720740</v>
       </c>
       <c r="C713">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D713" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="714" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A714" t="s">
-        <v>463</v>
+        <v>10</v>
       </c>
       <c r="B714">
-        <v>400520783</v>
+        <v>400720905</v>
       </c>
       <c r="C714">
-        <v>7</v>
+        <v>16</v>
       </c>
       <c r="D714" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="715" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A715" t="s">
-        <v>463</v>
+        <v>448</v>
       </c>
       <c r="B715">
-        <v>400520783</v>
+        <v>400721000</v>
       </c>
       <c r="C715">
         <v>4</v>
       </c>
       <c r="D715" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="716" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A716" t="s">
-        <v>464</v>
+        <v>449</v>
       </c>
       <c r="B716">
-        <v>400520851</v>
+        <v>400730226</v>
       </c>
       <c r="C716">
-        <v>4</v>
+        <v>30</v>
       </c>
       <c r="D716" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="717" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A717" t="s">
-        <v>464</v>
+        <v>449</v>
       </c>
       <c r="B717">
-        <v>400520851</v>
+        <v>400730226</v>
       </c>
       <c r="C717">
-        <v>7</v>
+        <v>6</v>
       </c>
       <c r="D717" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="718" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A718" t="s">
-        <v>465</v>
+        <v>450</v>
       </c>
       <c r="B718">
-        <v>400520949</v>
+        <v>400730559</v>
       </c>
       <c r="C718">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D718" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="719" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A719" t="s">
-        <v>466</v>
+        <v>451</v>
       </c>
       <c r="B719">
-        <v>400530318</v>
+        <v>400730606</v>
       </c>
       <c r="C719">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D719" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="720" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A720" t="s">
-        <v>466</v>
+        <v>452</v>
       </c>
       <c r="B720">
-        <v>400530318</v>
+        <v>400730755</v>
       </c>
       <c r="C720">
-        <v>107</v>
+        <v>4</v>
       </c>
       <c r="D720" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="721" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A721" t="s">
-        <v>467</v>
+        <v>452</v>
       </c>
       <c r="B721">
-        <v>400530833</v>
+        <v>400730755</v>
       </c>
       <c r="C721">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D721" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="722" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A722" t="s">
-        <v>468</v>
+        <v>453</v>
       </c>
       <c r="B722">
-        <v>400530878</v>
+        <v>400740227</v>
       </c>
       <c r="C722">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D722" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="723" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A723" t="s">
-        <v>469</v>
+        <v>454</v>
       </c>
       <c r="B723">
-        <v>400540142</v>
+        <v>400740283</v>
       </c>
       <c r="C723">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D723" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="724" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A724" t="s">
-        <v>469</v>
+        <v>454</v>
       </c>
       <c r="B724">
-        <v>400540142</v>
+        <v>400740283</v>
       </c>
       <c r="C724">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D724" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="725" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A725" t="s">
-        <v>470</v>
+        <v>455</v>
       </c>
       <c r="B725">
-        <v>400540199</v>
+        <v>400740338</v>
       </c>
       <c r="C725">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="D725" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="726" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A726" t="s">
-        <v>470</v>
+        <v>455</v>
       </c>
       <c r="B726">
-        <v>400540199</v>
+        <v>400740338</v>
       </c>
       <c r="C726">
-        <v>4</v>
+        <v>14</v>
       </c>
       <c r="D726" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="727" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A727" t="s">
-        <v>471</v>
+        <v>456</v>
       </c>
       <c r="B727">
-        <v>400540812</v>
+        <v>400740358</v>
       </c>
       <c r="C727">
         <v>3</v>
       </c>
       <c r="D727" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="728" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A728" t="s">
-        <v>472</v>
+        <v>456</v>
       </c>
       <c r="B728">
-        <v>400550467</v>
+        <v>400740358</v>
       </c>
       <c r="C728">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D728" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="729" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A729" t="s">
-        <v>472</v>
+        <v>457</v>
       </c>
       <c r="B729">
-        <v>400550467</v>
+        <v>400740905</v>
       </c>
       <c r="C729">
-        <v>7</v>
+        <v>8</v>
       </c>
       <c r="D729" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="730" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A730" t="s">
-        <v>473</v>
+        <v>457</v>
       </c>
       <c r="B730">
-        <v>400550543</v>
+        <v>400740905</v>
       </c>
       <c r="C730">
         <v>3</v>
       </c>
       <c r="D730" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="731" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A731" t="s">
-        <v>474</v>
+        <v>458</v>
       </c>
       <c r="B731">
-        <v>400550612</v>
+        <v>400750056</v>
       </c>
       <c r="C731">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D731" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="732" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A732" t="s">
-        <v>474</v>
+        <v>458</v>
       </c>
       <c r="B732">
-        <v>400550612</v>
+        <v>400750056</v>
       </c>
       <c r="C732">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="D732" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="733" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A733" t="s">
-        <v>475</v>
+        <v>459</v>
       </c>
       <c r="B733">
-        <v>400560049</v>
+        <v>400750119</v>
       </c>
       <c r="C733">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D733" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="734" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A734" t="s">
-        <v>475</v>
+        <v>459</v>
       </c>
       <c r="B734">
-        <v>400560049</v>
+        <v>400750119</v>
       </c>
       <c r="C734">
-        <v>62</v>
+        <v>1</v>
       </c>
       <c r="D734" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="735" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A735" t="s">
-        <v>476</v>
+        <v>460</v>
       </c>
       <c r="B735">
-        <v>400560941</v>
+        <v>400750129</v>
       </c>
       <c r="C735">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D735" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="736" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A736" t="s">
-        <v>476</v>
+        <v>461</v>
       </c>
       <c r="B736">
-        <v>400560941</v>
+        <v>400750299</v>
       </c>
       <c r="C736">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="D736" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="737" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A737" t="s">
-        <v>477</v>
+        <v>461</v>
       </c>
       <c r="B737">
-        <v>400560948</v>
+        <v>400750299</v>
       </c>
       <c r="C737">
-        <v>5</v>
+        <v>14</v>
       </c>
       <c r="D737" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="738" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A738" t="s">
-        <v>477</v>
+        <v>462</v>
       </c>
       <c r="B738">
-        <v>400560948</v>
+        <v>400750515</v>
       </c>
       <c r="C738">
-        <v>7</v>
+        <v>9</v>
       </c>
       <c r="D738" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="739" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A739" t="s">
-        <v>478</v>
+        <v>462</v>
       </c>
       <c r="B739">
-        <v>400570452</v>
+        <v>400750515</v>
       </c>
       <c r="C739">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D739" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="740" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A740" t="s">
-        <v>478</v>
+        <v>463</v>
       </c>
       <c r="B740">
-        <v>400570452</v>
+        <v>400750874</v>
       </c>
       <c r="C740">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D740" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="741" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A741" t="s">
-        <v>479</v>
+        <v>464</v>
       </c>
       <c r="B741">
-        <v>400570503</v>
+        <v>400750896</v>
       </c>
       <c r="C741">
         <v>6</v>
       </c>
       <c r="D741" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="742" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A742" t="s">
-        <v>479</v>
+        <v>464</v>
       </c>
       <c r="B742">
-        <v>400570503</v>
+        <v>400750896</v>
       </c>
       <c r="C742">
-        <v>1</v>
+        <v>26</v>
       </c>
       <c r="D742" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="743" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A743" t="s">
-        <v>480</v>
+        <v>465</v>
       </c>
       <c r="B743">
-        <v>400570616</v>
+        <v>400760233</v>
       </c>
       <c r="C743">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D743" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="744" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A744" t="s">
-        <v>480</v>
+        <v>465</v>
       </c>
       <c r="B744">
-        <v>400570616</v>
+        <v>400760233</v>
       </c>
       <c r="C744">
         <v>2</v>
       </c>
       <c r="D744" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="745" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A745" t="s">
-        <v>481</v>
+        <v>466</v>
       </c>
       <c r="B745">
-        <v>400580281</v>
+        <v>400760260</v>
       </c>
       <c r="C745">
-        <v>14</v>
+        <v>1</v>
       </c>
       <c r="D745" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="746" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A746" t="s">
-        <v>481</v>
+        <v>467</v>
       </c>
       <c r="B746">
-        <v>400580281</v>
+        <v>400760411</v>
       </c>
       <c r="C746">
-        <v>5</v>
+        <v>29</v>
       </c>
       <c r="D746" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="747" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A747" t="s">
-        <v>482</v>
+        <v>467</v>
       </c>
       <c r="B747">
-        <v>400580562</v>
+        <v>400760411</v>
       </c>
       <c r="C747">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D747" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="748" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A748" t="s">
-        <v>483</v>
+        <v>468</v>
       </c>
       <c r="B748">
-        <v>400580764</v>
+        <v>400760507</v>
       </c>
       <c r="C748">
-        <v>71</v>
+        <v>1</v>
       </c>
       <c r="D748" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="749" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A749" t="s">
-        <v>483</v>
+        <v>469</v>
       </c>
       <c r="B749">
-        <v>400580764</v>
+        <v>400770800</v>
       </c>
       <c r="C749">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D749" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="750" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A750" t="s">
-        <v>484</v>
+        <v>469</v>
       </c>
       <c r="B750">
-        <v>400590157</v>
+        <v>400770800</v>
       </c>
       <c r="C750">
-        <v>2</v>
+        <v>9</v>
       </c>
       <c r="D750" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="751" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A751" t="s">
-        <v>485</v>
+        <v>470</v>
       </c>
       <c r="B751">
-        <v>400590715</v>
+        <v>400780617</v>
       </c>
       <c r="C751">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="D751" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="752" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A752" t="s">
-        <v>485</v>
+        <v>471</v>
       </c>
       <c r="B752">
-        <v>400590715</v>
+        <v>400790205</v>
       </c>
       <c r="C752">
-        <v>13</v>
+        <v>4</v>
       </c>
       <c r="D752" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="753" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A753" t="s">
-        <v>486</v>
+        <v>471</v>
       </c>
       <c r="B753">
-        <v>400590891</v>
+        <v>400790205</v>
       </c>
       <c r="C753">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D753" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="754" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A754" t="s">
-        <v>486</v>
+        <v>472</v>
       </c>
       <c r="B754">
-        <v>400590891</v>
+        <v>400790461</v>
       </c>
       <c r="C754">
         <v>4</v>
       </c>
       <c r="D754" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="755" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A755" t="s">
-        <v>487</v>
+        <v>473</v>
       </c>
       <c r="B755">
-        <v>400590935</v>
+        <v>400810166</v>
       </c>
       <c r="C755">
         <v>2</v>
       </c>
       <c r="D755" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="756" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A756" t="s">
-        <v>488</v>
+        <v>473</v>
       </c>
       <c r="B756">
-        <v>400600063</v>
+        <v>400810166</v>
       </c>
       <c r="C756">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D756" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="757" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A757" t="s">
-        <v>489</v>
+        <v>474</v>
       </c>
       <c r="B757">
-        <v>400600867</v>
+        <v>400810878</v>
       </c>
       <c r="C757">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D757" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="758" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A758" t="s">
-        <v>489</v>
+        <v>474</v>
       </c>
       <c r="B758">
-        <v>400600867</v>
+        <v>400810878</v>
       </c>
       <c r="C758">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="D758" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="759" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A759" t="s">
-        <v>490</v>
+        <v>475</v>
       </c>
       <c r="B759">
-        <v>400610899</v>
+        <v>400820696</v>
       </c>
       <c r="C759">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D759" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="760" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A760" t="s">
-        <v>490</v>
+        <v>475</v>
       </c>
       <c r="B760">
-        <v>400610899</v>
+        <v>400820696</v>
       </c>
       <c r="C760">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D760" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="761" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A761" t="s">
-        <v>491</v>
+        <v>476</v>
       </c>
       <c r="B761">
-        <v>400620045</v>
+        <v>400830242</v>
       </c>
       <c r="C761">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D761" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="762" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A762" t="s">
-        <v>491</v>
+        <v>477</v>
       </c>
       <c r="B762">
-        <v>400620045</v>
+        <v>400840214</v>
       </c>
       <c r="C762">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D762" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="763" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A763" t="s">
-        <v>492</v>
+        <v>477</v>
       </c>
       <c r="B763">
-        <v>400620356</v>
+        <v>400840214</v>
       </c>
       <c r="C763">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D763" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="764" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A764" t="s">
-        <v>493</v>
+        <v>478</v>
       </c>
       <c r="B764">
-        <v>400620613</v>
+        <v>400840322</v>
       </c>
       <c r="C764">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D764" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="765" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A765" t="s">
-        <v>493</v>
+        <v>478</v>
       </c>
       <c r="B765">
-        <v>400620613</v>
+        <v>400840322</v>
       </c>
       <c r="C765">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D765" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="766" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A766" t="s">
-        <v>494</v>
+        <v>479</v>
       </c>
       <c r="B766">
-        <v>400630256</v>
+        <v>400850086</v>
       </c>
       <c r="C766">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D766" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="767" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A767" t="s">
-        <v>495</v>
+        <v>480</v>
       </c>
       <c r="B767">
-        <v>400630336</v>
+        <v>400850175</v>
       </c>
       <c r="C767">
         <v>3</v>
       </c>
       <c r="D767" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="768" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A768" t="s">
-        <v>496</v>
+        <v>481</v>
       </c>
       <c r="B768">
-        <v>400630577</v>
+        <v>400850340</v>
       </c>
       <c r="C768">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="D768" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="769" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A769" t="s">
-        <v>496</v>
+        <v>481</v>
       </c>
       <c r="B769">
-        <v>400630577</v>
+        <v>400850340</v>
       </c>
       <c r="C769">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D769" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="770" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A770" t="s">
-        <v>497</v>
+        <v>482</v>
       </c>
       <c r="B770">
-        <v>400640099</v>
+        <v>400850563</v>
       </c>
       <c r="C770">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D770" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="771" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A771" t="s">
-        <v>498</v>
+        <v>482</v>
       </c>
       <c r="B771">
-        <v>400640281</v>
+        <v>400850563</v>
       </c>
       <c r="C771">
         <v>3</v>
       </c>
       <c r="D771" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="772" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A772" t="s">
-        <v>499</v>
+        <v>483</v>
       </c>
       <c r="B772">
-        <v>400640459</v>
+        <v>400850964</v>
       </c>
       <c r="C772">
         <v>4</v>
       </c>
       <c r="D772" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="773" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A773" t="s">
-        <v>499</v>
+        <v>484</v>
       </c>
       <c r="B773">
-        <v>400640459</v>
+        <v>400860601</v>
       </c>
       <c r="C773">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D773" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="774" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A774" t="s">
-        <v>500</v>
+        <v>485</v>
       </c>
       <c r="B774">
-        <v>400640593</v>
+        <v>400870022</v>
       </c>
       <c r="C774">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D774" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="775" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A775" t="s">
-        <v>501</v>
+        <v>486</v>
       </c>
       <c r="B775">
-        <v>400640596</v>
+        <v>400870151</v>
       </c>
       <c r="C775">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D775" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="776" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A776" t="s">
-        <v>501</v>
+        <v>486</v>
       </c>
       <c r="B776">
-        <v>400640596</v>
+        <v>400870151</v>
       </c>
       <c r="C776">
-        <v>98</v>
+        <v>2</v>
       </c>
       <c r="D776" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="777" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A777" t="s">
-        <v>502</v>
+        <v>487</v>
       </c>
       <c r="B777">
-        <v>400650080</v>
+        <v>400870531</v>
       </c>
       <c r="C777">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D777" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="778" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A778" t="s">
-        <v>503</v>
+        <v>488</v>
       </c>
       <c r="B778">
-        <v>400650305</v>
+        <v>400870594</v>
       </c>
       <c r="C778">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D778" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="779" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A779" t="s">
-        <v>504</v>
+        <v>488</v>
       </c>
       <c r="B779">
-        <v>400650676</v>
+        <v>400870594</v>
       </c>
       <c r="C779">
-        <v>24</v>
+        <v>6</v>
       </c>
       <c r="D779" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="780" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A780" t="s">
-        <v>505</v>
+        <v>489</v>
       </c>
       <c r="B780">
-        <v>400660043</v>
+        <v>400880103</v>
       </c>
       <c r="C780">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D780" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="781" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A781" t="s">
-        <v>506</v>
+        <v>490</v>
       </c>
       <c r="B781">
-        <v>400660259</v>
+        <v>400880634</v>
       </c>
       <c r="C781">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D781" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="782" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A782" t="s">
-        <v>506</v>
+        <v>491</v>
       </c>
       <c r="B782">
-        <v>400660259</v>
+        <v>400890081</v>
       </c>
       <c r="C782">
-        <v>59</v>
+        <v>3</v>
       </c>
       <c r="D782" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="783" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A783" t="s">
-        <v>507</v>
+        <v>491</v>
       </c>
       <c r="B783">
-        <v>400660460</v>
+        <v>400890081</v>
       </c>
       <c r="C783">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D783" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="784" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A784" t="s">
-        <v>507</v>
+        <v>492</v>
       </c>
       <c r="B784">
-        <v>400660460</v>
+        <v>400890291</v>
       </c>
       <c r="C784">
-        <v>34</v>
+        <v>3</v>
       </c>
       <c r="D784" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="785" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A785" t="s">
-        <v>508</v>
+        <v>492</v>
       </c>
       <c r="B785">
-        <v>400660651</v>
+        <v>400890291</v>
       </c>
       <c r="C785">
-        <v>28</v>
+        <v>1</v>
       </c>
       <c r="D785" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="786" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A786" t="s">
-        <v>509</v>
+        <v>493</v>
       </c>
       <c r="B786">
-        <v>400660721</v>
+        <v>400890433</v>
       </c>
       <c r="C786">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D786" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="787" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A787" t="s">
-        <v>510</v>
+        <v>493</v>
       </c>
       <c r="B787">
-        <v>400660744</v>
+        <v>400890433</v>
       </c>
       <c r="C787">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D787" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="788" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A788" t="s">
-        <v>510</v>
+        <v>494</v>
       </c>
       <c r="B788">
-        <v>400660744</v>
+        <v>400900207</v>
       </c>
       <c r="C788">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D788" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="789" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A789" t="s">
-        <v>511</v>
+        <v>494</v>
       </c>
       <c r="B789">
-        <v>400670383</v>
+        <v>400900207</v>
       </c>
       <c r="C789">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D789" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="790" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A790" t="s">
-        <v>512</v>
+        <v>495</v>
       </c>
       <c r="B790">
-        <v>400680078</v>
+        <v>400900378</v>
       </c>
       <c r="C790">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="D790" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="791" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A791" t="s">
-        <v>512</v>
+        <v>495</v>
       </c>
       <c r="B791">
-        <v>400680078</v>
+        <v>400900378</v>
       </c>
       <c r="C791">
-        <v>13</v>
+        <v>7</v>
       </c>
       <c r="D791" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="792" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A792" t="s">
-        <v>513</v>
+        <v>496</v>
       </c>
       <c r="B792">
-        <v>400680193</v>
+        <v>400900923</v>
       </c>
       <c r="C792">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="D792" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="793" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A793" t="s">
-        <v>514</v>
+        <v>496</v>
       </c>
       <c r="B793">
-        <v>400680452</v>
+        <v>400900923</v>
       </c>
       <c r="C793">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D793" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="794" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A794" t="s">
-        <v>515</v>
+        <v>497</v>
       </c>
       <c r="B794">
-        <v>400680711</v>
+        <v>400900925</v>
       </c>
       <c r="C794">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D794" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="795" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A795" t="s">
-        <v>516</v>
+        <v>497</v>
       </c>
       <c r="B795">
-        <v>400690183</v>
+        <v>400900925</v>
       </c>
       <c r="C795">
-        <v>3</v>
+        <v>78</v>
       </c>
       <c r="D795" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="796" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A796" t="s">
-        <v>517</v>
+        <v>498</v>
       </c>
       <c r="B796">
-        <v>400690216</v>
+        <v>400910044</v>
       </c>
       <c r="C796">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D796" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="797" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A797" t="s">
-        <v>517</v>
+        <v>499</v>
       </c>
       <c r="B797">
-        <v>400690216</v>
+        <v>400910839</v>
       </c>
       <c r="C797">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D797" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="798" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A798" t="s">
-        <v>518</v>
+        <v>500</v>
       </c>
       <c r="B798">
-        <v>400690518</v>
+        <v>400920167</v>
       </c>
       <c r="C798">
-        <v>28</v>
+        <v>4</v>
       </c>
       <c r="D798" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="799" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A799" t="s">
-        <v>518</v>
+        <v>501</v>
       </c>
       <c r="B799">
-        <v>400690518</v>
+        <v>400920677</v>
       </c>
       <c r="C799">
         <v>3</v>
       </c>
       <c r="D799" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="800" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A800" t="s">
-        <v>519</v>
+        <v>501</v>
       </c>
       <c r="B800">
-        <v>400700154</v>
+        <v>400920677</v>
       </c>
       <c r="C800">
-        <v>49</v>
+        <v>9</v>
       </c>
       <c r="D800" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="801" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A801" t="s">
-        <v>519</v>
+        <v>502</v>
       </c>
       <c r="B801">
-        <v>400700154</v>
+        <v>400930782</v>
       </c>
       <c r="C801">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D801" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="802" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A802" t="s">
-        <v>520</v>
+        <v>502</v>
       </c>
       <c r="B802">
-        <v>400700421</v>
+        <v>400930782</v>
       </c>
       <c r="C802">
-        <v>2</v>
+        <v>38</v>
       </c>
       <c r="D802" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="803" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A803" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B803">
-        <v>400700576</v>
+        <v>400940348</v>
       </c>
       <c r="C803">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D803" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="804" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A804" t="s">
-        <v>521</v>
+        <v>503</v>
       </c>
       <c r="B804">
-        <v>400700576</v>
+        <v>400940348</v>
       </c>
       <c r="C804">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D804" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="805" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A805" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="B805">
-        <v>400700898</v>
+        <v>400940474</v>
       </c>
       <c r="C805">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D805" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="806" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A806" t="s">
-        <v>522</v>
+        <v>504</v>
       </c>
       <c r="B806">
-        <v>400700898</v>
+        <v>400940474</v>
       </c>
       <c r="C806">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D806" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="807" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A807" t="s">
-        <v>523</v>
+        <v>505</v>
       </c>
       <c r="B807">
-        <v>400710066</v>
+        <v>400940664</v>
       </c>
       <c r="C807">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="D807" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="808" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A808" t="s">
-        <v>524</v>
+        <v>506</v>
       </c>
       <c r="B808">
-        <v>400710312</v>
+        <v>400940691</v>
       </c>
       <c r="C808">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D808" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="809" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A809" t="s">
-        <v>525</v>
+        <v>507</v>
       </c>
       <c r="B809">
-        <v>400710555</v>
+        <v>400940809</v>
       </c>
       <c r="C809">
         <v>2</v>
       </c>
       <c r="D809" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="810" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A810" t="s">
-        <v>526</v>
+        <v>508</v>
       </c>
       <c r="B810">
-        <v>400710761</v>
+        <v>400950611</v>
       </c>
       <c r="C810">
         <v>4</v>
       </c>
       <c r="D810" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="811" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A811" t="s">
-        <v>527</v>
+        <v>509</v>
       </c>
       <c r="B811">
-        <v>400710842</v>
+        <v>400950663</v>
       </c>
       <c r="C811">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D811" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="812" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A812" t="s">
-        <v>528</v>
+        <v>510</v>
       </c>
       <c r="B812">
-        <v>400720055</v>
+        <v>400960852</v>
       </c>
       <c r="C812">
-        <v>18</v>
+        <v>2</v>
       </c>
       <c r="D812" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="813" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A813" t="s">
-        <v>528</v>
+        <v>511</v>
       </c>
       <c r="B813">
-        <v>400720055</v>
+        <v>400960959</v>
       </c>
       <c r="C813">
         <v>1</v>
       </c>
       <c r="D813" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="814" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A814" t="s">
-        <v>529</v>
+        <v>512</v>
       </c>
       <c r="B814">
-        <v>400720169</v>
+        <v>400970682</v>
       </c>
       <c r="C814">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D814" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="815" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A815" t="s">
-        <v>530</v>
+        <v>513</v>
       </c>
       <c r="B815">
-        <v>400720324</v>
+        <v>400980089</v>
       </c>
       <c r="C815">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D815" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="816" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A816" t="s">
-        <v>530</v>
+        <v>514</v>
       </c>
       <c r="B816">
-        <v>400720324</v>
+        <v>400980304</v>
       </c>
       <c r="C816">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D816" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="817" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A817" t="s">
-        <v>531</v>
+        <v>514</v>
       </c>
       <c r="B817">
-        <v>400720538</v>
+        <v>400980304</v>
       </c>
       <c r="C817">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D817" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="818" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A818" t="s">
-        <v>532</v>
+        <v>515</v>
       </c>
       <c r="B818">
-        <v>400720588</v>
+        <v>400980535</v>
       </c>
       <c r="C818">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D818" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="819" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A819" t="s">
-        <v>532</v>
+        <v>515</v>
       </c>
       <c r="B819">
-        <v>400720588</v>
+        <v>400980535</v>
       </c>
       <c r="C819">
-        <v>11</v>
+        <v>4</v>
       </c>
       <c r="D819" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="820" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A820" t="s">
-        <v>533</v>
+        <v>516</v>
       </c>
       <c r="B820">
-        <v>400720645</v>
+        <v>400990301</v>
       </c>
       <c r="C820">
-        <v>6</v>
+        <v>1</v>
       </c>
       <c r="D820" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="821" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A821" t="s">
-        <v>533</v>
+        <v>517</v>
       </c>
       <c r="B821">
-        <v>400720645</v>
+        <v>400990615</v>
       </c>
       <c r="C821">
-        <v>9</v>
+        <v>26</v>
       </c>
       <c r="D821" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="822" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A822" t="s">
-        <v>534</v>
+        <v>517</v>
       </c>
       <c r="B822">
-        <v>400720740</v>
+        <v>400990615</v>
       </c>
       <c r="C822">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="D822" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="823" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A823" t="s">
-        <v>10</v>
+        <v>518</v>
       </c>
       <c r="B823">
-        <v>400720905</v>
+        <v>400990740</v>
       </c>
       <c r="C823">
-        <v>16</v>
+        <v>1</v>
       </c>
       <c r="D823" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="824" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A824" t="s">
-        <v>535</v>
+        <v>519</v>
       </c>
       <c r="B824">
-        <v>400721000</v>
+        <v>401001034</v>
       </c>
       <c r="C824">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D824" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="825" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A825" t="s">
-        <v>536</v>
+        <v>520</v>
       </c>
       <c r="B825">
-        <v>400730226</v>
+        <v>401001229</v>
       </c>
       <c r="C825">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D825" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="826" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A826" t="s">
-        <v>536</v>
+        <v>521</v>
       </c>
       <c r="B826">
-        <v>400730226</v>
+        <v>401001341</v>
       </c>
       <c r="C826">
-        <v>30</v>
+        <v>4</v>
       </c>
       <c r="D826" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="827" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A827" t="s">
-        <v>537</v>
+        <v>522</v>
       </c>
       <c r="B827">
-        <v>400730559</v>
+        <v>401010266</v>
       </c>
       <c r="C827">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D827" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="828" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A828" t="s">
-        <v>538</v>
+        <v>523</v>
       </c>
       <c r="B828">
-        <v>400730755</v>
+        <v>401010405</v>
       </c>
       <c r="C828">
         <v>4</v>
       </c>
       <c r="D828" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="829" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A829" t="s">
-        <v>538</v>
+        <v>524</v>
       </c>
       <c r="B829">
-        <v>400730755</v>
+        <v>401010800</v>
       </c>
       <c r="C829">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D829" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="830" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A830" t="s">
-        <v>539</v>
+        <v>525</v>
       </c>
       <c r="B830">
-        <v>400730967</v>
+        <v>401021084</v>
       </c>
       <c r="C830">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D830" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="831" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A831" t="s">
-        <v>540</v>
+        <v>525</v>
       </c>
       <c r="B831">
-        <v>400740227</v>
+        <v>401021084</v>
       </c>
       <c r="C831">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D831" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="832" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A832" t="s">
-        <v>541</v>
+        <v>526</v>
       </c>
       <c r="B832">
-        <v>400740283</v>
+        <v>401021255</v>
       </c>
       <c r="C832">
         <v>3</v>
       </c>
       <c r="D832" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="833" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A833" t="s">
-        <v>541</v>
+        <v>527</v>
       </c>
       <c r="B833">
-        <v>400740283</v>
+        <v>401030335</v>
       </c>
       <c r="C833">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D833" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="834" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A834" t="s">
-        <v>542</v>
+        <v>528</v>
       </c>
       <c r="B834">
-        <v>400740338</v>
+        <v>401030392</v>
       </c>
       <c r="C834">
-        <v>22</v>
+        <v>9</v>
       </c>
       <c r="D834" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="835" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A835" t="s">
-        <v>542</v>
+        <v>528</v>
       </c>
       <c r="B835">
-        <v>400740338</v>
+        <v>401030392</v>
       </c>
       <c r="C835">
-        <v>13</v>
+        <v>3</v>
       </c>
       <c r="D835" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="836" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A836" t="s">
-        <v>543</v>
+        <v>529</v>
       </c>
       <c r="B836">
-        <v>400740358</v>
+        <v>401030600</v>
       </c>
       <c r="C836">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D836" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="837" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A837" t="s">
-        <v>543</v>
+        <v>529</v>
       </c>
       <c r="B837">
-        <v>400740358</v>
+        <v>401030600</v>
       </c>
       <c r="C837">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D837" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="838" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A838" t="s">
-        <v>544</v>
+        <v>530</v>
       </c>
       <c r="B838">
-        <v>400740669</v>
+        <v>401030762</v>
       </c>
       <c r="C838">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D838" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="839" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A839" t="s">
-        <v>545</v>
+        <v>531</v>
       </c>
       <c r="B839">
-        <v>400740905</v>
+        <v>401031066</v>
       </c>
       <c r="C839">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D839" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="840" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A840" t="s">
-        <v>545</v>
+        <v>532</v>
       </c>
       <c r="B840">
-        <v>400740905</v>
+        <v>401031167</v>
       </c>
       <c r="C840">
-        <v>7</v>
+        <v>17</v>
       </c>
       <c r="D840" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="841" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A841" t="s">
-        <v>546</v>
+        <v>533</v>
       </c>
       <c r="B841">
-        <v>400750056</v>
+        <v>401040446</v>
       </c>
       <c r="C841">
-        <v>14</v>
+        <v>3</v>
       </c>
       <c r="D841" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="842" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A842" t="s">
-        <v>546</v>
+        <v>534</v>
       </c>
       <c r="B842">
-        <v>400750056</v>
+        <v>401040615</v>
       </c>
       <c r="C842">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D842" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="843" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A843" t="s">
-        <v>547</v>
+        <v>535</v>
       </c>
       <c r="B843">
-        <v>400750119</v>
+        <v>401040645</v>
       </c>
       <c r="C843">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D843" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="844" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A844" t="s">
-        <v>547</v>
+        <v>536</v>
       </c>
       <c r="B844">
-        <v>400750119</v>
+        <v>401041007</v>
       </c>
       <c r="C844">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D844" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="845" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A845" t="s">
-        <v>548</v>
+        <v>537</v>
       </c>
       <c r="B845">
-        <v>400750129</v>
+        <v>401041015</v>
       </c>
       <c r="C845">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D845" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="846" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A846" t="s">
-        <v>549</v>
+        <v>538</v>
       </c>
       <c r="B846">
-        <v>400750299</v>
+        <v>401041175</v>
       </c>
       <c r="C846">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="D846" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="847" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A847" t="s">
-        <v>549</v>
+        <v>539</v>
       </c>
       <c r="B847">
-        <v>400750299</v>
+        <v>401041200</v>
       </c>
       <c r="C847">
-        <v>26</v>
+        <v>1</v>
       </c>
       <c r="D847" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="848" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A848" t="s">
-        <v>550</v>
+        <v>539</v>
       </c>
       <c r="B848">
-        <v>400750515</v>
+        <v>401041200</v>
       </c>
       <c r="C848">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D848" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="849" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A849" t="s">
-        <v>550</v>
+        <v>10</v>
       </c>
       <c r="B849">
-        <v>400750515</v>
+        <v>401041203</v>
       </c>
       <c r="C849">
-        <v>4</v>
+        <v>48</v>
       </c>
       <c r="D849" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="850" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A850" t="s">
-        <v>551</v>
+        <v>540</v>
       </c>
       <c r="B850">
-        <v>400750874</v>
+        <v>401050240</v>
       </c>
       <c r="C850">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D850" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="851" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A851" t="s">
-        <v>552</v>
+        <v>541</v>
       </c>
       <c r="B851">
-        <v>400750893</v>
+        <v>401050818</v>
       </c>
       <c r="C851">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D851" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="852" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A852" t="s">
-        <v>553</v>
+        <v>542</v>
       </c>
       <c r="B852">
-        <v>400750896</v>
+        <v>401050822</v>
       </c>
       <c r="C852">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="D852" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="853" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A853" t="s">
-        <v>553</v>
+        <v>542</v>
       </c>
       <c r="B853">
-        <v>400750896</v>
+        <v>401050822</v>
       </c>
       <c r="C853">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D853" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="854" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A854" t="s">
-        <v>554</v>
+        <v>543</v>
       </c>
       <c r="B854">
-        <v>400760083</v>
+        <v>401050930</v>
       </c>
       <c r="C854">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="D854" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="855" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A855" t="s">
-        <v>555</v>
+        <v>543</v>
       </c>
       <c r="B855">
-        <v>400760233</v>
+        <v>401050930</v>
       </c>
       <c r="C855">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D855" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="856" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A856" t="s">
-        <v>555</v>
+        <v>544</v>
       </c>
       <c r="B856">
-        <v>400760233</v>
+        <v>401051005</v>
       </c>
       <c r="C856">
-        <v>1</v>
+        <v>38</v>
       </c>
       <c r="D856" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="857" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A857" t="s">
-        <v>556</v>
+        <v>544</v>
       </c>
       <c r="B857">
-        <v>400760366</v>
+        <v>401051005</v>
       </c>
       <c r="C857">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D857" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="858" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A858" t="s">
-        <v>557</v>
+        <v>545</v>
       </c>
       <c r="B858">
-        <v>400760411</v>
+        <v>401051462</v>
       </c>
       <c r="C858">
-        <v>29</v>
+        <v>1</v>
       </c>
       <c r="D858" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="859" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A859" t="s">
-        <v>557</v>
+        <v>546</v>
       </c>
       <c r="B859">
-        <v>400760411</v>
+        <v>401060497</v>
       </c>
       <c r="C859">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D859" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="860" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A860" t="s">
-        <v>558</v>
+        <v>546</v>
       </c>
       <c r="B860">
-        <v>400760745</v>
+        <v>401060497</v>
       </c>
       <c r="C860">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D860" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="861" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A861" t="s">
-        <v>559</v>
+        <v>546</v>
       </c>
       <c r="B861">
-        <v>400760777</v>
+        <v>401060497</v>
       </c>
       <c r="C861">
         <v>3</v>
       </c>
       <c r="D861" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="862" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A862" t="s">
-        <v>560</v>
+        <v>546</v>
       </c>
       <c r="B862">
-        <v>400770153</v>
+        <v>401060497</v>
       </c>
       <c r="C862">
         <v>1</v>
       </c>
       <c r="D862" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="863" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A863" t="s">
-        <v>561</v>
+        <v>547</v>
       </c>
       <c r="B863">
-        <v>400770800</v>
+        <v>401060726</v>
       </c>
       <c r="C863">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D863" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="864" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A864" t="s">
-        <v>561</v>
+        <v>548</v>
       </c>
       <c r="B864">
-        <v>400770800</v>
+        <v>401070162</v>
       </c>
       <c r="C864">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="D864" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="865" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A865" t="s">
-        <v>562</v>
+        <v>549</v>
       </c>
       <c r="B865">
-        <v>400770809</v>
+        <v>401070529</v>
       </c>
       <c r="C865">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D865" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="866" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A866" t="s">
-        <v>562</v>
+        <v>549</v>
       </c>
       <c r="B866">
-        <v>400770809</v>
+        <v>401070529</v>
       </c>
       <c r="C866">
-        <v>3</v>
+        <v>26</v>
       </c>
       <c r="D866" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="867" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A867" t="s">
-        <v>563</v>
+        <v>550</v>
       </c>
       <c r="B867">
-        <v>400770846</v>
+        <v>401090054</v>
       </c>
       <c r="C867">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D867" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="868" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A868" t="s">
-        <v>564</v>
+        <v>551</v>
       </c>
       <c r="B868">
-        <v>400780480</v>
+        <v>401090345</v>
       </c>
       <c r="C868">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D868" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="869" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A869" t="s">
-        <v>565</v>
+        <v>551</v>
       </c>
       <c r="B869">
-        <v>400780617</v>
+        <v>401090345</v>
       </c>
       <c r="C869">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D869" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="870" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A870" t="s">
-        <v>566</v>
+        <v>552</v>
       </c>
       <c r="B870">
-        <v>400790205</v>
+        <v>401090568</v>
       </c>
       <c r="C870">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D870" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="871" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A871" t="s">
-        <v>566</v>
+        <v>553</v>
       </c>
       <c r="B871">
-        <v>400790205</v>
+        <v>401100084</v>
       </c>
       <c r="C871">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D871" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="872" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A872" t="s">
-        <v>567</v>
+        <v>553</v>
       </c>
       <c r="B872">
-        <v>400790335</v>
+        <v>401100084</v>
       </c>
       <c r="C872">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D872" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="873" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A873" t="s">
-        <v>568</v>
+        <v>554</v>
       </c>
       <c r="B873">
-        <v>400790436</v>
+        <v>401100896</v>
       </c>
       <c r="C873">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D873" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="874" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A874" t="s">
-        <v>569</v>
+        <v>554</v>
       </c>
       <c r="B874">
-        <v>400790461</v>
+        <v>401100896</v>
       </c>
       <c r="C874">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="D874" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="875" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A875" t="s">
-        <v>570</v>
+        <v>555</v>
       </c>
       <c r="B875">
-        <v>400790786</v>
+        <v>401100948</v>
       </c>
       <c r="C875">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D875" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="876" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A876" t="s">
-        <v>571</v>
+        <v>555</v>
       </c>
       <c r="B876">
-        <v>400800062</v>
+        <v>401100948</v>
       </c>
       <c r="C876">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D876" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="877" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A877" t="s">
-        <v>572</v>
+        <v>555</v>
       </c>
       <c r="B877">
-        <v>400800742</v>
+        <v>401100948</v>
       </c>
       <c r="C877">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="D877" t="s">
-        <v>1013</v>
+        <v>797</v>
       </c>
     </row>
     <row r="878" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A878" t="s">
-        <v>572</v>
+        <v>556</v>
       </c>
       <c r="B878">
-        <v>400800742</v>
+        <v>401110788</v>
       </c>
       <c r="C878">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D878" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="879" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A879" t="s">
-        <v>573</v>
+        <v>556</v>
       </c>
       <c r="B879">
-        <v>400810166</v>
+        <v>401110788</v>
       </c>
       <c r="C879">
-        <v>2</v>
+        <v>36</v>
       </c>
       <c r="D879" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="880" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A880" t="s">
-        <v>573</v>
+        <v>557</v>
       </c>
       <c r="B880">
-        <v>400810166</v>
+        <v>401120844</v>
       </c>
       <c r="C880">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D880" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="881" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A881" t="s">
-        <v>574</v>
+        <v>557</v>
       </c>
       <c r="B881">
-        <v>400810668</v>
+        <v>401120844</v>
       </c>
       <c r="C881">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D881" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="882" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A882" t="s">
-        <v>575</v>
+        <v>558</v>
       </c>
       <c r="B882">
-        <v>400810878</v>
+        <v>401120913</v>
       </c>
       <c r="C882">
-        <v>12</v>
+        <v>6</v>
       </c>
       <c r="D882" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="883" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A883" t="s">
-        <v>575</v>
+        <v>558</v>
       </c>
       <c r="B883">
-        <v>400810878</v>
+        <v>401120913</v>
       </c>
       <c r="C883">
-        <v>3</v>
+        <v>30</v>
       </c>
       <c r="D883" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="884" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A884" t="s">
-        <v>576</v>
+        <v>559</v>
       </c>
       <c r="B884">
-        <v>400820499</v>
+        <v>401130635</v>
       </c>
       <c r="C884">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D884" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="885" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A885" t="s">
-        <v>577</v>
+        <v>560</v>
       </c>
       <c r="B885">
-        <v>400820696</v>
+        <v>401140795</v>
       </c>
       <c r="C885">
-        <v>7</v>
+        <v>66</v>
       </c>
       <c r="D885" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="886" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A886" t="s">
-        <v>577</v>
+        <v>560</v>
       </c>
       <c r="B886">
-        <v>400820696</v>
+        <v>401140795</v>
       </c>
       <c r="C886">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D886" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="887" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A887" t="s">
-        <v>578</v>
+        <v>561</v>
       </c>
       <c r="B887">
-        <v>400820764</v>
+        <v>401150664</v>
       </c>
       <c r="C887">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D887" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="888" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A888" t="s">
-        <v>579</v>
+        <v>562</v>
       </c>
       <c r="B888">
-        <v>400830242</v>
+        <v>401150883</v>
       </c>
       <c r="C888">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D888" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="889" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A889" t="s">
-        <v>580</v>
+        <v>563</v>
       </c>
       <c r="B889">
-        <v>400830420</v>
+        <v>401150914</v>
       </c>
       <c r="C889">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D889" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="890" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A890" t="s">
-        <v>581</v>
+        <v>564</v>
       </c>
       <c r="B890">
-        <v>400830590</v>
+        <v>401160034</v>
       </c>
       <c r="C890">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D890" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="891" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A891" t="s">
-        <v>582</v>
+        <v>565</v>
       </c>
       <c r="B891">
-        <v>400840214</v>
+        <v>401160226</v>
       </c>
       <c r="C891">
-        <v>10</v>
+        <v>3</v>
       </c>
       <c r="D891" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="892" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A892" t="s">
-        <v>582</v>
+        <v>566</v>
       </c>
       <c r="B892">
-        <v>400840214</v>
+        <v>401160450</v>
       </c>
       <c r="C892">
         <v>1</v>
       </c>
       <c r="D892" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="893" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A893" t="s">
-        <v>583</v>
+        <v>567</v>
       </c>
       <c r="B893">
-        <v>400840322</v>
+        <v>401160678</v>
       </c>
       <c r="C893">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D893" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="894" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A894" t="s">
-        <v>583</v>
+        <v>568</v>
       </c>
       <c r="B894">
-        <v>400840322</v>
+        <v>401160706</v>
       </c>
       <c r="C894">
-        <v>4</v>
+        <v>19</v>
       </c>
       <c r="D894" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="895" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A895" t="s">
-        <v>584</v>
+        <v>569</v>
       </c>
       <c r="B895">
-        <v>400840449</v>
+        <v>401160887</v>
       </c>
       <c r="C895">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D895" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="896" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A896" t="s">
-        <v>585</v>
+        <v>569</v>
       </c>
       <c r="B896">
-        <v>400840963</v>
+        <v>401160887</v>
       </c>
       <c r="C896">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D896" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="897" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A897" t="s">
-        <v>586</v>
+        <v>570</v>
       </c>
       <c r="B897">
-        <v>400840988</v>
+        <v>401180373</v>
       </c>
       <c r="C897">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D897" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="898" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A898" t="s">
-        <v>587</v>
+        <v>570</v>
       </c>
       <c r="B898">
-        <v>400850175</v>
+        <v>401180373</v>
       </c>
       <c r="C898">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D898" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="899" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A899" t="s">
-        <v>588</v>
+        <v>571</v>
       </c>
       <c r="B899">
-        <v>400850340</v>
+        <v>401200791</v>
       </c>
       <c r="C899">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D899" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="900" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A900" t="s">
-        <v>588</v>
+        <v>572</v>
       </c>
       <c r="B900">
-        <v>400850340</v>
+        <v>401210401</v>
       </c>
       <c r="C900">
-        <v>21</v>
+        <v>7</v>
       </c>
       <c r="D900" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="901" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A901" t="s">
-        <v>589</v>
+        <v>572</v>
       </c>
       <c r="B901">
-        <v>400850360</v>
+        <v>401210401</v>
       </c>
       <c r="C901">
         <v>3</v>
       </c>
       <c r="D901" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="902" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A902" t="s">
-        <v>589</v>
+        <v>573</v>
       </c>
       <c r="B902">
-        <v>400850360</v>
+        <v>401210555</v>
       </c>
       <c r="C902">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D902" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="903" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A903" t="s">
-        <v>590</v>
+        <v>573</v>
       </c>
       <c r="B903">
-        <v>400850563</v>
+        <v>401210555</v>
       </c>
       <c r="C903">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D903" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="904" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A904" t="s">
-        <v>590</v>
+        <v>574</v>
       </c>
       <c r="B904">
-        <v>400850563</v>
+        <v>401230208</v>
       </c>
       <c r="C904">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D904" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="905" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A905" t="s">
-        <v>591</v>
+        <v>575</v>
       </c>
       <c r="B905">
-        <v>400850964</v>
+        <v>401240090</v>
       </c>
       <c r="C905">
         <v>3</v>
       </c>
       <c r="D905" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="906" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A906" t="s">
-        <v>592</v>
+        <v>575</v>
       </c>
       <c r="B906">
-        <v>400860601</v>
+        <v>401240090</v>
       </c>
       <c r="C906">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D906" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="907" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A907" t="s">
-        <v>593</v>
+        <v>576</v>
       </c>
       <c r="B907">
-        <v>400860991</v>
+        <v>401240686</v>
       </c>
       <c r="C907">
         <v>3</v>
       </c>
       <c r="D907" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="908" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A908" t="s">
-        <v>594</v>
+        <v>576</v>
       </c>
       <c r="B908">
-        <v>400870099</v>
+        <v>401240686</v>
       </c>
       <c r="C908">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D908" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="909" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A909" t="s">
-        <v>595</v>
+        <v>577</v>
       </c>
       <c r="B909">
-        <v>400870151</v>
+        <v>401240966</v>
       </c>
       <c r="C909">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D909" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="910" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A910" t="s">
-        <v>595</v>
+        <v>578</v>
       </c>
       <c r="B910">
-        <v>400870151</v>
+        <v>401280164</v>
       </c>
       <c r="C910">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D910" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="911" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A911" t="s">
-        <v>596</v>
+        <v>579</v>
       </c>
       <c r="B911">
-        <v>400870355</v>
+        <v>401300668</v>
       </c>
       <c r="C911">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D911" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="912" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A912" t="s">
-        <v>597</v>
+        <v>580</v>
       </c>
       <c r="B912">
-        <v>400870531</v>
+        <v>401300946</v>
       </c>
       <c r="C912">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D912" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="913" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A913" t="s">
-        <v>598</v>
+        <v>581</v>
       </c>
       <c r="B913">
-        <v>400870594</v>
+        <v>401300962</v>
       </c>
       <c r="C913">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D913" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="914" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A914" t="s">
-        <v>598</v>
+        <v>582</v>
       </c>
       <c r="B914">
-        <v>400870594</v>
+        <v>401310299</v>
       </c>
       <c r="C914">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D914" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="915" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A915" t="s">
-        <v>599</v>
+        <v>583</v>
       </c>
       <c r="B915">
-        <v>400880103</v>
+        <v>401310719</v>
       </c>
       <c r="C915">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D915" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="916" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A916" t="s">
-        <v>600</v>
+        <v>583</v>
       </c>
       <c r="B916">
-        <v>400890081</v>
+        <v>401310719</v>
       </c>
       <c r="C916">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="D916" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="917" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A917" t="s">
-        <v>601</v>
+        <v>584</v>
       </c>
       <c r="B917">
-        <v>400890086</v>
+        <v>401310833</v>
       </c>
       <c r="C917">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D917" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="918" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A918" t="s">
-        <v>601</v>
+        <v>584</v>
       </c>
       <c r="B918">
-        <v>400890086</v>
+        <v>401310833</v>
       </c>
       <c r="C918">
-        <v>2</v>
+        <v>16</v>
       </c>
       <c r="D918" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="919" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A919" t="s">
-        <v>602</v>
+        <v>585</v>
       </c>
       <c r="B919">
-        <v>400890291</v>
+        <v>401320510</v>
       </c>
       <c r="C919">
         <v>3</v>
       </c>
       <c r="D919" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="920" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A920" t="s">
-        <v>603</v>
+        <v>586</v>
       </c>
       <c r="B920">
-        <v>400890433</v>
+        <v>401330490</v>
       </c>
       <c r="C920">
         <v>4</v>
       </c>
       <c r="D920" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="921" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A921" t="s">
-        <v>603</v>
+        <v>587</v>
       </c>
       <c r="B921">
-        <v>400890433</v>
+        <v>401340028</v>
       </c>
       <c r="C921">
-        <v>7</v>
+        <v>14</v>
       </c>
       <c r="D921" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="922" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A922" t="s">
-        <v>604</v>
+        <v>588</v>
       </c>
       <c r="B922">
-        <v>400890770</v>
+        <v>401340197</v>
       </c>
       <c r="C922">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D922" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="923" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A923" t="s">
-        <v>605</v>
+        <v>589</v>
       </c>
       <c r="B923">
-        <v>400900078</v>
+        <v>401350918</v>
       </c>
       <c r="C923">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D923" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="924" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A924" t="s">
-        <v>605</v>
+        <v>590</v>
       </c>
       <c r="B924">
-        <v>400900078</v>
+        <v>401360396</v>
       </c>
       <c r="C924">
         <v>11</v>
       </c>
       <c r="D924" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="925" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A925" t="s">
-        <v>606</v>
+        <v>591</v>
       </c>
       <c r="B925">
-        <v>400900207</v>
+        <v>401360816</v>
       </c>
       <c r="C925">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D925" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="926" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A926" t="s">
-        <v>606</v>
+        <v>592</v>
       </c>
       <c r="B926">
-        <v>400900207</v>
+        <v>401370088</v>
       </c>
       <c r="C926">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D926" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="927" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A927" t="s">
-        <v>607</v>
+        <v>593</v>
       </c>
       <c r="B927">
-        <v>400900378</v>
+        <v>401370243</v>
       </c>
       <c r="C927">
-        <v>4</v>
+        <v>17</v>
       </c>
       <c r="D927" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="928" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A928" t="s">
-        <v>607</v>
+        <v>594</v>
       </c>
       <c r="B928">
-        <v>400900378</v>
+        <v>401370326</v>
       </c>
       <c r="C928">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D928" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="929" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A929" t="s">
-        <v>608</v>
+        <v>595</v>
       </c>
       <c r="B929">
-        <v>400900923</v>
+        <v>401390103</v>
       </c>
       <c r="C929">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D929" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="930" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A930" t="s">
-        <v>608</v>
+        <v>596</v>
       </c>
       <c r="B930">
-        <v>400900923</v>
+        <v>401390963</v>
       </c>
       <c r="C930">
-        <v>8</v>
+        <v>5</v>
       </c>
       <c r="D930" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="931" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A931" t="s">
-        <v>609</v>
+        <v>596</v>
       </c>
       <c r="B931">
-        <v>400900925</v>
+        <v>401390963</v>
       </c>
       <c r="C931">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D931" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="932" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A932" t="s">
-        <v>609</v>
+        <v>597</v>
       </c>
       <c r="B932">
-        <v>400900925</v>
+        <v>401400386</v>
       </c>
       <c r="C932">
-        <v>78</v>
+        <v>8</v>
       </c>
       <c r="D932" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="933" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A933" t="s">
-        <v>610</v>
+        <v>597</v>
       </c>
       <c r="B933">
-        <v>400910044</v>
+        <v>401400386</v>
       </c>
       <c r="C933">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D933" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="934" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A934" t="s">
-        <v>611</v>
+        <v>598</v>
       </c>
       <c r="B934">
-        <v>400910839</v>
+        <v>401410309</v>
       </c>
       <c r="C934">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D934" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="935" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A935" t="s">
-        <v>612</v>
+        <v>598</v>
       </c>
       <c r="B935">
-        <v>400910873</v>
+        <v>401410309</v>
       </c>
       <c r="C935">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D935" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="936" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A936" t="s">
-        <v>613</v>
+        <v>599</v>
       </c>
       <c r="B936">
-        <v>400920167</v>
+        <v>401410618</v>
       </c>
       <c r="C936">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D936" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="937" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A937" t="s">
-        <v>614</v>
+        <v>599</v>
       </c>
       <c r="B937">
-        <v>400920677</v>
+        <v>401410618</v>
       </c>
       <c r="C937">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D937" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="938" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A938" t="s">
-        <v>614</v>
+        <v>600</v>
       </c>
       <c r="B938">
-        <v>400920677</v>
+        <v>401410707</v>
       </c>
       <c r="C938">
-        <v>9</v>
+        <v>3</v>
       </c>
       <c r="D938" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="939" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A939" t="s">
-        <v>615</v>
+        <v>600</v>
       </c>
       <c r="B939">
-        <v>400920723</v>
+        <v>401410707</v>
       </c>
       <c r="C939">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D939" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="940" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A940" t="s">
-        <v>616</v>
+        <v>601</v>
       </c>
       <c r="B940">
-        <v>400930591</v>
+        <v>401420275</v>
       </c>
       <c r="C940">
-        <v>1</v>
+        <v>25</v>
       </c>
       <c r="D940" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="941" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A941" t="s">
-        <v>617</v>
+        <v>602</v>
       </c>
       <c r="B941">
-        <v>400930782</v>
+        <v>401430055</v>
       </c>
       <c r="C941">
-        <v>38</v>
+        <v>1</v>
       </c>
       <c r="D941" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="942" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A942" t="s">
-        <v>617</v>
+        <v>603</v>
       </c>
       <c r="B942">
-        <v>400930782</v>
+        <v>401430197</v>
       </c>
       <c r="C942">
-        <v>5</v>
+        <v>31</v>
       </c>
       <c r="D942" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="943" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A943" t="s">
-        <v>618</v>
+        <v>603</v>
       </c>
       <c r="B943">
-        <v>400940348</v>
+        <v>401430197</v>
       </c>
       <c r="C943">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D943" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="944" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A944" t="s">
-        <v>618</v>
+        <v>604</v>
       </c>
       <c r="B944">
-        <v>400940348</v>
+        <v>401440147</v>
       </c>
       <c r="C944">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D944" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="945" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A945" t="s">
-        <v>619</v>
+        <v>605</v>
       </c>
       <c r="B945">
-        <v>400940474</v>
+        <v>401440505</v>
       </c>
       <c r="C945">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D945" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="946" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A946" t="s">
-        <v>619</v>
+        <v>606</v>
       </c>
       <c r="B946">
-        <v>400940474</v>
+        <v>401450019</v>
       </c>
       <c r="C946">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="D946" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="947" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A947" t="s">
-        <v>620</v>
+        <v>606</v>
       </c>
       <c r="B947">
-        <v>400940664</v>
+        <v>401450019</v>
       </c>
       <c r="C947">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D947" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="948" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A948" t="s">
-        <v>620</v>
+        <v>607</v>
       </c>
       <c r="B948">
-        <v>400940664</v>
+        <v>401450254</v>
       </c>
       <c r="C948">
-        <v>7</v>
+        <v>1</v>
       </c>
       <c r="D948" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="949" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A949" t="s">
-        <v>621</v>
+        <v>608</v>
       </c>
       <c r="B949">
-        <v>400940691</v>
+        <v>401450652</v>
       </c>
       <c r="C949">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D949" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="950" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A950" t="s">
-        <v>622</v>
+        <v>609</v>
       </c>
       <c r="B950">
-        <v>400940809</v>
+        <v>401450869</v>
       </c>
       <c r="C950">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D950" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="951" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A951" t="s">
-        <v>623</v>
+        <v>610</v>
       </c>
       <c r="B951">
-        <v>400950439</v>
+        <v>401450906</v>
       </c>
       <c r="C951">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D951" t="s">
-        <v>1012</v>
+        <v>798</v>
       </c>
     </row>
     <row r="952" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A952" t="s">
-        <v>624</v>
+        <v>611</v>
       </c>
       <c r="B952">
-        <v>400950611</v>
+        <v>401450971</v>
       </c>
       <c r="C952">
         <v>3</v>
       </c>
       <c r="D952" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="953" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A953" t="s">
-        <v>625</v>
+        <v>612</v>
       </c>
       <c r="B953">
-        <v>400950663</v>
+        <v>401460060</v>
       </c>
       <c r="C953">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D953" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="954" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A954" t="s">
-        <v>626</v>
+        <v>613</v>
       </c>
       <c r="B954">
-        <v>400950977</v>
+        <v>401460676</v>
       </c>
       <c r="C954">
-        <v>2</v>
+        <v>28</v>
       </c>
       <c r="D954" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="955" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A955" t="s">
-        <v>626</v>
+        <v>613</v>
       </c>
       <c r="B955">
-        <v>400950977</v>
+        <v>401460676</v>
       </c>
       <c r="C955">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D955" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="956" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A956" t="s">
-        <v>627</v>
+        <v>614</v>
       </c>
       <c r="B956">
-        <v>400960090</v>
+        <v>401490613</v>
       </c>
       <c r="C956">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D956" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="957" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A957" t="s">
-        <v>628</v>
+        <v>615</v>
       </c>
       <c r="B957">
-        <v>400960852</v>
+        <v>401490797</v>
       </c>
       <c r="C957">
         <v>1</v>
       </c>
       <c r="D957" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="958" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A958" t="s">
-        <v>629</v>
+        <v>616</v>
       </c>
       <c r="B958">
-        <v>400960959</v>
+        <v>401500077</v>
       </c>
       <c r="C958">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D958" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="959" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A959" t="s">
-        <v>630</v>
+        <v>616</v>
       </c>
       <c r="B959">
-        <v>400970607</v>
+        <v>401500077</v>
       </c>
       <c r="C959">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D959" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="960" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A960" t="s">
-        <v>631</v>
+        <v>617</v>
       </c>
       <c r="B960">
-        <v>400970682</v>
+        <v>401500793</v>
       </c>
       <c r="C960">
         <v>3</v>
       </c>
       <c r="D960" t="s">
-        <v>1012</v>
+        <v>798</v>
       </c>
     </row>
     <row r="961" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A961" t="s">
-        <v>632</v>
+        <v>618</v>
       </c>
       <c r="B961">
-        <v>400980089</v>
+        <v>401510149</v>
       </c>
       <c r="C961">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="D961" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="962" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A962" t="s">
-        <v>633</v>
+        <v>619</v>
       </c>
       <c r="B962">
-        <v>400980304</v>
+        <v>401510359</v>
       </c>
       <c r="C962">
-        <v>5</v>
+        <v>2</v>
       </c>
       <c r="D962" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="963" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A963" t="s">
-        <v>633</v>
+        <v>619</v>
       </c>
       <c r="B963">
-        <v>400980304</v>
+        <v>401510359</v>
       </c>
       <c r="C963">
-        <v>6</v>
+        <v>18</v>
       </c>
       <c r="D963" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="964" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A964" t="s">
-        <v>634</v>
+        <v>620</v>
       </c>
       <c r="B964">
-        <v>400980535</v>
+        <v>401510465</v>
       </c>
       <c r="C964">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D964" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="965" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A965" t="s">
-        <v>634</v>
+        <v>621</v>
       </c>
       <c r="B965">
-        <v>400980535</v>
+        <v>401510595</v>
       </c>
       <c r="C965">
-        <v>7</v>
+        <v>2</v>
       </c>
       <c r="D965" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="966" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A966" t="s">
-        <v>635</v>
+        <v>622</v>
       </c>
       <c r="B966">
-        <v>400990301</v>
+        <v>401520088</v>
       </c>
       <c r="C966">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="D966" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="967" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A967" t="s">
-        <v>636</v>
+        <v>622</v>
       </c>
       <c r="B967">
-        <v>400990615</v>
+        <v>401520088</v>
       </c>
       <c r="C967">
-        <v>26</v>
+        <v>5</v>
       </c>
       <c r="D967" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="968" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A968" t="s">
-        <v>636</v>
+        <v>623</v>
       </c>
       <c r="B968">
-        <v>400990615</v>
+        <v>401530171</v>
       </c>
       <c r="C968">
-        <v>13</v>
+        <v>2</v>
       </c>
       <c r="D968" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="969" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A969" t="s">
-        <v>637</v>
+        <v>624</v>
       </c>
       <c r="B969">
-        <v>400990869</v>
+        <v>401530541</v>
       </c>
       <c r="C969">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D969" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="970" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A970" t="s">
-        <v>638</v>
+        <v>625</v>
       </c>
       <c r="B970">
-        <v>401000053</v>
+        <v>401540060</v>
       </c>
       <c r="C970">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D970" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="971" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A971" t="s">
-        <v>639</v>
+        <v>626</v>
       </c>
       <c r="B971">
-        <v>401000414</v>
+        <v>401570225</v>
       </c>
       <c r="C971">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D971" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="972" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A972" t="s">
-        <v>640</v>
+        <v>627</v>
       </c>
       <c r="B972">
-        <v>401000936</v>
+        <v>401580070</v>
       </c>
       <c r="C972">
         <v>2</v>
       </c>
       <c r="D972" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="973" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A973" t="s">
-        <v>641</v>
+        <v>628</v>
       </c>
       <c r="B973">
-        <v>401001034</v>
+        <v>401580505</v>
       </c>
       <c r="C973">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D973" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="974" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A974" t="s">
-        <v>642</v>
+        <v>629</v>
       </c>
       <c r="B974">
-        <v>401001229</v>
+        <v>401580891</v>
       </c>
       <c r="C974">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D974" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="975" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A975" t="s">
-        <v>643</v>
+        <v>630</v>
       </c>
       <c r="B975">
-        <v>401001341</v>
+        <v>401600177</v>
       </c>
       <c r="C975">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D975" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="976" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A976" t="s">
-        <v>644</v>
+        <v>630</v>
       </c>
       <c r="B976">
-        <v>401010139</v>
+        <v>401600177</v>
       </c>
       <c r="C976">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D976" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="977" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A977" t="s">
-        <v>645</v>
+        <v>631</v>
       </c>
       <c r="B977">
-        <v>401010405</v>
+        <v>401600593</v>
       </c>
       <c r="C977">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D977" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="978" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A978" t="s">
-        <v>646</v>
+        <v>632</v>
       </c>
       <c r="B978">
-        <v>401010800</v>
+        <v>401600676</v>
       </c>
       <c r="C978">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D978" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="979" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A979" t="s">
-        <v>647</v>
+        <v>633</v>
       </c>
       <c r="B979">
-        <v>401011027</v>
+        <v>401640097</v>
       </c>
       <c r="C979">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D979" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="980" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A980" t="s">
-        <v>648</v>
+        <v>633</v>
       </c>
       <c r="B980">
-        <v>401011158</v>
+        <v>401640097</v>
       </c>
       <c r="C980">
-        <v>4</v>
+        <v>9</v>
       </c>
       <c r="D980" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="981" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A981" t="s">
-        <v>648</v>
+        <v>634</v>
       </c>
       <c r="B981">
-        <v>401011158</v>
+        <v>401640349</v>
       </c>
       <c r="C981">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D981" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="982" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A982" t="s">
-        <v>649</v>
+        <v>635</v>
       </c>
       <c r="B982">
-        <v>401020432</v>
+        <v>401650607</v>
       </c>
       <c r="C982">
         <v>1</v>
       </c>
       <c r="D982" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="983" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A983" t="s">
-        <v>650</v>
+        <v>636</v>
       </c>
       <c r="B983">
-        <v>401020625</v>
+        <v>401660532</v>
       </c>
       <c r="C983">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D983" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="984" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A984" t="s">
-        <v>651</v>
+        <v>637</v>
       </c>
       <c r="B984">
-        <v>401020640</v>
+        <v>401700153</v>
       </c>
       <c r="C984">
         <v>2</v>
       </c>
       <c r="D984" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="985" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A985" t="s">
-        <v>652</v>
+        <v>638</v>
       </c>
       <c r="B985">
-        <v>401020726</v>
+        <v>401710041</v>
       </c>
       <c r="C985">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D985" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="986" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A986" t="s">
-        <v>653</v>
+        <v>639</v>
       </c>
       <c r="B986">
-        <v>401021084</v>
+        <v>401720982</v>
       </c>
       <c r="C986">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D986" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="987" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A987" t="s">
-        <v>653</v>
+        <v>640</v>
       </c>
       <c r="B987">
-        <v>401021084</v>
+        <v>401770084</v>
       </c>
       <c r="C987">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="D987" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="988" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A988" t="s">
-        <v>654</v>
+        <v>641</v>
       </c>
       <c r="B988">
-        <v>401021255</v>
+        <v>401790114</v>
       </c>
       <c r="C988">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D988" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="989" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A989" t="s">
-        <v>655</v>
+        <v>642</v>
       </c>
       <c r="B989">
-        <v>401030392</v>
+        <v>401790862</v>
       </c>
       <c r="C989">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D989" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="990" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A990" t="s">
-        <v>655</v>
+        <v>643</v>
       </c>
       <c r="B990">
-        <v>401030392</v>
+        <v>401800587</v>
       </c>
       <c r="C990">
-        <v>9</v>
+        <v>4</v>
       </c>
       <c r="D990" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="991" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A991" t="s">
-        <v>656</v>
+        <v>643</v>
       </c>
       <c r="B991">
-        <v>401030600</v>
+        <v>401800587</v>
       </c>
       <c r="C991">
         <v>4</v>
       </c>
       <c r="D991" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="992" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A992" t="s">
-        <v>656</v>
+        <v>644</v>
       </c>
       <c r="B992">
-        <v>401030600</v>
+        <v>401810294</v>
       </c>
       <c r="C992">
-        <v>4</v>
+        <v>3</v>
       </c>
       <c r="D992" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="993" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A993" t="s">
-        <v>657</v>
+        <v>644</v>
       </c>
       <c r="B993">
-        <v>401030762</v>
+        <v>401810294</v>
       </c>
       <c r="C993">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D993" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="994" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A994" t="s">
-        <v>658</v>
+        <v>645</v>
       </c>
       <c r="B994">
-        <v>401031066</v>
+        <v>401830978</v>
       </c>
       <c r="C994">
-        <v>1</v>
+        <v>22</v>
       </c>
       <c r="D994" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="995" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A995" t="s">
-        <v>659</v>
+        <v>646</v>
       </c>
       <c r="B995">
-        <v>401031167</v>
+        <v>401850731</v>
       </c>
       <c r="C995">
-        <v>17</v>
+        <v>1</v>
       </c>
       <c r="D995" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="996" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A996" t="s">
-        <v>660</v>
+        <v>647</v>
       </c>
       <c r="B996">
-        <v>401031351</v>
+        <v>401860307</v>
       </c>
       <c r="C996">
-        <v>1</v>
+        <v>13</v>
       </c>
       <c r="D996" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="997" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A997" t="s">
-        <v>661</v>
+        <v>647</v>
       </c>
       <c r="B997">
-        <v>401040446</v>
+        <v>401860307</v>
       </c>
       <c r="C997">
-        <v>2</v>
+        <v>7</v>
       </c>
       <c r="D997" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="998" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A998" t="s">
-        <v>662</v>
+        <v>648</v>
       </c>
       <c r="B998">
-        <v>401040615</v>
+        <v>401860472</v>
       </c>
       <c r="C998">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D998" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="999" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A999" t="s">
-        <v>662</v>
+        <v>648</v>
       </c>
       <c r="B999">
-        <v>401040615</v>
+        <v>401860472</v>
       </c>
       <c r="C999">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D999" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1000" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1000" t="s">
-        <v>663</v>
+        <v>649</v>
       </c>
       <c r="B1000">
-        <v>401040876</v>
+        <v>401890227</v>
       </c>
       <c r="C1000">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="D1000" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1001" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1001" t="s">
-        <v>664</v>
+        <v>649</v>
       </c>
       <c r="B1001">
-        <v>401041015</v>
+        <v>401890227</v>
       </c>
       <c r="C1001">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D1001" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1002" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1002" t="s">
-        <v>665</v>
+        <v>650</v>
       </c>
       <c r="B1002">
-        <v>401041175</v>
+        <v>401890497</v>
       </c>
       <c r="C1002">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1002" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1003" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1003" t="s">
-        <v>666</v>
+        <v>650</v>
       </c>
       <c r="B1003">
-        <v>401041200</v>
+        <v>401890497</v>
       </c>
       <c r="C1003">
-        <v>3</v>
+        <v>9</v>
       </c>
       <c r="D1003" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1004" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1004" t="s">
-        <v>10</v>
+        <v>651</v>
       </c>
       <c r="B1004">
-        <v>401041203</v>
+        <v>401910630</v>
       </c>
       <c r="C1004">
-        <v>48</v>
+        <v>8</v>
       </c>
       <c r="D1004" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1005" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1005" t="s">
-        <v>667</v>
+        <v>651</v>
       </c>
       <c r="B1005">
-        <v>401050159</v>
+        <v>401910630</v>
       </c>
       <c r="C1005">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D1005" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1006" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1006" t="s">
-        <v>668</v>
+        <v>652</v>
       </c>
       <c r="B1006">
-        <v>401050217</v>
+        <v>401910840</v>
       </c>
       <c r="C1006">
         <v>1</v>
       </c>
       <c r="D1006" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1007" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1007" t="s">
-        <v>668</v>
+        <v>653</v>
       </c>
       <c r="B1007">
-        <v>401050217</v>
+        <v>401930252</v>
       </c>
       <c r="C1007">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D1007" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1008" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1008" t="s">
-        <v>669</v>
+        <v>653</v>
       </c>
       <c r="B1008">
-        <v>401050241</v>
+        <v>401930252</v>
       </c>
       <c r="C1008">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D1008" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1009" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1009" t="s">
-        <v>670</v>
+        <v>654</v>
       </c>
       <c r="B1009">
-        <v>401050818</v>
+        <v>401970921</v>
       </c>
       <c r="C1009">
-        <v>3</v>
+        <v>21</v>
       </c>
       <c r="D1009" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1010" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1010" t="s">
-        <v>671</v>
+        <v>655</v>
       </c>
       <c r="B1010">
-        <v>401050822</v>
+        <v>401990655</v>
       </c>
       <c r="C1010">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1010" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1011" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1011" t="s">
-        <v>672</v>
+        <v>656</v>
       </c>
       <c r="B1011">
-        <v>401050930</v>
+        <v>402000598</v>
       </c>
       <c r="C1011">
-        <v>38</v>
+        <v>3</v>
       </c>
       <c r="D1011" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1012" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1012" t="s">
-        <v>672</v>
+        <v>657</v>
       </c>
       <c r="B1012">
-        <v>401050930</v>
+        <v>402000771</v>
       </c>
       <c r="C1012">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D1012" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1013" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1013" t="s">
-        <v>673</v>
+        <v>657</v>
       </c>
       <c r="B1013">
-        <v>401051005</v>
+        <v>402000771</v>
       </c>
       <c r="C1013">
-        <v>38</v>
+        <v>9</v>
       </c>
       <c r="D1013" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1014" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1014" t="s">
-        <v>673</v>
+        <v>658</v>
       </c>
       <c r="B1014">
-        <v>401051005</v>
+        <v>402040410</v>
       </c>
       <c r="C1014">
-        <v>5</v>
+        <v>10</v>
       </c>
       <c r="D1014" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1015" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1015" t="s">
-        <v>674</v>
+        <v>658</v>
       </c>
       <c r="B1015">
-        <v>401051480</v>
+        <v>402040410</v>
       </c>
       <c r="C1015">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D1015" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1016" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1016" t="s">
-        <v>674</v>
+        <v>659</v>
       </c>
       <c r="B1016">
-        <v>401051480</v>
+        <v>402100547</v>
       </c>
       <c r="C1016">
-        <v>1</v>
+        <v>27</v>
       </c>
       <c r="D1016" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1017" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1017" t="s">
-        <v>675</v>
+        <v>660</v>
       </c>
       <c r="B1017">
-        <v>401060131</v>
+        <v>402140309</v>
       </c>
       <c r="C1017">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D1017" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1018" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1018" t="s">
-        <v>676</v>
+        <v>660</v>
       </c>
       <c r="B1018">
-        <v>401060169</v>
+        <v>402140309</v>
       </c>
       <c r="C1018">
-        <v>1</v>
+        <v>10</v>
       </c>
       <c r="D1018" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1019" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1019" t="s">
-        <v>677</v>
+        <v>661</v>
       </c>
       <c r="B1019">
-        <v>401060451</v>
+        <v>402230371</v>
       </c>
       <c r="C1019">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D1019" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1020" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1020" t="s">
-        <v>678</v>
+        <v>662</v>
       </c>
       <c r="B1020">
-        <v>401060497</v>
+        <v>402240026</v>
       </c>
       <c r="C1020">
-        <v>3</v>
+        <v>16</v>
       </c>
       <c r="D1020" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1021" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1021" t="s">
-        <v>678</v>
+        <v>663</v>
       </c>
       <c r="B1021">
-        <v>401060497</v>
+        <v>402260190</v>
       </c>
       <c r="C1021">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="D1021" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1022" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1022" t="s">
-        <v>679</v>
+        <v>663</v>
       </c>
       <c r="B1022">
-        <v>401060726</v>
+        <v>402260190</v>
       </c>
       <c r="C1022">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D1022" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1023" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1023" t="s">
-        <v>680</v>
+        <v>664</v>
       </c>
       <c r="B1023">
-        <v>401070162</v>
+        <v>500400236</v>
       </c>
       <c r="C1023">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1023" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1024" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1024" t="s">
-        <v>681</v>
+        <v>664</v>
       </c>
       <c r="B1024">
-        <v>401070529</v>
+        <v>500400236</v>
       </c>
       <c r="C1024">
-        <v>26</v>
+        <v>3</v>
       </c>
       <c r="D1024" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1025" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1025" t="s">
-        <v>681</v>
+        <v>665</v>
       </c>
       <c r="B1025">
-        <v>401070529</v>
+        <v>500620666</v>
       </c>
       <c r="C1025">
-        <v>4</v>
+        <v>2</v>
       </c>
       <c r="D1025" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1026" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1026" t="s">
-        <v>682</v>
+        <v>666</v>
       </c>
       <c r="B1026">
-        <v>401070733</v>
+        <v>500680536</v>
       </c>
       <c r="C1026">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1026" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1027" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1027" t="s">
-        <v>683</v>
+        <v>667</v>
       </c>
       <c r="B1027">
-        <v>401090054</v>
+        <v>500690128</v>
       </c>
       <c r="C1027">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D1027" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1028" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1028" t="s">
-        <v>684</v>
+        <v>667</v>
       </c>
       <c r="B1028">
-        <v>401090345</v>
+        <v>500690128</v>
       </c>
       <c r="C1028">
-        <v>2</v>
+        <v>19</v>
       </c>
       <c r="D1028" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1029" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1029" t="s">
-        <v>684</v>
+        <v>668</v>
       </c>
       <c r="B1029">
-        <v>401090345</v>
+        <v>500700621</v>
       </c>
       <c r="C1029">
-        <v>5</v>
+        <v>19</v>
       </c>
       <c r="D1029" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1030" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1030" t="s">
-        <v>685</v>
+        <v>668</v>
       </c>
       <c r="B1030">
-        <v>401090568</v>
+        <v>500700621</v>
       </c>
       <c r="C1030">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D1030" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1031" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1031" t="s">
-        <v>686</v>
+        <v>10</v>
       </c>
       <c r="B1031">
-        <v>401090640</v>
+        <v>500930189</v>
       </c>
       <c r="C1031">
-        <v>21</v>
+        <v>72</v>
       </c>
       <c r="D1031" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1032" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1032" t="s">
-        <v>687</v>
+        <v>669</v>
       </c>
       <c r="B1032">
-        <v>401100084</v>
+        <v>501040599</v>
       </c>
       <c r="C1032">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D1032" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1033" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1033" t="s">
-        <v>687</v>
+        <v>669</v>
       </c>
       <c r="B1033">
-        <v>401100084</v>
+        <v>501040599</v>
       </c>
       <c r="C1033">
-        <v>10</v>
+        <v>52</v>
       </c>
       <c r="D1033" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1034" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1034" t="s">
-        <v>688</v>
+        <v>670</v>
       </c>
       <c r="B1034">
-        <v>401100273</v>
+        <v>501240752</v>
       </c>
       <c r="C1034">
-        <v>1</v>
+        <v>18</v>
       </c>
       <c r="D1034" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1035" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1035" t="s">
-        <v>689</v>
+        <v>671</v>
       </c>
       <c r="B1035">
-        <v>401100896</v>
+        <v>501401064</v>
       </c>
       <c r="C1035">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="D1035" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1036" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1036" t="s">
-        <v>689</v>
+        <v>672</v>
       </c>
       <c r="B1036">
-        <v>401100896</v>
+        <v>501420146</v>
       </c>
       <c r="C1036">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D1036" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1037" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1037" t="s">
-        <v>690</v>
+        <v>673</v>
       </c>
       <c r="B1037">
-        <v>401100948</v>
+        <v>501460797</v>
       </c>
       <c r="C1037">
-        <v>10</v>
+        <v>14</v>
       </c>
       <c r="D1037" t="s">
-        <v>1011</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1038" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1038" t="s">
-        <v>690</v>
+        <v>673</v>
       </c>
       <c r="B1038">
-        <v>401100948</v>
+        <v>501460797</v>
       </c>
       <c r="C1038">
-        <v>3</v>
+        <v>14</v>
       </c>
       <c r="D1038" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1039" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1039" t="s">
-        <v>690</v>
+        <v>674</v>
       </c>
       <c r="B1039">
-        <v>401100948</v>
+        <v>502040416</v>
       </c>
       <c r="C1039">
-        <v>8</v>
+        <v>2</v>
       </c>
       <c r="D1039" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1040" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1040" t="s">
-        <v>691</v>
+        <v>10</v>
       </c>
       <c r="B1040">
-        <v>401110788</v>
+        <v>502210426</v>
       </c>
       <c r="C1040">
-        <v>36</v>
+        <v>4</v>
       </c>
       <c r="D1040" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1041" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1041" t="s">
-        <v>691</v>
+        <v>675</v>
       </c>
       <c r="B1041">
-        <v>401110788</v>
+        <v>502430224</v>
       </c>
       <c r="C1041">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1041" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1042" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1042" t="s">
-        <v>692</v>
+        <v>676</v>
       </c>
       <c r="B1042">
-        <v>401110999</v>
+        <v>502950523</v>
       </c>
       <c r="C1042">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D1042" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1043" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1043" t="s">
-        <v>693</v>
+        <v>677</v>
       </c>
       <c r="B1043">
-        <v>401120844</v>
+        <v>503230505</v>
       </c>
       <c r="C1043">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D1043" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1044" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1044" t="s">
-        <v>693</v>
+        <v>678</v>
       </c>
       <c r="B1044">
-        <v>401120844</v>
+        <v>503530570</v>
       </c>
       <c r="C1044">
-        <v>11</v>
+        <v>20</v>
       </c>
       <c r="D1044" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1045" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1045" t="s">
-        <v>694</v>
+        <v>679</v>
       </c>
       <c r="B1045">
-        <v>401120913</v>
+        <v>503530644</v>
       </c>
       <c r="C1045">
-        <v>5</v>
+        <v>3</v>
       </c>
       <c r="D1045" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1046" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1046" t="s">
-        <v>694</v>
+        <v>680</v>
       </c>
       <c r="B1046">
-        <v>401120913</v>
+        <v>600230474</v>
       </c>
       <c r="C1046">
-        <v>30</v>
+        <v>6</v>
       </c>
       <c r="D1046" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1047" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1047" t="s">
-        <v>695</v>
+        <v>680</v>
       </c>
       <c r="B1047">
-        <v>401130038</v>
+        <v>600230474</v>
       </c>
       <c r="C1047">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="D1047" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1048" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1048" t="s">
-        <v>696</v>
+        <v>681</v>
       </c>
       <c r="B1048">
-        <v>401130635</v>
+        <v>600280339</v>
       </c>
       <c r="C1048">
-        <v>2</v>
+        <v>21</v>
       </c>
       <c r="D1048" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1049" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1049" t="s">
-        <v>697</v>
+        <v>681</v>
       </c>
       <c r="B1049">
-        <v>401140013</v>
+        <v>600280339</v>
       </c>
       <c r="C1049">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D1049" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1050" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1050" t="s">
-        <v>698</v>
+        <v>682</v>
       </c>
       <c r="B1050">
-        <v>401140627</v>
+        <v>600400529</v>
       </c>
       <c r="C1050">
-        <v>3</v>
+        <v>54</v>
       </c>
       <c r="D1050" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1051" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1051" t="s">
-        <v>699</v>
+        <v>682</v>
       </c>
       <c r="B1051">
-        <v>401140795</v>
+        <v>600400529</v>
       </c>
       <c r="C1051">
-        <v>5</v>
+        <v>6</v>
       </c>
       <c r="D1051" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1052" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1052" t="s">
-        <v>699</v>
+        <v>683</v>
       </c>
       <c r="B1052">
-        <v>401140795</v>
+        <v>600550665</v>
       </c>
       <c r="C1052">
-        <v>66</v>
+        <v>1</v>
       </c>
       <c r="D1052" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1053" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1053" t="s">
-        <v>700</v>
+        <v>683</v>
       </c>
       <c r="B1053">
-        <v>401140926</v>
+        <v>600550665</v>
       </c>
       <c r="C1053">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1053" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1054" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1054" t="s">
-        <v>701</v>
+        <v>684</v>
       </c>
       <c r="B1054">
-        <v>401150883</v>
+        <v>600650500</v>
       </c>
       <c r="C1054">
         <v>3</v>
       </c>
       <c r="D1054" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1055" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1055" t="s">
-        <v>702</v>
+        <v>684</v>
       </c>
       <c r="B1055">
-        <v>401150914</v>
+        <v>600650500</v>
       </c>
       <c r="C1055">
         <v>3</v>
       </c>
       <c r="D1055" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1056" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1056" t="s">
-        <v>703</v>
+        <v>685</v>
       </c>
       <c r="B1056">
-        <v>401160226</v>
+        <v>600820016</v>
       </c>
       <c r="C1056">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1056" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1057" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1057" t="s">
-        <v>704</v>
+        <v>686</v>
       </c>
       <c r="B1057">
-        <v>401160450</v>
+        <v>600890260</v>
       </c>
       <c r="C1057">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1057" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1058" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1058" t="s">
-        <v>705</v>
+        <v>686</v>
       </c>
       <c r="B1058">
-        <v>401160706</v>
+        <v>600890260</v>
       </c>
       <c r="C1058">
-        <v>19</v>
+        <v>5</v>
       </c>
       <c r="D1058" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1059" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1059" t="s">
-        <v>706</v>
+        <v>687</v>
       </c>
       <c r="B1059">
-        <v>401160887</v>
+        <v>600940941</v>
       </c>
       <c r="C1059">
         <v>4</v>
       </c>
       <c r="D1059" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1060" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1060" t="s">
-        <v>706</v>
+        <v>687</v>
       </c>
       <c r="B1060">
-        <v>401160887</v>
+        <v>600940941</v>
       </c>
       <c r="C1060">
-        <v>7</v>
+        <v>12</v>
       </c>
       <c r="D1060" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1061" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1061" t="s">
-        <v>707</v>
+        <v>688</v>
       </c>
       <c r="B1061">
-        <v>401170508</v>
+        <v>601010484</v>
       </c>
       <c r="C1061">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D1061" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1062" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1062" t="s">
-        <v>708</v>
+        <v>689</v>
       </c>
       <c r="B1062">
-        <v>401180373</v>
+        <v>601060260</v>
       </c>
       <c r="C1062">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D1062" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1063" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1063" t="s">
-        <v>708</v>
+        <v>690</v>
       </c>
       <c r="B1063">
-        <v>401180373</v>
+        <v>601080053</v>
       </c>
       <c r="C1063">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1063" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1064" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1064" t="s">
-        <v>709</v>
+        <v>691</v>
       </c>
       <c r="B1064">
-        <v>401200074</v>
+        <v>601180004</v>
       </c>
       <c r="C1064">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1064" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1065" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1065" t="s">
-        <v>710</v>
+        <v>691</v>
       </c>
       <c r="B1065">
-        <v>401200791</v>
+        <v>601180004</v>
       </c>
       <c r="C1065">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1065" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1066" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1066" t="s">
-        <v>711</v>
+        <v>692</v>
       </c>
       <c r="B1066">
-        <v>401210112</v>
+        <v>601250334</v>
       </c>
       <c r="C1066">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1066" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1067" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1067" t="s">
-        <v>712</v>
+        <v>692</v>
       </c>
       <c r="B1067">
-        <v>401210401</v>
+        <v>601250334</v>
       </c>
       <c r="C1067">
         <v>3</v>
       </c>
       <c r="D1067" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1068" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1068" t="s">
-        <v>712</v>
+        <v>693</v>
       </c>
       <c r="B1068">
-        <v>401210401</v>
+        <v>601420121</v>
       </c>
       <c r="C1068">
-        <v>6</v>
+        <v>22</v>
       </c>
       <c r="D1068" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1069" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1069" t="s">
-        <v>713</v>
+        <v>10</v>
       </c>
       <c r="B1069">
-        <v>401210555</v>
+        <v>601440593</v>
       </c>
       <c r="C1069">
-        <v>6</v>
+        <v>8</v>
       </c>
       <c r="D1069" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1070" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1070" t="s">
-        <v>713</v>
+        <v>694</v>
       </c>
       <c r="B1070">
-        <v>401210555</v>
+        <v>601450731</v>
       </c>
       <c r="C1070">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D1070" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1071" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1071" t="s">
-        <v>714</v>
+        <v>694</v>
       </c>
       <c r="B1071">
-        <v>401220385</v>
+        <v>601450731</v>
       </c>
       <c r="C1071">
-        <v>3</v>
+        <v>106</v>
       </c>
       <c r="D1071" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1072" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1072" t="s">
-        <v>715</v>
+        <v>695</v>
       </c>
       <c r="B1072">
-        <v>401230671</v>
+        <v>601460841</v>
       </c>
       <c r="C1072">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1072" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1073" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1073" t="s">
-        <v>716</v>
+        <v>696</v>
       </c>
       <c r="B1073">
-        <v>401240090</v>
+        <v>601470460</v>
       </c>
       <c r="C1073">
         <v>4</v>
       </c>
       <c r="D1073" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1074" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1074" t="s">
-        <v>716</v>
+        <v>696</v>
       </c>
       <c r="B1074">
-        <v>401240090</v>
+        <v>601470460</v>
       </c>
       <c r="C1074">
-        <v>2</v>
+        <v>12</v>
       </c>
       <c r="D1074" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1075" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1075" t="s">
-        <v>717</v>
+        <v>697</v>
       </c>
       <c r="B1075">
-        <v>401240686</v>
+        <v>601540331</v>
       </c>
       <c r="C1075">
-        <v>2</v>
+        <v>68</v>
       </c>
       <c r="D1075" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1076" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1076" t="s">
-        <v>717</v>
+        <v>698</v>
       </c>
       <c r="B1076">
-        <v>401240686</v>
+        <v>601560858</v>
       </c>
       <c r="C1076">
-        <v>5</v>
+        <v>22</v>
       </c>
       <c r="D1076" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1077" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1077" t="s">
-        <v>718</v>
+        <v>699</v>
       </c>
       <c r="B1077">
-        <v>401240966</v>
+        <v>601690799</v>
       </c>
       <c r="C1077">
-        <v>7</v>
+        <v>40</v>
       </c>
       <c r="D1077" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1078" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1078" t="s">
-        <v>718</v>
+        <v>700</v>
       </c>
       <c r="B1078">
-        <v>401240966</v>
+        <v>602050801</v>
       </c>
       <c r="C1078">
-        <v>4</v>
+        <v>11</v>
       </c>
       <c r="D1078" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1079" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1079" t="s">
-        <v>719</v>
+        <v>700</v>
       </c>
       <c r="B1079">
-        <v>401250397</v>
+        <v>602050801</v>
       </c>
       <c r="C1079">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D1079" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1080" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1080" t="s">
-        <v>719</v>
+        <v>701</v>
       </c>
       <c r="B1080">
-        <v>401250397</v>
+        <v>602240876</v>
       </c>
       <c r="C1080">
-        <v>5</v>
+        <v>1</v>
       </c>
       <c r="D1080" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1081" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1081" t="s">
-        <v>720</v>
+        <v>702</v>
       </c>
       <c r="B1081">
-        <v>401250625</v>
+        <v>602750950</v>
       </c>
       <c r="C1081">
         <v>3</v>
       </c>
       <c r="D1081" t="s">
-        <v>1012</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1082" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1082" t="s">
-        <v>721</v>
+        <v>703</v>
       </c>
       <c r="B1082">
-        <v>401260348</v>
+        <v>602990953</v>
       </c>
       <c r="C1082">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D1082" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1083" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1083" t="s">
-        <v>722</v>
+        <v>704</v>
       </c>
       <c r="B1083">
-        <v>401260649</v>
+        <v>603280734</v>
       </c>
       <c r="C1083">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D1083" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1084" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1084" t="s">
-        <v>723</v>
+        <v>704</v>
       </c>
       <c r="B1084">
-        <v>401260838</v>
+        <v>603280734</v>
       </c>
       <c r="C1084">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D1084" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1085" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1085" t="s">
-        <v>724</v>
+        <v>705</v>
       </c>
       <c r="B1085">
-        <v>401270922</v>
+        <v>603370831</v>
       </c>
       <c r="C1085">
-        <v>3</v>
+        <v>22</v>
       </c>
       <c r="D1085" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1086" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1086" t="s">
-        <v>725</v>
+        <v>706</v>
       </c>
       <c r="B1086">
-        <v>401280164</v>
+        <v>700160174</v>
       </c>
       <c r="C1086">
         <v>2</v>
       </c>
       <c r="D1086" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1087" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1087" t="s">
-        <v>726</v>
+        <v>707</v>
       </c>
       <c r="B1087">
-        <v>401290214</v>
+        <v>700240148</v>
       </c>
       <c r="C1087">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D1087" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1088" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1088" t="s">
-        <v>726</v>
+        <v>708</v>
       </c>
       <c r="B1088">
-        <v>401290214</v>
+        <v>700270966</v>
       </c>
       <c r="C1088">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1088" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1089" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1089" t="s">
-        <v>727</v>
+        <v>708</v>
       </c>
       <c r="B1089">
-        <v>401290394</v>
+        <v>700270966</v>
       </c>
       <c r="C1089">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D1089" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1090" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1090" t="s">
-        <v>728</v>
+        <v>709</v>
       </c>
       <c r="B1090">
-        <v>401290606</v>
+        <v>700620292</v>
       </c>
       <c r="C1090">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1090" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1091" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1091" t="s">
-        <v>729</v>
+        <v>709</v>
       </c>
       <c r="B1091">
-        <v>401300441</v>
+        <v>700620292</v>
       </c>
       <c r="C1091">
         <v>3</v>
       </c>
       <c r="D1091" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1092" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1092" t="s">
-        <v>730</v>
+        <v>710</v>
       </c>
       <c r="B1092">
-        <v>401300668</v>
+        <v>701100600</v>
       </c>
       <c r="C1092">
-        <v>3</v>
+        <v>7</v>
       </c>
       <c r="D1092" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1093" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1093" t="s">
-        <v>731</v>
+        <v>711</v>
       </c>
       <c r="B1093">
-        <v>401300713</v>
+        <v>701760932</v>
       </c>
       <c r="C1093">
-        <v>1</v>
+        <v>24</v>
       </c>
       <c r="D1093" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1094" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1094" t="s">
-        <v>731</v>
+        <v>712</v>
       </c>
       <c r="B1094">
-        <v>401300713</v>
+        <v>701910558</v>
       </c>
       <c r="C1094">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D1094" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1095" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1095" t="s">
-        <v>732</v>
+        <v>712</v>
       </c>
       <c r="B1095">
-        <v>401300946</v>
+        <v>701910558</v>
       </c>
       <c r="C1095">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1095" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1096" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1096" t="s">
-        <v>733</v>
+        <v>713</v>
       </c>
       <c r="B1096">
-        <v>401300962</v>
+        <v>702030390</v>
       </c>
       <c r="C1096">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D1096" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1097" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1097" t="s">
-        <v>734</v>
+        <v>714</v>
       </c>
       <c r="B1097">
-        <v>401310430</v>
+        <v>800250276</v>
       </c>
       <c r="C1097">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1097" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1098" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1098" t="s">
-        <v>735</v>
+        <v>714</v>
       </c>
       <c r="B1098">
-        <v>401310719</v>
+        <v>800250276</v>
       </c>
       <c r="C1098">
-        <v>3</v>
+        <v>8</v>
       </c>
       <c r="D1098" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1099" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1099" t="s">
-        <v>735</v>
+        <v>715</v>
       </c>
       <c r="B1099">
-        <v>401310719</v>
+        <v>800300539</v>
       </c>
       <c r="C1099">
-        <v>21</v>
+        <v>4</v>
       </c>
       <c r="D1099" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1100" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1100" t="s">
-        <v>736</v>
+        <v>716</v>
       </c>
       <c r="B1100">
-        <v>401310833</v>
+        <v>800390315</v>
       </c>
       <c r="C1100">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1100" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1101" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1101" t="s">
-        <v>736</v>
+        <v>717</v>
       </c>
       <c r="B1101">
-        <v>401310833</v>
+        <v>800500047</v>
       </c>
       <c r="C1101">
-        <v>16</v>
+        <v>2</v>
       </c>
       <c r="D1101" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1102" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1102" t="s">
-        <v>737</v>
+        <v>718</v>
       </c>
       <c r="B1102">
-        <v>401320510</v>
+        <v>800580798</v>
       </c>
       <c r="C1102">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1102" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1103" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1103" t="s">
-        <v>738</v>
+        <v>718</v>
       </c>
       <c r="B1103">
-        <v>401330132</v>
+        <v>800580798</v>
       </c>
       <c r="C1103">
         <v>2</v>
       </c>
       <c r="D1103" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1104" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1104" t="s">
-        <v>739</v>
+        <v>719</v>
       </c>
       <c r="B1104">
-        <v>401330490</v>
+        <v>800680792</v>
       </c>
       <c r="C1104">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D1104" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1105" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1105" t="s">
-        <v>740</v>
+        <v>720</v>
       </c>
       <c r="B1105">
-        <v>401330734</v>
+        <v>800720058</v>
       </c>
       <c r="C1105">
-        <v>3</v>
+        <v>6</v>
       </c>
       <c r="D1105" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1106" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1106" t="s">
-        <v>741</v>
+        <v>720</v>
       </c>
       <c r="B1106">
-        <v>401340028</v>
+        <v>800720058</v>
       </c>
       <c r="C1106">
-        <v>14</v>
+        <v>56</v>
       </c>
       <c r="D1106" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1107" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1107" t="s">
-        <v>742</v>
+        <v>721</v>
       </c>
       <c r="B1107">
-        <v>401340197</v>
+        <v>800750848</v>
       </c>
       <c r="C1107">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D1107" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1108" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1108" t="s">
-        <v>743</v>
+        <v>721</v>
       </c>
       <c r="B1108">
-        <v>401340258</v>
+        <v>800750848</v>
       </c>
       <c r="C1108">
-        <v>3</v>
+        <v>15</v>
       </c>
       <c r="D1108" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1109" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1109" t="s">
-        <v>744</v>
+        <v>722</v>
       </c>
       <c r="B1109">
-        <v>401340668</v>
+        <v>800770957</v>
       </c>
       <c r="C1109">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1109" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1110" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1110" t="s">
-        <v>745</v>
+        <v>723</v>
       </c>
       <c r="B1110">
-        <v>401340680</v>
+        <v>801300752</v>
       </c>
       <c r="C1110">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1110" t="s">
-        <v>1012</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1111" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1111" t="s">
-        <v>746</v>
+        <v>723</v>
       </c>
       <c r="B1111">
-        <v>401350278</v>
+        <v>801300752</v>
       </c>
       <c r="C1111">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D1111" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1112" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1112" t="s">
-        <v>747</v>
+        <v>724</v>
       </c>
       <c r="B1112">
-        <v>401350918</v>
+        <v>900100479</v>
       </c>
       <c r="C1112">
         <v>1</v>
       </c>
       <c r="D1112" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1113" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1113" t="s">
-        <v>748</v>
+        <v>725</v>
       </c>
       <c r="B1113">
-        <v>401360396</v>
+        <v>900100572</v>
       </c>
       <c r="C1113">
-        <v>11</v>
+        <v>2</v>
       </c>
       <c r="D1113" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1114" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1114" t="s">
-        <v>749</v>
+        <v>726</v>
       </c>
       <c r="B1114">
-        <v>401360611</v>
+        <v>900120374</v>
       </c>
       <c r="C1114">
-        <v>3</v>
+        <v>11</v>
       </c>
       <c r="D1114" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1115" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1115" t="s">
-        <v>750</v>
+        <v>726</v>
       </c>
       <c r="B1115">
-        <v>401360627</v>
+        <v>900120374</v>
       </c>
       <c r="C1115">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D1115" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1116" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1116" t="s">
-        <v>751</v>
+        <v>727</v>
       </c>
       <c r="B1116">
-        <v>401360816</v>
+        <v>900130589</v>
       </c>
       <c r="C1116">
         <v>2</v>
       </c>
       <c r="D1116" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1117" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1117" t="s">
-        <v>752</v>
+        <v>727</v>
       </c>
       <c r="B1117">
-        <v>401370243</v>
+        <v>900130589</v>
       </c>
       <c r="C1117">
-        <v>10</v>
+        <v>2</v>
       </c>
       <c r="D1117" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1118" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1118" t="s">
-        <v>752</v>
+        <v>728</v>
       </c>
       <c r="B1118">
-        <v>401370243</v>
+        <v>900180448</v>
       </c>
       <c r="C1118">
-        <v>6</v>
+        <v>4</v>
       </c>
       <c r="D1118" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1119" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1119" t="s">
-        <v>753</v>
+        <v>729</v>
       </c>
       <c r="B1119">
-        <v>401370505</v>
+        <v>900210044</v>
       </c>
       <c r="C1119">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1119" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1120" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1120" t="s">
-        <v>754</v>
+        <v>729</v>
       </c>
       <c r="B1120">
-        <v>401380119</v>
+        <v>900210044</v>
       </c>
       <c r="C1120">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D1120" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1121" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1121" t="s">
-        <v>755</v>
+        <v>730</v>
       </c>
       <c r="B1121">
-        <v>401380138</v>
+        <v>900250460</v>
       </c>
       <c r="C1121">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D1121" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1122" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1122" t="s">
-        <v>756</v>
+        <v>730</v>
       </c>
       <c r="B1122">
-        <v>401380921</v>
+        <v>900250460</v>
       </c>
       <c r="C1122">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1122" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1123" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1123" t="s">
-        <v>757</v>
+        <v>731</v>
       </c>
       <c r="B1123">
-        <v>401390963</v>
+        <v>900250515</v>
       </c>
       <c r="C1123">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D1123" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1124" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1124" t="s">
-        <v>757</v>
+        <v>732</v>
       </c>
       <c r="B1124">
-        <v>401390963</v>
+        <v>900250759</v>
       </c>
       <c r="C1124">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D1124" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1125" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1125" t="s">
-        <v>758</v>
+        <v>733</v>
       </c>
       <c r="B1125">
-        <v>401400386</v>
+        <v>900270413</v>
       </c>
       <c r="C1125">
-        <v>7</v>
+        <v>4</v>
       </c>
       <c r="D1125" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1126" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1126" t="s">
-        <v>758</v>
+        <v>734</v>
       </c>
       <c r="B1126">
-        <v>401400386</v>
+        <v>900280687</v>
       </c>
       <c r="C1126">
         <v>4</v>
       </c>
       <c r="D1126" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1127" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1127" t="s">
-        <v>759</v>
+        <v>734</v>
       </c>
       <c r="B1127">
-        <v>401400829</v>
+        <v>900280687</v>
       </c>
       <c r="C1127">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D1127" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1128" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1128" t="s">
-        <v>760</v>
+        <v>735</v>
       </c>
       <c r="B1128">
-        <v>401410221</v>
+        <v>900340467</v>
       </c>
       <c r="C1128">
         <v>1</v>
       </c>
       <c r="D1128" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1129" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1129" t="s">
-        <v>761</v>
+        <v>736</v>
       </c>
       <c r="B1129">
-        <v>401410309</v>
+        <v>900410435</v>
       </c>
       <c r="C1129">
         <v>3</v>
       </c>
       <c r="D1129" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1130" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1130" t="s">
-        <v>762</v>
+        <v>736</v>
       </c>
       <c r="B1130">
-        <v>401410618</v>
+        <v>900410435</v>
       </c>
       <c r="C1130">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1130" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1131" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1131" t="s">
-        <v>762</v>
+        <v>737</v>
       </c>
       <c r="B1131">
-        <v>401410618</v>
+        <v>900410877</v>
       </c>
       <c r="C1131">
-        <v>2</v>
+        <v>1</v>
       </c>
       <c r="D1131" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1132" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1132" t="s">
-        <v>763</v>
+        <v>738</v>
       </c>
       <c r="B1132">
-        <v>401410707</v>
+        <v>900430819</v>
       </c>
       <c r="C1132">
-        <v>3</v>
+        <v>52</v>
       </c>
       <c r="D1132" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1133" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1133" t="s">
-        <v>764</v>
+        <v>739</v>
       </c>
       <c r="B1133">
-        <v>401420170</v>
+        <v>900430984</v>
       </c>
       <c r="C1133">
         <v>2</v>
       </c>
       <c r="D1133" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1134" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1134" t="s">
-        <v>764</v>
+        <v>739</v>
       </c>
       <c r="B1134">
-        <v>401420170</v>
+        <v>900430984</v>
       </c>
       <c r="C1134">
-        <v>1</v>
+        <v>2</v>
       </c>
       <c r="D1134" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1135" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1135" t="s">
-        <v>765</v>
+        <v>740</v>
       </c>
       <c r="B1135">
-        <v>401420248</v>
+        <v>900440007</v>
       </c>
       <c r="C1135">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1135" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1136" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1136" t="s">
-        <v>766</v>
+        <v>741</v>
       </c>
       <c r="B1136">
-        <v>401420275</v>
+        <v>900480318</v>
       </c>
       <c r="C1136">
-        <v>25</v>
+        <v>2</v>
       </c>
       <c r="D1136" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1137" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1137" t="s">
-        <v>767</v>
+        <v>742</v>
       </c>
       <c r="B1137">
-        <v>401420682</v>
+        <v>900490429</v>
       </c>
       <c r="C1137">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1137" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1138" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1138" t="s">
-        <v>767</v>
+        <v>743</v>
       </c>
       <c r="B1138">
-        <v>401420682</v>
+        <v>900490617</v>
       </c>
       <c r="C1138">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1138" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1139" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1139" t="s">
-        <v>768</v>
+        <v>744</v>
       </c>
       <c r="B1139">
-        <v>401430197</v>
+        <v>900540966</v>
       </c>
       <c r="C1139">
-        <v>31</v>
+        <v>1</v>
       </c>
       <c r="D1139" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1140" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1140" t="s">
-        <v>768</v>
+        <v>745</v>
       </c>
       <c r="B1140">
-        <v>401430197</v>
+        <v>900650151</v>
       </c>
       <c r="C1140">
-        <v>4</v>
+        <v>6</v>
       </c>
       <c r="D1140" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1141" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1141" t="s">
-        <v>769</v>
+        <v>745</v>
       </c>
       <c r="B1141">
-        <v>401430533</v>
+        <v>900650151</v>
       </c>
       <c r="C1141">
-        <v>5</v>
+        <v>4</v>
       </c>
       <c r="D1141" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1142" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1142" t="s">
-        <v>769</v>
+        <v>746</v>
       </c>
       <c r="B1142">
-        <v>401430533</v>
+        <v>900690151</v>
       </c>
       <c r="C1142">
-        <v>12</v>
+        <v>8</v>
       </c>
       <c r="D1142" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1143" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1143" t="s">
-        <v>770</v>
+        <v>746</v>
       </c>
       <c r="B1143">
-        <v>401430610</v>
+        <v>900690151</v>
       </c>
       <c r="C1143">
-        <v>1</v>
+        <v>14</v>
       </c>
       <c r="D1143" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1144" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1144" t="s">
-        <v>771</v>
+        <v>747</v>
       </c>
       <c r="B1144">
-        <v>401430728</v>
+        <v>900720497</v>
       </c>
       <c r="C1144">
         <v>2</v>
       </c>
       <c r="D1144" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1145" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1145" t="s">
-        <v>772</v>
+        <v>748</v>
       </c>
       <c r="B1145">
-        <v>401440052</v>
+        <v>900830841</v>
       </c>
       <c r="C1145">
         <v>1</v>
       </c>
       <c r="D1145" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1146" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1146" t="s">
-        <v>773</v>
+        <v>748</v>
       </c>
       <c r="B1146">
-        <v>401440147</v>
+        <v>900830841</v>
       </c>
       <c r="C1146">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1146" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1147" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1147" t="s">
-        <v>774</v>
+        <v>749</v>
       </c>
       <c r="B1147">
-        <v>401440227</v>
+        <v>900848560</v>
       </c>
       <c r="C1147">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1147" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1148" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1148" t="s">
-        <v>775</v>
+        <v>749</v>
       </c>
       <c r="B1148">
-        <v>401440436</v>
+        <v>900848560</v>
       </c>
       <c r="C1148">
         <v>3</v>
       </c>
       <c r="D1148" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1149" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1149" t="s">
-        <v>776</v>
+        <v>750</v>
       </c>
       <c r="B1149">
-        <v>401450019</v>
+        <v>901200448</v>
       </c>
       <c r="C1149">
-        <v>3</v>
+        <v>13</v>
       </c>
       <c r="D1149" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1150" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1150" t="s">
-        <v>776</v>
+        <v>751</v>
       </c>
       <c r="B1150">
-        <v>401450019</v>
+        <v>1</v>
       </c>
       <c r="C1150">
-        <v>24</v>
+        <v>40</v>
       </c>
       <c r="D1150" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1151" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1151" t="s">
-        <v>777</v>
-[...2 lines deleted...]
-        <v>401450254</v>
+        <v>752</v>
+      </c>
+      <c r="B1151" s="1">
+        <v>119200000000</v>
       </c>
       <c r="C1151">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1151" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1152" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1152" t="s">
-        <v>778</v>
-[...2 lines deleted...]
-        <v>401450652</v>
+        <v>752</v>
+      </c>
+      <c r="B1152" s="1">
+        <v>119200000000</v>
       </c>
       <c r="C1152">
-        <v>1</v>
+        <v>40</v>
       </c>
       <c r="D1152" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1153" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1153" t="s">
-        <v>779</v>
+        <v>753</v>
       </c>
       <c r="B1153">
-        <v>401450724</v>
+        <v>15580001935</v>
       </c>
       <c r="C1153">
-        <v>3</v>
+        <v>20</v>
       </c>
       <c r="D1153" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1154" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1154" t="s">
-        <v>780</v>
-[...2 lines deleted...]
-        <v>401450869</v>
+        <v>754</v>
+      </c>
+      <c r="B1154" s="1">
+        <v>155800000000</v>
       </c>
       <c r="C1154">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1154" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1155" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1155" t="s">
-        <v>781</v>
-[...2 lines deleted...]
-        <v>401450906</v>
+        <v>754</v>
+      </c>
+      <c r="B1155" s="1">
+        <v>155800000000</v>
       </c>
       <c r="C1155">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="D1155" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1156" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1156" t="s">
-        <v>782</v>
-[...2 lines deleted...]
-        <v>401450971</v>
+        <v>754</v>
+      </c>
+      <c r="B1156" s="1">
+        <v>155800000000</v>
       </c>
       <c r="C1156">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1156" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1157" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1157" t="s">
-        <v>782</v>
-[...2 lines deleted...]
-        <v>401450971</v>
+        <v>755</v>
+      </c>
+      <c r="B1157" s="1">
+        <v>155802000000</v>
       </c>
       <c r="C1157">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1157" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1158" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1158" t="s">
-        <v>783</v>
-[...2 lines deleted...]
-        <v>401460136</v>
+        <v>755</v>
+      </c>
+      <c r="B1158" s="1">
+        <v>155802000000</v>
       </c>
       <c r="C1158">
         <v>1</v>
       </c>
       <c r="D1158" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1159" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1159" t="s">
-        <v>784</v>
-[...2 lines deleted...]
-        <v>401460587</v>
+        <v>756</v>
+      </c>
+      <c r="B1159" s="1">
+        <v>155803000000</v>
       </c>
       <c r="C1159">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1159" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1160" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1160" t="s">
-        <v>785</v>
-[...2 lines deleted...]
-        <v>401460599</v>
+        <v>756</v>
+      </c>
+      <c r="B1160" s="1">
+        <v>155803000000</v>
       </c>
       <c r="C1160">
         <v>3</v>
       </c>
       <c r="D1160" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1161" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1161" t="s">
-        <v>786</v>
-[...2 lines deleted...]
-        <v>401460676</v>
+        <v>10</v>
+      </c>
+      <c r="B1161" s="1">
+        <v>155804000000</v>
       </c>
       <c r="C1161">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="D1161" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1162" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1162" t="s">
-        <v>786</v>
-[...2 lines deleted...]
-        <v>401460676</v>
+        <v>757</v>
+      </c>
+      <c r="B1162" s="1">
+        <v>155806000000</v>
       </c>
       <c r="C1162">
-        <v>28</v>
+        <v>3</v>
       </c>
       <c r="D1162" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1163" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1163" t="s">
-        <v>787</v>
-[...2 lines deleted...]
-        <v>401480169</v>
+        <v>757</v>
+      </c>
+      <c r="B1163" s="1">
+        <v>155806000000</v>
       </c>
       <c r="C1163">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D1163" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1164" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1164" t="s">
-        <v>787</v>
-[...2 lines deleted...]
-        <v>401480169</v>
+        <v>758</v>
+      </c>
+      <c r="B1164" s="1">
+        <v>155807000000</v>
       </c>
       <c r="C1164">
-        <v>2</v>
+        <v>10</v>
       </c>
       <c r="D1164" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1165" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1165" t="s">
-        <v>788</v>
-[...2 lines deleted...]
-        <v>401490613</v>
+        <v>758</v>
+      </c>
+      <c r="B1165" s="1">
+        <v>155807000000</v>
       </c>
       <c r="C1165">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D1165" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1166" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1166" t="s">
-        <v>789</v>
-[...2 lines deleted...]
-        <v>401500077</v>
+        <v>759</v>
+      </c>
+      <c r="B1166" s="1">
+        <v>155808000000</v>
       </c>
       <c r="C1166">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D1166" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1167" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1167" t="s">
-        <v>789</v>
-[...2 lines deleted...]
-        <v>401500077</v>
+        <v>760</v>
+      </c>
+      <c r="B1167" s="1">
+        <v>155809000000</v>
       </c>
       <c r="C1167">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1167" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1168" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1168" t="s">
-        <v>790</v>
-[...2 lines deleted...]
-        <v>401500793</v>
+        <v>760</v>
+      </c>
+      <c r="B1168" s="1">
+        <v>155809000000</v>
       </c>
       <c r="C1168">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="D1168" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1169" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1169" t="s">
-        <v>791</v>
-[...2 lines deleted...]
-        <v>401510117</v>
+        <v>761</v>
+      </c>
+      <c r="B1169" s="1">
+        <v>155810000000</v>
       </c>
       <c r="C1169">
-        <v>3</v>
+        <v>28</v>
       </c>
       <c r="D1169" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1170" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1170" t="s">
-        <v>792</v>
-[...2 lines deleted...]
-        <v>401510149</v>
+        <v>761</v>
+      </c>
+      <c r="B1170" s="1">
+        <v>155810000000</v>
       </c>
       <c r="C1170">
-        <v>16</v>
+        <v>4</v>
       </c>
       <c r="D1170" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1171" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1171" t="s">
-        <v>793</v>
-[...2 lines deleted...]
-        <v>401510359</v>
+        <v>10</v>
+      </c>
+      <c r="B1171" s="1">
+        <v>155813000000</v>
       </c>
       <c r="C1171">
-        <v>18</v>
+        <v>4</v>
       </c>
       <c r="D1171" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1172" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1172" t="s">
-        <v>793</v>
-[...2 lines deleted...]
-        <v>401510359</v>
+        <v>762</v>
+      </c>
+      <c r="B1172" s="1">
+        <v>155813000000</v>
       </c>
       <c r="C1172">
-        <v>1</v>
+        <v>4</v>
       </c>
       <c r="D1172" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1173" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1173" t="s">
-        <v>794</v>
-[...2 lines deleted...]
-        <v>401510465</v>
+        <v>763</v>
+      </c>
+      <c r="B1173" s="1">
+        <v>155814000000</v>
       </c>
       <c r="C1173">
-        <v>1</v>
+        <v>29</v>
       </c>
       <c r="D1173" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1174" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1174" t="s">
-        <v>795</v>
-[...2 lines deleted...]
-        <v>401510595</v>
+        <v>764</v>
+      </c>
+      <c r="B1174" s="1">
+        <v>155816000000</v>
       </c>
       <c r="C1174">
-        <v>1</v>
+        <v>8</v>
       </c>
       <c r="D1174" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1175" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1175" t="s">
-        <v>796</v>
-[...2 lines deleted...]
-        <v>401520088</v>
+        <v>764</v>
+      </c>
+      <c r="B1175" s="1">
+        <v>155816000000</v>
       </c>
       <c r="C1175">
-        <v>11</v>
+        <v>1</v>
       </c>
       <c r="D1175" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1176" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1176" t="s">
-        <v>796</v>
-[...2 lines deleted...]
-        <v>401520088</v>
+        <v>765</v>
+      </c>
+      <c r="B1176" s="1">
+        <v>155816000000</v>
       </c>
       <c r="C1176">
-        <v>4</v>
+        <v>8</v>
       </c>
       <c r="D1176" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1177" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1177" t="s">
-        <v>797</v>
-[...2 lines deleted...]
-        <v>401520727</v>
+        <v>765</v>
+      </c>
+      <c r="B1177" s="1">
+        <v>155816000000</v>
       </c>
       <c r="C1177">
-        <v>1</v>
+        <v>5</v>
       </c>
       <c r="D1177" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1178" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1178" t="s">
+        <v>10</v>
+      </c>
+      <c r="B1178" s="1">
+        <v>155817000000</v>
+      </c>
+      <c r="C1178">
+        <v>10</v>
+      </c>
+      <c r="D1178" t="s">
         <v>798</v>
-      </c>
-[...7 lines deleted...]
-        <v>1010</v>
       </c>
     </row>
     <row r="1179" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1179" t="s">
-        <v>799</v>
-[...2 lines deleted...]
-        <v>401530541</v>
+        <v>10</v>
+      </c>
+      <c r="B1179" s="1">
+        <v>155818000000</v>
       </c>
       <c r="C1179">
-        <v>3</v>
+        <v>5</v>
       </c>
       <c r="D1179" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1180" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1180" t="s">
-        <v>800</v>
-[...2 lines deleted...]
-        <v>401540057</v>
+        <v>766</v>
+      </c>
+      <c r="B1180" s="1">
+        <v>155819000000</v>
       </c>
       <c r="C1180">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1180" t="s">
-        <v>1012</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1181" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1181" t="s">
-        <v>801</v>
-[...2 lines deleted...]
-        <v>401540081</v>
+        <v>767</v>
+      </c>
+      <c r="B1181" s="1">
+        <v>155819000000</v>
       </c>
       <c r="C1181">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1181" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1182" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1182" t="s">
-        <v>802</v>
-[...2 lines deleted...]
-        <v>401540158</v>
+        <v>767</v>
+      </c>
+      <c r="B1182" s="1">
+        <v>155819000000</v>
       </c>
       <c r="C1182">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1182" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1183" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1183" t="s">
-        <v>803</v>
-[...2 lines deleted...]
-        <v>401550255</v>
+        <v>767</v>
+      </c>
+      <c r="B1183" s="1">
+        <v>155819000000</v>
       </c>
       <c r="C1183">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="D1183" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1184" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1184" t="s">
-        <v>804</v>
-[...2 lines deleted...]
-        <v>401550701</v>
+        <v>768</v>
+      </c>
+      <c r="B1184" s="1">
+        <v>155821000000</v>
       </c>
       <c r="C1184">
-        <v>3</v>
+        <v>4</v>
       </c>
       <c r="D1184" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1185" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1185" t="s">
-        <v>805</v>
-[...2 lines deleted...]
-        <v>401570225</v>
+        <v>768</v>
+      </c>
+      <c r="B1185" s="1">
+        <v>155821000000</v>
       </c>
       <c r="C1185">
-        <v>6</v>
+        <v>14</v>
       </c>
       <c r="D1185" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1186" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1186" t="s">
-        <v>805</v>
-[...2 lines deleted...]
-        <v>401570225</v>
+        <v>769</v>
+      </c>
+      <c r="B1186" s="1">
+        <v>155822000000</v>
       </c>
       <c r="C1186">
         <v>5</v>
       </c>
       <c r="D1186" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1187" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1187" t="s">
-        <v>806</v>
-[...2 lines deleted...]
-        <v>401580070</v>
+        <v>769</v>
+      </c>
+      <c r="B1187" s="1">
+        <v>155822000000</v>
       </c>
       <c r="C1187">
-        <v>1</v>
+        <v>3</v>
       </c>
       <c r="D1187" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1188" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1188" t="s">
-        <v>807</v>
-[...2 lines deleted...]
-        <v>401580505</v>
+        <v>770</v>
+      </c>
+      <c r="B1188" s="1">
+        <v>155823000000</v>
       </c>
       <c r="C1188">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D1188" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1189" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1189" t="s">
-        <v>808</v>
-[...2 lines deleted...]
-        <v>401580891</v>
+        <v>770</v>
+      </c>
+      <c r="B1189" s="1">
+        <v>155823000000</v>
       </c>
       <c r="C1189">
-        <v>3</v>
+        <v>18</v>
       </c>
       <c r="D1189" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1190" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1190" t="s">
-        <v>809</v>
-[...2 lines deleted...]
-        <v>401600177</v>
+        <v>771</v>
+      </c>
+      <c r="B1190" s="1">
+        <v>155823000000</v>
       </c>
       <c r="C1190">
-        <v>4</v>
+        <v>12</v>
       </c>
       <c r="D1190" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1191" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1191" t="s">
-        <v>809</v>
-[...2 lines deleted...]
-        <v>401600177</v>
+        <v>771</v>
+      </c>
+      <c r="B1191" s="1">
+        <v>155823000000</v>
       </c>
       <c r="C1191">
-        <v>4</v>
+        <v>7</v>
       </c>
       <c r="D1191" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1192" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1192" t="s">
-        <v>810</v>
-[...2 lines deleted...]
-        <v>401600593</v>
+        <v>772</v>
+      </c>
+      <c r="B1192" s="1">
+        <v>155824000000</v>
       </c>
       <c r="C1192">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1192" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1193" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1193" t="s">
-        <v>811</v>
-[...2 lines deleted...]
-        <v>401600676</v>
+        <v>772</v>
+      </c>
+      <c r="B1193" s="1">
+        <v>155824000000</v>
       </c>
       <c r="C1193">
-        <v>2</v>
+        <v>14</v>
       </c>
       <c r="D1193" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1194" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1194" t="s">
-        <v>812</v>
-[...2 lines deleted...]
-        <v>401640097</v>
+        <v>773</v>
+      </c>
+      <c r="B1194" s="1">
+        <v>155825000000</v>
       </c>
       <c r="C1194">
-        <v>9</v>
+        <v>2</v>
       </c>
       <c r="D1194" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1195" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1195" t="s">
-        <v>812</v>
-[...2 lines deleted...]
-        <v>401640097</v>
+        <v>774</v>
+      </c>
+      <c r="B1195" s="1">
+        <v>155831000000</v>
       </c>
       <c r="C1195">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D1195" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1196" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1196" t="s">
-        <v>813</v>
-[...2 lines deleted...]
-        <v>401640349</v>
+        <v>774</v>
+      </c>
+      <c r="B1196" s="1">
+        <v>155831000000</v>
       </c>
       <c r="C1196">
-        <v>3</v>
+        <v>10</v>
       </c>
       <c r="D1196" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1197" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1197" t="s">
-        <v>814</v>
-[...2 lines deleted...]
-        <v>401650182</v>
+        <v>775</v>
+      </c>
+      <c r="B1197" s="1">
+        <v>155832000000</v>
       </c>
       <c r="C1197">
-        <v>3</v>
+        <v>1</v>
       </c>
       <c r="D1197" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1198" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1198" t="s">
-        <v>814</v>
-[...2 lines deleted...]
-        <v>401650182</v>
+        <v>775</v>
+      </c>
+      <c r="B1198" s="1">
+        <v>155832000000</v>
       </c>
       <c r="C1198">
-        <v>4</v>
+        <v>15</v>
       </c>
       <c r="D1198" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1199" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1199" t="s">
-        <v>815</v>
-[...2 lines deleted...]
-        <v>401660532</v>
+        <v>776</v>
+      </c>
+      <c r="B1199" s="1">
+        <v>186201000000</v>
       </c>
       <c r="C1199">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D1199" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1200" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1200" t="s">
-        <v>816</v>
-[...2 lines deleted...]
-        <v>401680924</v>
+        <v>776</v>
+      </c>
+      <c r="B1200" s="1">
+        <v>186201000000</v>
       </c>
       <c r="C1200">
-        <v>2</v>
+        <v>8</v>
       </c>
       <c r="D1200" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1201" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1201" t="s">
-        <v>817</v>
-[...2 lines deleted...]
-        <v>401700153</v>
+        <v>777</v>
+      </c>
+      <c r="B1201" s="1">
+        <v>240120000000</v>
       </c>
       <c r="C1201">
-        <v>1</v>
+        <v>6</v>
       </c>
       <c r="D1201" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1202" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1202" t="s">
-        <v>818</v>
+        <v>36</v>
       </c>
       <c r="B1202">
-        <v>401710041</v>
+        <v>24379</v>
       </c>
       <c r="C1202">
-        <v>3</v>
+        <v>28</v>
       </c>
       <c r="D1202" t="s">
-        <v>1012</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1203" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1203" t="s">
-        <v>819</v>
+        <v>38</v>
       </c>
       <c r="B1203">
-        <v>401710488</v>
+        <v>24400</v>
       </c>
       <c r="C1203">
-        <v>1</v>
+        <v>20</v>
       </c>
       <c r="D1203" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1204" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1204" t="s">
-        <v>820</v>
+        <v>778</v>
       </c>
       <c r="B1204">
-        <v>401720240</v>
+        <v>24478</v>
       </c>
       <c r="C1204">
-        <v>11</v>
+        <v>60</v>
       </c>
       <c r="D1204" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1205" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1205" t="s">
-        <v>820</v>
+        <v>779</v>
       </c>
       <c r="B1205">
-        <v>401720240</v>
+        <v>24604</v>
       </c>
       <c r="C1205">
-        <v>4</v>
+        <v>5</v>
       </c>
       <c r="D1205" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1206" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1206" t="s">
-        <v>821</v>
+        <v>779</v>
       </c>
       <c r="B1206">
-        <v>401720982</v>
+        <v>24604</v>
       </c>
       <c r="C1206">
-        <v>7</v>
+        <v>3</v>
       </c>
       <c r="D1206" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1207" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1207" t="s">
-        <v>822</v>
+        <v>780</v>
       </c>
       <c r="B1207">
-        <v>401740823</v>
+        <v>24678</v>
       </c>
       <c r="C1207">
-        <v>2</v>
+        <v>3</v>
       </c>
       <c r="D1207" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1208" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1208" t="s">
-        <v>823</v>
+        <v>42</v>
       </c>
       <c r="B1208">
-        <v>401750803</v>
+        <v>24756</v>
       </c>
       <c r="C1208">
-        <v>1</v>
+        <v>36</v>
       </c>
       <c r="D1208" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1209" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1209" t="s">
-        <v>824</v>
+        <v>10</v>
       </c>
       <c r="B1209">
-        <v>401770084</v>
+        <v>25514</v>
       </c>
       <c r="C1209">
-        <v>16</v>
+        <v>76</v>
       </c>
       <c r="D1209" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1210" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1210" t="s">
-        <v>825</v>
+        <v>781</v>
       </c>
       <c r="B1210">
-        <v>401790114</v>
+        <v>25650</v>
       </c>
       <c r="C1210">
-        <v>4</v>
+        <v>72</v>
       </c>
       <c r="D1210" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1211" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1211" t="s">
-        <v>826</v>
+        <v>10</v>
       </c>
       <c r="B1211">
-        <v>401790862</v>
+        <v>25660</v>
       </c>
       <c r="C1211">
-        <v>8</v>
+        <v>76</v>
       </c>
       <c r="D1211" t="s">
-        <v>1012</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1212" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1212" t="s">
-        <v>827</v>
-[...2 lines deleted...]
-        <v>401800587</v>
+        <v>10</v>
+      </c>
+      <c r="B1212" t="s">
+        <v>782</v>
       </c>
       <c r="C1212">
-        <v>3</v>
+        <v>12</v>
       </c>
       <c r="D1212" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1213" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1213" t="s">
-        <v>827</v>
+        <v>783</v>
       </c>
       <c r="B1213">
-        <v>401800587</v>
+        <v>26241</v>
       </c>
       <c r="C1213">
-        <v>4</v>
+        <v>72</v>
       </c>
       <c r="D1213" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1214" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1214" t="s">
-        <v>828</v>
+        <v>784</v>
       </c>
       <c r="B1214">
-        <v>401810294</v>
+        <v>26265</v>
       </c>
       <c r="C1214">
-        <v>8</v>
+        <v>29</v>
       </c>
       <c r="D1214" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1215" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1215" t="s">
-        <v>828</v>
+        <v>784</v>
       </c>
       <c r="B1215">
-        <v>401810294</v>
+        <v>26265</v>
       </c>
       <c r="C1215">
-        <v>2</v>
+        <v>4</v>
       </c>
       <c r="D1215" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1216" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1216" t="s">
-        <v>829</v>
+        <v>10</v>
       </c>
       <c r="B1216">
-        <v>401820861</v>
+        <v>26271</v>
       </c>
       <c r="C1216">
-        <v>1</v>
+        <v>72</v>
       </c>
       <c r="D1216" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1217" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1217" t="s">
-        <v>830</v>
+        <v>10</v>
       </c>
       <c r="B1217">
-        <v>401830978</v>
+        <v>26330</v>
       </c>
       <c r="C1217">
-        <v>22</v>
+        <v>76</v>
       </c>
       <c r="D1217" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1218" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1218" t="s">
-        <v>831</v>
+        <v>10</v>
       </c>
       <c r="B1218">
-        <v>401840020</v>
+        <v>26331</v>
       </c>
       <c r="C1218">
-        <v>2</v>
+        <v>76</v>
       </c>
       <c r="D1218" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1219" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1219" t="s">
-        <v>832</v>
+        <v>97</v>
       </c>
       <c r="B1219">
-        <v>401860307</v>
+        <v>26661</v>
       </c>
       <c r="C1219">
-        <v>13</v>
+        <v>22</v>
       </c>
       <c r="D1219" t="s">
-        <v>1013</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1220" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1220" t="s">
-        <v>832</v>
-[...2 lines deleted...]
-        <v>401860307</v>
+        <v>785</v>
+      </c>
+      <c r="B1220" s="1">
+        <v>27010700000000</v>
       </c>
       <c r="C1220">
-        <v>7</v>
+        <v>39</v>
       </c>
       <c r="D1220" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1221" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1221" t="s">
-        <v>833</v>
-[...2 lines deleted...]
-        <v>401860472</v>
+        <v>785</v>
+      </c>
+      <c r="B1221" s="1">
+        <v>27010700000000</v>
       </c>
       <c r="C1221">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D1221" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1222" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1222" t="s">
-        <v>833</v>
+        <v>786</v>
       </c>
       <c r="B1222">
-        <v>401860472</v>
+        <v>3002061590</v>
       </c>
       <c r="C1222">
-        <v>4</v>
+        <v>1</v>
       </c>
       <c r="D1222" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1223" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1223" t="s">
-        <v>834</v>
-[...2 lines deleted...]
-        <v>401890227</v>
+        <v>10</v>
+      </c>
+      <c r="B1223" s="1">
+        <v>300408000000</v>
       </c>
       <c r="C1223">
-        <v>12</v>
+        <v>28</v>
       </c>
       <c r="D1223" t="s">
-        <v>1010</v>
+        <v>798</v>
       </c>
     </row>
     <row r="1224" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1224" t="s">
-        <v>834</v>
+        <v>787</v>
       </c>
       <c r="B1224">
-        <v>401890227</v>
+        <v>301110804</v>
       </c>
       <c r="C1224">
-        <v>6</v>
+        <v>5</v>
       </c>
       <c r="D1224" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1225" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1225" t="s">
-        <v>835</v>
+        <v>787</v>
       </c>
       <c r="B1225">
-        <v>401890497</v>
+        <v>301110804</v>
       </c>
       <c r="C1225">
-        <v>2</v>
+        <v>11</v>
       </c>
       <c r="D1225" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1226" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1226" t="s">
-        <v>835</v>
+        <v>788</v>
       </c>
       <c r="B1226">
-        <v>401890497</v>
+        <v>30742</v>
       </c>
       <c r="C1226">
-        <v>9</v>
+        <v>5</v>
       </c>
       <c r="D1226" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1227" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1227" t="s">
-        <v>836</v>
+        <v>788</v>
       </c>
       <c r="B1227">
-        <v>401900918</v>
+        <v>30742</v>
       </c>
       <c r="C1227">
-        <v>1</v>
+        <v>107</v>
       </c>
       <c r="D1227" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1228" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1228" t="s">
-        <v>837</v>
+        <v>789</v>
       </c>
       <c r="B1228">
-        <v>401910630</v>
+        <v>3101025567</v>
       </c>
       <c r="C1228">
         <v>4</v>
       </c>
       <c r="D1228" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1229" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1229" t="s">
-        <v>837</v>
+        <v>790</v>
       </c>
       <c r="B1229">
-        <v>401910630</v>
+        <v>3101215763</v>
       </c>
       <c r="C1229">
-        <v>8</v>
+        <v>4</v>
       </c>
       <c r="D1229" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1230" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1230" t="s">
-        <v>838</v>
+        <v>790</v>
       </c>
       <c r="B1230">
-        <v>401910840</v>
+        <v>3101215763</v>
       </c>
       <c r="C1230">
-        <v>1</v>
+        <v>11</v>
       </c>
       <c r="D1230" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1231" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1231" t="s">
-        <v>839</v>
+        <v>791</v>
       </c>
       <c r="B1231">
-        <v>401930252</v>
+        <v>3871</v>
       </c>
       <c r="C1231">
-        <v>6</v>
+        <v>3</v>
       </c>
       <c r="D1231" t="s">
-        <v>1013</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1232" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1232" t="s">
-        <v>839</v>
+        <v>791</v>
       </c>
       <c r="B1232">
-        <v>401930252</v>
+        <v>3871</v>
       </c>
       <c r="C1232">
-        <v>10</v>
+        <v>4</v>
       </c>
       <c r="D1232" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1233" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1233" t="s">
-        <v>840</v>
+        <v>10</v>
       </c>
       <c r="B1233">
-        <v>401940112</v>
+        <v>72770101690</v>
       </c>
       <c r="C1233">
-        <v>3</v>
+        <v>2</v>
       </c>
       <c r="D1233" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1234" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1234" t="s">
-        <v>841</v>
-[...2 lines deleted...]
-        <v>401970921</v>
+        <v>792</v>
+      </c>
+      <c r="B1234" s="1">
+        <v>7.58006E+16</v>
       </c>
       <c r="C1234">
-        <v>21</v>
+        <v>66</v>
       </c>
       <c r="D1234" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1235" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1235" t="s">
-        <v>842</v>
-[...2 lines deleted...]
-        <v>401990798</v>
+        <v>792</v>
+      </c>
+      <c r="B1235" s="1">
+        <v>7.58006E+16</v>
       </c>
       <c r="C1235">
-        <v>2</v>
+        <v>6</v>
       </c>
       <c r="D1235" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1236" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1236" t="s">
-        <v>843</v>
+        <v>793</v>
       </c>
       <c r="B1236">
-        <v>402000598</v>
+        <v>7608</v>
       </c>
       <c r="C1236">
-        <v>2</v>
+        <v>5</v>
       </c>
       <c r="D1236" t="s">
-        <v>1010</v>
+        <v>796</v>
       </c>
     </row>
     <row r="1237" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1237" t="s">
-        <v>844</v>
+        <v>793</v>
       </c>
       <c r="B1237">
-        <v>402000771</v>
+        <v>7608</v>
       </c>
       <c r="C1237">
-        <v>9</v>
+        <v>39</v>
       </c>
       <c r="D1237" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1238" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1238" t="s">
-        <v>844</v>
+        <v>794</v>
       </c>
       <c r="B1238">
-        <v>402000771</v>
+        <v>902</v>
       </c>
       <c r="C1238">
-        <v>10</v>
+        <v>8</v>
       </c>
       <c r="D1238" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1239" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1239" t="s">
-        <v>845</v>
-[...2 lines deleted...]
-        <v>402040410</v>
+        <v>10</v>
+      </c>
+      <c r="B1239" s="1">
+        <v>921509000000</v>
       </c>
       <c r="C1239">
-        <v>10</v>
+        <v>1</v>
       </c>
       <c r="D1239" t="s">
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1240" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1240" t="s">
-        <v>845</v>
+        <v>795</v>
       </c>
       <c r="B1240">
-        <v>402040410</v>
+        <v>92158780000</v>
       </c>
       <c r="C1240">
-        <v>8</v>
+        <v>3</v>
       </c>
       <c r="D1240" t="s">
-        <v>1010</v>
+        <v>799</v>
       </c>
     </row>
     <row r="1241" spans="1:4" x14ac:dyDescent="0.25">
       <c r="A1241" t="s">
-        <v>846</v>
+        <v>795</v>
       </c>
       <c r="B1241">
-        <v>402070792</v>
+        <v>92158780000</v>
       </c>
       <c r="C1241">
-        <v>1</v>
+        <v>9</v>
       </c>
       <c r="D1241" t="s">
-        <v>1010</v>
-[...3597 lines deleted...]
-        <v>1013</v>
+        <v>799</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="D1:D1498" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
+  <autoFilter ref="D1:D1241" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Hoja1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>