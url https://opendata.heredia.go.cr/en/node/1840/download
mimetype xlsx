--- v0 (2025-12-20)
+++ v1 (2026-03-23)
@@ -1,99 +1,101 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/worksheets/sheet2.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
+  <Override PartName="/xl/worksheets/sheet3.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/xl/drawings/drawing1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart1.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style1.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors1.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/drawings/drawing2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawing+xml"/>
   <Override PartName="/xl/charts/chart2.xml" ContentType="application/vnd.openxmlformats-officedocument.drawingml.chart+xml"/>
   <Override PartName="/xl/charts/style2.xml" ContentType="application/vnd.ms-office.chartstyle+xml"/>
   <Override PartName="/xl/charts/colors2.xml" ContentType="application/vnd.ms-office.chartcolorstyle+xml"/>
   <Override PartName="/xl/calcChain.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.calcChain+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
   <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28623"/>
   <workbookPr defaultThemeVersion="202300"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\l_arce\Desktop\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="\\srvdfs01\FS_Departamentos_MH\Legal\Laura Arce Chaves\Sitio Web y Transparencia- Legal\"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{452CA84B-90EA-4296-9E16-76EE080272B4}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{F785588E-E8B1-403A-A03F-B06F146DCD4D}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
-    <workbookView xWindow="31860" yWindow="885" windowWidth="23775" windowHeight="15045" xr2:uid="{9730767C-C4A6-4067-952A-1B5FACF8CF94}"/>
+    <workbookView xWindow="29430" yWindow="945" windowWidth="22560" windowHeight="14925" activeTab="2" xr2:uid="{9730767C-C4A6-4067-952A-1B5FACF8CF94}"/>
   </bookViews>
   <sheets>
-    <sheet name="2025" sheetId="1" r:id="rId1"/>
-    <sheet name="2024" sheetId="2" r:id="rId2"/>
+    <sheet name="2024" sheetId="2" r:id="rId1"/>
+    <sheet name="2025" sheetId="1" r:id="rId2"/>
+    <sheet name="2026" sheetId="3" r:id="rId3"/>
   </sheets>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{140A7094-0E35-4892-8432-C4D2E57EDEB5}">
       <x15:workbookPr chartTrackingRefBase="1"/>
     </ext>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
         <xcalcf:feature name="microsoft.com:LET_WF"/>
         <xcalcf:feature name="microsoft.com:LAMBDA_WF"/>
         <xcalcf:feature name="microsoft.com:ARRAYTEXT_WF"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
 <file path=xl/calcChain.xml><?xml version="1.0" encoding="utf-8"?>
 <calcChain xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <c r="B26" i="1" l="1"/>
+  <c r="B30" i="1" l="1"/>
 </calcChain>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="134" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="150" uniqueCount="104">
   <si>
     <t>RECURRENTE</t>
   </si>
   <si>
     <t>NÚMERO DE EXPEDIENTE</t>
   </si>
   <si>
     <t>VOTO NÚMERO</t>
   </si>
   <si>
     <t>RESULTADO</t>
   </si>
   <si>
     <t>Eric Matamoros Benavides</t>
   </si>
   <si>
     <t>24-002386-0007-CO</t>
   </si>
   <si>
     <t>2024-027707</t>
   </si>
   <si>
     <t xml:space="preserve">Sin lugar </t>
   </si>
   <si>
@@ -340,50 +342,71 @@
     <t xml:space="preserve">Jorge Garita Madrigal </t>
   </si>
   <si>
     <t>24-029750-0007-CO</t>
   </si>
   <si>
     <t>2024-034074</t>
   </si>
   <si>
     <t>Sin lugar</t>
   </si>
   <si>
     <t xml:space="preserve">William Gerardo Murillo Vargas </t>
   </si>
   <si>
     <t>24-015971-0007-CO</t>
   </si>
   <si>
     <t>2024-018991</t>
   </si>
   <si>
     <t>total</t>
   </si>
   <si>
     <t xml:space="preserve">TOTAL </t>
+  </si>
+  <si>
+    <t xml:space="preserve">Erica Villegas Montero </t>
+  </si>
+  <si>
+    <t>25-038348-0007-CO</t>
+  </si>
+  <si>
+    <t>2026-000731</t>
+  </si>
+  <si>
+    <t>25-039028-0007-CO</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Rafael Ángel Paniagua Sáenz y Otros </t>
+  </si>
+  <si>
+    <t>2025-042016</t>
+  </si>
+  <si>
+    <t>2026-001858</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <fonts count="8" x14ac:knownFonts="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="10"/>
       <color rgb="FF000000"/>
       <name val="Arial"/>
@@ -402,96 +425,114 @@
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="12"/>
       <color rgb="FF000000"/>
       <name val="Aptos"/>
       <family val="2"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Arial"/>
       <family val="2"/>
     </font>
     <font>
       <b/>
       <sz val="12"/>
       <color theme="1"/>
       <name val="Aptos Narrow"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
-  <fills count="9">
+  <fills count="12">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FF84E290"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF64861"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF1A983"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFF9F97B"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-0.249977111117893"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor theme="2" tint="-9.9978637043366805E-2"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="0"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor theme="6" tint="0.59999389629810485"/>
+        <bgColor indexed="64"/>
+      </patternFill>
+    </fill>
+    <fill>
+      <patternFill patternType="solid">
+        <fgColor rgb="FFFFFF99"/>
         <bgColor indexed="64"/>
       </patternFill>
     </fill>
   </fills>
   <borders count="7">
     <border>
       <left/>
       <right/>
       <top/>
       <bottom/>
       <diagonal/>
     </border>
     <border>
       <left style="medium">
         <color indexed="64"/>
       </left>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
@@ -538,609 +579,193 @@
       <left/>
       <right style="medium">
         <color indexed="64"/>
       </right>
       <top style="medium">
         <color indexed="64"/>
       </top>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
     <border>
       <left/>
       <right/>
       <top/>
       <bottom style="medium">
         <color indexed="64"/>
       </bottom>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="31">
+  <cellXfs count="38">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="2" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="2" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="3" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="4" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="5" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="4" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="0" fontId="4" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
-    <xf numFmtId="0" fontId="3" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
-[...4 lines deleted...]
-    <xf numFmtId="0" fontId="3" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="3" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
-      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
+    <xf numFmtId="0" fontId="1" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="7" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="9" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="5" fillId="10" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="0" xfId="0" applyFont="1" applyFill="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="1" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
       <alignment horizontal="center" vertical="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="0" fontId="6" fillId="0" borderId="0" xfId="0" applyFont="1"/>
-[...1 lines deleted...]
-    <xf numFmtId="0" fontId="7" fillId="6" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
+    <xf numFmtId="0" fontId="3" fillId="6" borderId="6" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="2" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="3" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="3" fillId="7" borderId="4" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="1" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment horizontal="center" vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="2" fillId="11" borderId="5" xfId="0" applyFont="1" applyFill="1" applyBorder="1" applyAlignment="1">
+      <alignment vertical="center" wrapText="1"/>
+    </xf>
+    <xf numFmtId="0" fontId="6" fillId="11" borderId="0" xfId="0" applyFont="1" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
   <tableStyles count="0" defaultTableStyle="TableStyleMedium2" defaultPivotStyle="PivotStyleLight16"/>
   <colors>
     <mruColors>
+      <color rgb="FFFFFF99"/>
       <color rgb="FF30C717"/>
       <color rgb="FFE1154F"/>
       <color rgb="FFFFFF6D"/>
-      <color rgb="FFFFFF99"/>
       <color rgb="FFF24848"/>
       <color rgb="FFF41902"/>
       <color rgb="FFF13D3D"/>
       <color rgb="FF33ED56"/>
     </mruColors>
   </colors>
   <extLst>
     <ext xmlns:x14="http://schemas.microsoft.com/office/spreadsheetml/2009/9/main" uri="{EB79DEF2-80B8-43e5-95BD-54CBDDF9020C}">
       <x14:slicerStyles defaultSlicerStyle="SlicerStyleLight1"/>
     </ext>
     <ext xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" uri="{9260A510-F301-46a8-8635-F512D64BE5F5}">
       <x15:timelineStyles defaultTimelineStyle="TimeSlicerStyleLight1"/>
     </ext>
   </extLst>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet3.xml"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/calcChain" Target="calcChain.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet2.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/theme" Target="theme/theme1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors1.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style1.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/_rels/chart2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId2" Type="http://schemas.microsoft.com/office/2011/relationships/chartColorStyle" Target="colors2.xml"/><Relationship Id="rId1" Type="http://schemas.microsoft.com/office/2011/relationships/chartStyle" Target="style2.xml"/></Relationships>
 </file>
 
 <file path=xl/charts/chart1.xml><?xml version="1.0" encoding="utf-8"?>
-<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
-[...433 lines deleted...]
-<file path=xl/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
 <c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
   <c:date1904 val="0"/>
   <c:lang val="es-ES"/>
   <c:roundedCorners val="0"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
       <c14:style val="102"/>
     </mc:Choice>
     <mc:Fallback>
       <c:style val="2"/>
     </mc:Fallback>
   </mc:AlternateContent>
   <c:chart>
     <c:title>
       <c:tx>
         <c:rich>
           <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
           <a:lstStyle/>
           <a:p>
             <a:pPr>
               <a:defRPr sz="1800" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
                 <a:solidFill>
                   <a:schemeClr val="dk1">
                     <a:lumMod val="75000"/>
                     <a:lumOff val="25000"/>
@@ -1493,50 +1118,485 @@
           <a:lumOff val="75000"/>
         </a:schemeClr>
       </a:solidFill>
       <a:round/>
     </a:ln>
     <a:effectLst/>
   </c:spPr>
   <c:txPr>
     <a:bodyPr/>
     <a:lstStyle/>
     <a:p>
       <a:pPr>
         <a:defRPr/>
       </a:pPr>
       <a:endParaRPr lang="es-CR"/>
     </a:p>
   </c:txPr>
   <c:printSettings>
     <c:headerFooter/>
     <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
     <c:pageSetup/>
   </c:printSettings>
 </c:chartSpace>
 </file>
 
+<file path=xl/charts/chart2.xml><?xml version="1.0" encoding="utf-8"?>
+<c:chartSpace xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:c16r2="http://schemas.microsoft.com/office/drawing/2015/06/chart">
+  <c:date1904 val="0"/>
+  <c:lang val="es-ES"/>
+  <c:roundedCorners val="0"/>
+  <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
+    <mc:Choice xmlns:c14="http://schemas.microsoft.com/office/drawing/2007/8/2/chart" Requires="c14">
+      <c14:style val="102"/>
+    </mc:Choice>
+    <mc:Fallback>
+      <c:style val="2"/>
+    </mc:Fallback>
+  </mc:AlternateContent>
+  <c:chart>
+    <c:title>
+      <c:tx>
+        <c:rich>
+          <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+          <a:lstStyle/>
+          <a:p>
+            <a:pPr>
+              <a:defRPr sz="1800" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                <a:solidFill>
+                  <a:schemeClr val="dk1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:solidFill>
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:ea typeface="+mn-ea"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:defRPr>
+            </a:pPr>
+            <a:r>
+              <a:rPr lang="es-CR">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t>Recursos</a:t>
+            </a:r>
+            <a:r>
+              <a:rPr lang="es-CR" baseline="0">
+                <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              </a:rPr>
+              <a:t> de Amparo 2025</a:t>
+            </a:r>
+            <a:endParaRPr lang="es-CR">
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:endParaRPr>
+          </a:p>
+        </c:rich>
+      </c:tx>
+      <c:layout>
+        <c:manualLayout>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.26021314475034385"/>
+          <c:y val="2.8672018353882354E-2"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1800" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1">
+                  <a:lumMod val="75000"/>
+                  <a:lumOff val="25000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="es-CR"/>
+        </a:p>
+      </c:txPr>
+    </c:title>
+    <c:autoTitleDeleted val="0"/>
+    <c:plotArea>
+      <c:layout/>
+      <c:pieChart>
+        <c:varyColors val="1"/>
+        <c:ser>
+          <c:idx val="0"/>
+          <c:order val="0"/>
+          <c:dPt>
+            <c:idx val="0"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="00B050"/>
+              </a:solidFill>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst>
+                <a:outerShdw blurRad="254000" sx="102000" sy="102000" algn="ctr" rotWithShape="0">
+                  <a:prstClr val="black">
+                    <a:alpha val="20000"/>
+                  </a:prstClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000001-6302-4F62-8E57-BA43E4723490}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="1"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="E1154F"/>
+              </a:solidFill>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst>
+                <a:outerShdw blurRad="254000" sx="102000" sy="102000" algn="ctr" rotWithShape="0">
+                  <a:prstClr val="black">
+                    <a:alpha val="20000"/>
+                  </a:prstClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000002-6302-4F62-8E57-BA43E4723490}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="2"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:schemeClr val="accent2">
+                  <a:lumMod val="60000"/>
+                  <a:lumOff val="40000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst>
+                <a:outerShdw blurRad="254000" sx="102000" sy="102000" algn="ctr" rotWithShape="0">
+                  <a:prstClr val="black">
+                    <a:alpha val="20000"/>
+                  </a:prstClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000003-6302-4F62-8E57-BA43E4723490}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dPt>
+            <c:idx val="3"/>
+            <c:bubble3D val="0"/>
+            <c:spPr>
+              <a:solidFill>
+                <a:srgbClr val="FFFF6D"/>
+              </a:solidFill>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst>
+                <a:outerShdw blurRad="254000" sx="102000" sy="102000" algn="ctr" rotWithShape="0">
+                  <a:prstClr val="black">
+                    <a:alpha val="20000"/>
+                  </a:prstClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </c:spPr>
+            <c:extLst>
+              <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+                <c16:uniqueId val="{00000004-6302-4F62-8E57-BA43E4723490}"/>
+              </c:ext>
+            </c:extLst>
+          </c:dPt>
+          <c:dLbls>
+            <c:spPr>
+              <a:pattFill prst="pct75">
+                <a:fgClr>
+                  <a:schemeClr val="dk1">
+                    <a:lumMod val="75000"/>
+                    <a:lumOff val="25000"/>
+                  </a:schemeClr>
+                </a:fgClr>
+                <a:bgClr>
+                  <a:schemeClr val="dk1">
+                    <a:lumMod val="65000"/>
+                    <a:lumOff val="35000"/>
+                  </a:schemeClr>
+                </a:bgClr>
+              </a:pattFill>
+              <a:ln>
+                <a:noFill/>
+              </a:ln>
+              <a:effectLst>
+                <a:outerShdw blurRad="50800" dist="38100" dir="2700000" algn="tl" rotWithShape="0">
+                  <a:prstClr val="black">
+                    <a:alpha val="40000"/>
+                  </a:prstClr>
+                </a:outerShdw>
+              </a:effectLst>
+            </c:spPr>
+            <c:txPr>
+              <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" lIns="38100" tIns="19050" rIns="38100" bIns="19050" anchor="ctr" anchorCtr="1">
+                <a:spAutoFit/>
+              </a:bodyPr>
+              <a:lstStyle/>
+              <a:p>
+                <a:pPr>
+                  <a:defRPr sz="1200" b="1" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+                    <a:solidFill>
+                      <a:schemeClr val="lt1"/>
+                    </a:solidFill>
+                    <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                    <a:ea typeface="+mn-ea"/>
+                    <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+                  </a:defRPr>
+                </a:pPr>
+                <a:endParaRPr lang="es-CR"/>
+              </a:p>
+            </c:txPr>
+            <c:dLblPos val="ctr"/>
+            <c:showLegendKey val="0"/>
+            <c:showVal val="0"/>
+            <c:showCatName val="0"/>
+            <c:showSerName val="0"/>
+            <c:showPercent val="1"/>
+            <c:showBubbleSize val="0"/>
+            <c:showLeaderLines val="1"/>
+            <c:leaderLines>
+              <c:spPr>
+                <a:ln w="9525">
+                  <a:solidFill>
+                    <a:schemeClr val="dk1">
+                      <a:lumMod val="50000"/>
+                      <a:lumOff val="50000"/>
+                    </a:schemeClr>
+                  </a:solidFill>
+                </a:ln>
+                <a:effectLst/>
+              </c:spPr>
+            </c:leaderLines>
+            <c:extLst>
+              <c:ext xmlns:c15="http://schemas.microsoft.com/office/drawing/2012/chart" uri="{CE6537A1-D6FC-4f65-9D91-7224C49458BB}"/>
+            </c:extLst>
+          </c:dLbls>
+          <c:cat>
+            <c:strRef>
+              <c:f>'2025'!$A$26:$A$29</c:f>
+              <c:strCache>
+                <c:ptCount val="4"/>
+                <c:pt idx="0">
+                  <c:v>Sin lugar </c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>Con lugar </c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>Parcialmente con lugar </c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>En trámite</c:v>
+                </c:pt>
+              </c:strCache>
+            </c:strRef>
+          </c:cat>
+          <c:val>
+            <c:numRef>
+              <c:f>'2025'!$B$26:$B$29</c:f>
+              <c:numCache>
+                <c:formatCode>General</c:formatCode>
+                <c:ptCount val="4"/>
+                <c:pt idx="0">
+                  <c:v>12</c:v>
+                </c:pt>
+                <c:pt idx="1">
+                  <c:v>3</c:v>
+                </c:pt>
+                <c:pt idx="2">
+                  <c:v>1</c:v>
+                </c:pt>
+                <c:pt idx="3">
+                  <c:v>1</c:v>
+                </c:pt>
+              </c:numCache>
+            </c:numRef>
+          </c:val>
+          <c:extLst>
+            <c:ext xmlns:c16="http://schemas.microsoft.com/office/drawing/2014/chart" uri="{C3380CC4-5D6E-409C-BE32-E72D297353CC}">
+              <c16:uniqueId val="{00000000-6302-4F62-8E57-BA43E4723490}"/>
+            </c:ext>
+          </c:extLst>
+        </c:ser>
+        <c:dLbls>
+          <c:dLblPos val="ctr"/>
+          <c:showLegendKey val="0"/>
+          <c:showVal val="0"/>
+          <c:showCatName val="0"/>
+          <c:showSerName val="0"/>
+          <c:showPercent val="1"/>
+          <c:showBubbleSize val="0"/>
+          <c:showLeaderLines val="1"/>
+        </c:dLbls>
+        <c:firstSliceAng val="0"/>
+      </c:pieChart>
+      <c:spPr>
+        <a:noFill/>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+    </c:plotArea>
+    <c:legend>
+      <c:legendPos val="r"/>
+      <c:layout>
+        <c:manualLayout>
+          <c:xMode val="edge"/>
+          <c:yMode val="edge"/>
+          <c:x val="0.7078944184898176"/>
+          <c:y val="0.74885325752901666"/>
+          <c:w val="0.27064458635342231"/>
+          <c:h val="0.21987263506516758"/>
+        </c:manualLayout>
+      </c:layout>
+      <c:overlay val="0"/>
+      <c:spPr>
+        <a:solidFill>
+          <a:schemeClr val="lt1">
+            <a:lumMod val="95000"/>
+            <a:alpha val="39000"/>
+          </a:schemeClr>
+        </a:solidFill>
+        <a:ln>
+          <a:noFill/>
+        </a:ln>
+        <a:effectLst/>
+      </c:spPr>
+      <c:txPr>
+        <a:bodyPr rot="0" spcFirstLastPara="1" vertOverflow="ellipsis" vert="horz" wrap="square" anchor="ctr" anchorCtr="1"/>
+        <a:lstStyle/>
+        <a:p>
+          <a:pPr>
+            <a:defRPr sz="1000" b="0" i="0" u="none" strike="noStrike" kern="1200" baseline="0">
+              <a:solidFill>
+                <a:schemeClr val="dk1">
+                  <a:lumMod val="75000"/>
+                  <a:lumOff val="25000"/>
+                </a:schemeClr>
+              </a:solidFill>
+              <a:latin typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+              <a:ea typeface="+mn-ea"/>
+              <a:cs typeface="Arial" panose="020B0604020202020204" pitchFamily="34" charset="0"/>
+            </a:defRPr>
+          </a:pPr>
+          <a:endParaRPr lang="es-CR"/>
+        </a:p>
+      </c:txPr>
+    </c:legend>
+    <c:plotVisOnly val="1"/>
+    <c:dispBlanksAs val="gap"/>
+    <c:showDLblsOverMax val="0"/>
+  </c:chart>
+  <c:spPr>
+    <a:gradFill flip="none" rotWithShape="1">
+      <a:gsLst>
+        <a:gs pos="0">
+          <a:schemeClr val="lt1"/>
+        </a:gs>
+        <a:gs pos="39000">
+          <a:schemeClr val="lt1"/>
+        </a:gs>
+        <a:gs pos="100000">
+          <a:schemeClr val="lt1">
+            <a:lumMod val="75000"/>
+          </a:schemeClr>
+        </a:gs>
+      </a:gsLst>
+      <a:path path="circle">
+        <a:fillToRect l="50000" t="-80000" r="50000" b="180000"/>
+      </a:path>
+      <a:tileRect/>
+    </a:gradFill>
+    <a:ln w="9525" cap="flat" cmpd="sng" algn="ctr">
+      <a:solidFill>
+        <a:schemeClr val="dk1">
+          <a:lumMod val="25000"/>
+          <a:lumOff val="75000"/>
+        </a:schemeClr>
+      </a:solidFill>
+      <a:round/>
+    </a:ln>
+    <a:effectLst/>
+  </c:spPr>
+  <c:txPr>
+    <a:bodyPr/>
+    <a:lstStyle/>
+    <a:p>
+      <a:pPr>
+        <a:defRPr/>
+      </a:pPr>
+      <a:endParaRPr lang="es-CR"/>
+    </a:p>
+  </c:txPr>
+  <c:printSettings>
+    <c:headerFooter/>
+    <c:pageMargins b="0.75" l="0.7" r="0.7" t="0.75" header="0.3" footer="0.3"/>
+    <c:pageSetup/>
+  </c:printSettings>
+</c:chartSpace>
+</file>
+
 <file path=xl/charts/colors1.xml><?xml version="1.0" encoding="utf-8"?>
 <cs:colorStyle xmlns:cs="http://schemas.microsoft.com/office/drawing/2012/chartStyle" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" meth="cycle" id="10">
   <a:schemeClr val="accent1"/>
   <a:schemeClr val="accent2"/>
   <a:schemeClr val="accent3"/>
   <a:schemeClr val="accent4"/>
   <a:schemeClr val="accent5"/>
   <a:schemeClr val="accent6"/>
   <cs:variation/>
   <cs:variation>
     <a:lumMod val="60000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
     <a:lumOff val="20000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="80000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="60000"/>
     <a:lumOff val="40000"/>
   </cs:variation>
   <cs:variation>
     <a:lumMod val="50000"/>
@@ -2787,108 +2847,108 @@
     <cs:defRPr sz="900" kern="1200"/>
   </cs:valueAxis>
   <cs:wall>
     <cs:lnRef idx="0"/>
     <cs:fillRef idx="0"/>
     <cs:effectRef idx="0"/>
     <cs:fontRef idx="minor">
       <a:schemeClr val="dk1"/>
     </cs:fontRef>
   </cs:wall>
 </cs:chartStyle>
 </file>
 
 <file path=xl/drawings/_rels/drawing1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart1.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/_rels/drawing2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/chart" Target="../charts/chart2.xml"/></Relationships>
 </file>
 
 <file path=xl/drawings/drawing1.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>4</xdr:col>
-      <xdr:colOff>714375</xdr:colOff>
+      <xdr:col>5</xdr:col>
+      <xdr:colOff>9524</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>242888</xdr:rowOff>
+      <xdr:rowOff>342899</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
-      <xdr:colOff>28575</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>200025</xdr:rowOff>
+      <xdr:colOff>190500</xdr:colOff>
+      <xdr:row>25</xdr:row>
+      <xdr:rowOff>171450</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Gráfico 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F75E456A-33E2-33A6-4492-E6BC70EFA171}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5B5334C-0A4A-C990-CAAD-F7DCA9556F73}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/drawings/drawing2.xml><?xml version="1.0" encoding="utf-8"?>
 <xdr:wsDr xmlns:xdr="http://schemas.openxmlformats.org/drawingml/2006/spreadsheetDrawing" xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main">
   <xdr:twoCellAnchor>
     <xdr:from>
-      <xdr:col>5</xdr:col>
-      <xdr:colOff>9524</xdr:colOff>
+      <xdr:col>4</xdr:col>
+      <xdr:colOff>714375</xdr:colOff>
       <xdr:row>0</xdr:row>
-      <xdr:rowOff>342899</xdr:rowOff>
+      <xdr:rowOff>242888</xdr:rowOff>
     </xdr:from>
     <xdr:to>
       <xdr:col>13</xdr:col>
-      <xdr:colOff>190500</xdr:colOff>
-[...1 lines deleted...]
-      <xdr:rowOff>171450</xdr:rowOff>
+      <xdr:colOff>28575</xdr:colOff>
+      <xdr:row>20</xdr:row>
+      <xdr:rowOff>200025</xdr:rowOff>
     </xdr:to>
     <xdr:graphicFrame macro="">
       <xdr:nvGraphicFramePr>
         <xdr:cNvPr id="2" name="Gráfico 1">
           <a:extLst>
             <a:ext uri="{FF2B5EF4-FFF2-40B4-BE49-F238E27FC236}">
-              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F5B5334C-0A4A-C990-CAAD-F7DCA9556F73}"/>
+              <a16:creationId xmlns:a16="http://schemas.microsoft.com/office/drawing/2014/main" id="{F75E456A-33E2-33A6-4492-E6BC70EFA171}"/>
             </a:ext>
           </a:extLst>
         </xdr:cNvPr>
         <xdr:cNvGraphicFramePr/>
       </xdr:nvGraphicFramePr>
       <xdr:xfrm>
         <a:off x="0" y="0"/>
         <a:ext cx="0" cy="0"/>
       </xdr:xfrm>
       <a:graphic>
         <a:graphicData uri="http://schemas.openxmlformats.org/drawingml/2006/chart">
           <c:chart xmlns:c="http://schemas.openxmlformats.org/drawingml/2006/chart" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" r:id="rId1"/>
         </a:graphicData>
       </a:graphic>
     </xdr:graphicFrame>
     <xdr:clientData/>
   </xdr:twoCellAnchor>
 </xdr:wsDr>
 </file>
 
 <file path=xl/theme/theme1.xml><?xml version="1.0" encoding="utf-8"?>
 <a:theme xmlns:a="http://schemas.openxmlformats.org/drawingml/2006/main" name="Tema de Office">
   <a:themeElements>
     <a:clrScheme name="Office">
       <a:dk1>
@@ -3189,98 +3249,395 @@
         </a:effectRef>
         <a:fontRef idx="minor">
           <a:schemeClr val="tx1"/>
         </a:fontRef>
       </a:style>
     </a:lnDef>
   </a:objectDefaults>
   <a:extraClrSchemeLst/>
   <a:extLst>
     <a:ext uri="{05A4C25C-085E-4340-85A3-A5531E510DB2}">
       <thm15:themeFamily xmlns:thm15="http://schemas.microsoft.com/office/thememl/2012/main" name="Office Theme" id="{2E142A2C-CD16-42D6-873A-C26D2A0506FA}" vid="{1BDDFF52-6CD6-40A5-AB3C-68EB2F1E4D0A}"/>
     </a:ext>
   </a:extLst>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing1.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/_rels/sheet2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/drawing" Target="../drawings/drawing2.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{B8B8B5D1-04FF-4C7F-A061-0497269A511F}">
+  <dimension ref="A1:D23"/>
+  <sheetViews>
+    <sheetView workbookViewId="0">
+      <selection activeCell="A5" sqref="A5:D17"/>
+    </sheetView>
+  </sheetViews>
+  <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
+  <cols>
+    <col min="1" max="1" width="29.42578125" customWidth="1"/>
+    <col min="2" max="2" width="28.7109375" customWidth="1"/>
+    <col min="3" max="3" width="23.85546875" customWidth="1"/>
+    <col min="4" max="4" width="23.28515625" customWidth="1"/>
+  </cols>
+  <sheetData>
+    <row r="1" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="27">
+        <v>2024</v>
+      </c>
+      <c r="B1" s="27"/>
+      <c r="C1" s="27"/>
+      <c r="D1" s="27"/>
+    </row>
+    <row r="2" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A2" s="28" t="s">
+        <v>0</v>
+      </c>
+      <c r="B2" s="28" t="s">
+        <v>1</v>
+      </c>
+      <c r="C2" s="28" t="s">
+        <v>2</v>
+      </c>
+      <c r="D2" s="28" t="s">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="3" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A3" s="29"/>
+      <c r="B3" s="29"/>
+      <c r="C3" s="29"/>
+      <c r="D3" s="29"/>
+    </row>
+    <row r="4" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A4" s="30"/>
+      <c r="B4" s="30"/>
+      <c r="C4" s="30"/>
+      <c r="D4" s="30"/>
+    </row>
+    <row r="5" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A5" s="1" t="s">
+        <v>4</v>
+      </c>
+      <c r="B5" s="2" t="s">
+        <v>5</v>
+      </c>
+      <c r="C5" s="2" t="s">
+        <v>6</v>
+      </c>
+      <c r="D5" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="1" t="s">
+        <v>15</v>
+      </c>
+      <c r="B6" s="2" t="s">
+        <v>16</v>
+      </c>
+      <c r="C6" s="2" t="s">
+        <v>17</v>
+      </c>
+      <c r="D6" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="7" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="1" t="s">
+        <v>18</v>
+      </c>
+      <c r="B7" s="2" t="s">
+        <v>19</v>
+      </c>
+      <c r="C7" s="2" t="s">
+        <v>20</v>
+      </c>
+      <c r="D7" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="8" spans="1:4" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="1" t="s">
+        <v>25</v>
+      </c>
+      <c r="B8" s="2" t="s">
+        <v>26</v>
+      </c>
+      <c r="C8" s="2" t="s">
+        <v>27</v>
+      </c>
+      <c r="D8" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="9" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A9" s="1" t="s">
+        <v>78</v>
+      </c>
+      <c r="B9" s="2" t="s">
+        <v>28</v>
+      </c>
+      <c r="C9" s="2" t="s">
+        <v>29</v>
+      </c>
+      <c r="D9" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="10" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A10" s="1" t="s">
+        <v>12</v>
+      </c>
+      <c r="B10" s="2" t="s">
+        <v>79</v>
+      </c>
+      <c r="C10" s="2" t="s">
+        <v>80</v>
+      </c>
+      <c r="D10" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="11" spans="1:4" ht="26.25" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A11" s="1" t="s">
+        <v>81</v>
+      </c>
+      <c r="B11" s="2" t="s">
+        <v>82</v>
+      </c>
+      <c r="C11" s="2" t="s">
+        <v>83</v>
+      </c>
+      <c r="D11" s="2" t="s">
+        <v>84</v>
+      </c>
+    </row>
+    <row r="12" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A12" s="1" t="s">
+        <v>85</v>
+      </c>
+      <c r="B12" s="2" t="s">
+        <v>86</v>
+      </c>
+      <c r="C12" s="2" t="s">
+        <v>87</v>
+      </c>
+      <c r="D12" s="2" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="13" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A13" s="1" t="s">
+        <v>88</v>
+      </c>
+      <c r="B13" s="2" t="s">
+        <v>89</v>
+      </c>
+      <c r="C13" s="2" t="s">
+        <v>90</v>
+      </c>
+      <c r="D13" s="2" t="s">
+        <v>91</v>
+      </c>
+    </row>
+    <row r="14" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A14" s="3" t="s">
+        <v>8</v>
+      </c>
+      <c r="B14" s="4" t="s">
+        <v>9</v>
+      </c>
+      <c r="C14" s="4" t="s">
+        <v>10</v>
+      </c>
+      <c r="D14" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="15" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A15" s="3" t="s">
+        <v>12</v>
+      </c>
+      <c r="B15" s="4" t="s">
+        <v>13</v>
+      </c>
+      <c r="C15" s="4" t="s">
+        <v>14</v>
+      </c>
+      <c r="D15" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="16" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A16" s="3" t="s">
+        <v>92</v>
+      </c>
+      <c r="B16" s="4" t="s">
+        <v>93</v>
+      </c>
+      <c r="C16" s="4" t="s">
+        <v>94</v>
+      </c>
+      <c r="D16" s="4" t="s">
+        <v>11</v>
+      </c>
+    </row>
+    <row r="17" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A17" s="5" t="s">
+        <v>21</v>
+      </c>
+      <c r="B17" s="6" t="s">
+        <v>22</v>
+      </c>
+      <c r="C17" s="6" t="s">
+        <v>23</v>
+      </c>
+      <c r="D17" s="6" t="s">
+        <v>24</v>
+      </c>
+    </row>
+    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A18" s="20"/>
+      <c r="B18" s="20"/>
+      <c r="C18" s="20"/>
+      <c r="D18" s="20"/>
+    </row>
+    <row r="19" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A19" s="20"/>
+      <c r="B19" s="20"/>
+      <c r="C19" s="20"/>
+      <c r="D19" s="20"/>
+    </row>
+    <row r="20" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A20" s="2" t="s">
+        <v>7</v>
+      </c>
+      <c r="B20" s="20">
+        <v>9</v>
+      </c>
+      <c r="C20" s="20"/>
+      <c r="D20" s="20"/>
+    </row>
+    <row r="21" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="4" t="s">
+        <v>11</v>
+      </c>
+      <c r="B21" s="20">
+        <v>3</v>
+      </c>
+      <c r="C21" s="20"/>
+      <c r="D21" s="20"/>
+    </row>
+    <row r="22" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="6" t="s">
+        <v>24</v>
+      </c>
+      <c r="B22" s="20">
+        <v>1</v>
+      </c>
+      <c r="C22" s="20"/>
+      <c r="D22" s="20"/>
+    </row>
+    <row r="23" spans="1:4" x14ac:dyDescent="0.25">
+      <c r="A23" s="21" t="s">
+        <v>96</v>
+      </c>
+      <c r="B23" s="21">
+        <v>13</v>
+      </c>
+      <c r="C23" s="20"/>
+      <c r="D23" s="20"/>
+    </row>
+  </sheetData>
+  <mergeCells count="5">
+    <mergeCell ref="A1:D1"/>
+    <mergeCell ref="B2:B4"/>
+    <mergeCell ref="C2:C4"/>
+    <mergeCell ref="D2:D4"/>
+    <mergeCell ref="A2:A4"/>
+  </mergeCells>
+  <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
+  <drawing r:id="rId1"/>
+</worksheet>
+</file>
+
+<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{CF6FD7ED-E9B6-4A9E-850C-39B92D6C081C}">
-  <dimension ref="A1:D26"/>
+  <dimension ref="A1:D30"/>
   <sheetViews>
-    <sheetView tabSelected="1" topLeftCell="A6" workbookViewId="0">
-      <selection activeCell="B19" sqref="B19"/>
+    <sheetView topLeftCell="A2" workbookViewId="0">
+      <selection activeCell="B18" sqref="B18"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
     <col min="1" max="1" width="29.42578125" customWidth="1"/>
     <col min="2" max="2" width="28.5703125" customWidth="1"/>
     <col min="3" max="3" width="22.5703125" customWidth="1"/>
     <col min="4" max="4" width="22.42578125" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:4" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A1" s="17" t="s">
+      <c r="A1" s="31" t="s">
         <v>54</v>
       </c>
-      <c r="B1" s="17"/>
-[...1 lines deleted...]
-      <c r="D1" s="17"/>
+      <c r="B1" s="31"/>
+      <c r="C1" s="31"/>
+      <c r="D1" s="31"/>
     </row>
     <row r="2" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A2" s="18"/>
-      <c r="B2" s="19" t="s">
+      <c r="A2" s="17"/>
+      <c r="B2" s="32" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="19" t="s">
+      <c r="C2" s="32" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="19" t="s">
+      <c r="D2" s="32" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-      <c r="A3" s="20" t="s">
+      <c r="A3" s="18" t="s">
         <v>0</v>
       </c>
-      <c r="B3" s="21"/>
-[...1 lines deleted...]
-      <c r="D3" s="21"/>
+      <c r="B3" s="33"/>
+      <c r="C3" s="33"/>
+      <c r="D3" s="33"/>
     </row>
     <row r="4" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="22"/>
-[...2 lines deleted...]
-      <c r="D4" s="23"/>
+      <c r="A4" s="19"/>
+      <c r="B4" s="34"/>
+      <c r="C4" s="34"/>
+      <c r="D4" s="34"/>
     </row>
     <row r="5" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A5" s="7" t="s">
         <v>30</v>
       </c>
       <c r="B5" s="8" t="s">
         <v>31</v>
       </c>
       <c r="C5" s="8" t="s">
         <v>32</v>
       </c>
       <c r="D5" s="8" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="6" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A6" s="7" t="s">
         <v>33</v>
       </c>
       <c r="B6" s="8" t="s">
         <v>34</v>
       </c>
       <c r="C6" s="8" t="s">
         <v>35</v>
       </c>
@@ -3378,51 +3735,51 @@
       </c>
       <c r="B13" s="8" t="s">
         <v>56</v>
       </c>
       <c r="C13" s="8" t="s">
         <v>57</v>
       </c>
       <c r="D13" s="8" t="s">
         <v>7</v>
       </c>
     </row>
     <row r="14" spans="1:4" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A14" s="9" t="s">
         <v>58</v>
       </c>
       <c r="B14" s="10" t="s">
         <v>59</v>
       </c>
       <c r="C14" s="10" t="s">
         <v>60</v>
       </c>
       <c r="D14" s="10" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="15" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+    <row r="15" spans="1:4" ht="20.25" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A15" s="9" t="s">
         <v>61</v>
       </c>
       <c r="B15" s="10" t="s">
         <v>62</v>
       </c>
       <c r="C15" s="10" t="s">
         <v>63</v>
       </c>
       <c r="D15" s="10" t="s">
         <v>11</v>
       </c>
     </row>
     <row r="16" spans="1:4" ht="36.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A16" s="9" t="s">
         <v>64</v>
       </c>
       <c r="B16" s="10" t="s">
         <v>65</v>
       </c>
       <c r="C16" s="10" t="s">
         <v>66</v>
       </c>
       <c r="D16" s="10" t="s">
         <v>11</v>
@@ -3435,455 +3792,290 @@
       <c r="B17" s="12" t="s">
         <v>68</v>
       </c>
       <c r="C17" s="12" t="s">
         <v>69</v>
       </c>
       <c r="D17" s="12" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="18" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
       <c r="A18" s="13" t="s">
         <v>70</v>
       </c>
       <c r="B18" s="14" t="s">
         <v>71</v>
       </c>
       <c r="C18" s="14" t="s">
         <v>72</v>
       </c>
       <c r="D18" s="14" t="s">
         <v>73</v>
       </c>
     </row>
     <row r="19" spans="1:4" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A19" s="13" t="s">
+      <c r="A19" s="7" t="s">
         <v>74</v>
       </c>
-      <c r="B19" s="14" t="s">
+      <c r="B19" s="8" t="s">
         <v>75</v>
       </c>
-      <c r="C19" s="14" t="s">
-[...3 lines deleted...]
-        <v>73</v>
+      <c r="C19" s="8" t="s">
+        <v>102</v>
+      </c>
+      <c r="D19" s="8" t="s">
+        <v>7</v>
       </c>
     </row>
     <row r="20" spans="1:4" ht="32.25" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A20" s="13" t="s">
+      <c r="A20" s="7" t="s">
         <v>76</v>
       </c>
-      <c r="B20" s="14" t="s">
+      <c r="B20" s="8" t="s">
         <v>77</v>
       </c>
-      <c r="C20" s="14" t="s">
-[...13 lines deleted...]
-      <c r="A22" s="8" t="s">
+      <c r="C20" s="8" t="s">
+        <v>99</v>
+      </c>
+      <c r="D20" s="8" t="s">
         <v>7</v>
       </c>
-      <c r="B22" s="15">
-[...1 lines deleted...]
-      </c>
+    </row>
+    <row r="21" spans="1:4" ht="18.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A21" s="25" t="s">
+        <v>97</v>
+      </c>
+      <c r="B21" s="26" t="s">
+        <v>98</v>
+      </c>
+      <c r="C21" s="26" t="s">
+        <v>103</v>
+      </c>
+      <c r="D21" s="26" t="s">
+        <v>7</v>
+      </c>
+    </row>
+    <row r="22" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="C22" s="15"/>
       <c r="D22" s="15"/>
     </row>
-    <row r="23" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      </c>
+    <row r="23" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="C23" s="15"/>
       <c r="D23" s="15"/>
     </row>
-    <row r="24" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      </c>
+    <row r="24" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
       <c r="C24" s="15"/>
       <c r="D24" s="15"/>
     </row>
     <row r="25" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A25" s="14" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="C25" s="15"/>
       <c r="D25" s="15"/>
     </row>
-    <row r="26" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
-[...5 lines deleted...]
-        <v>16</v>
+    <row r="26" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A26" s="8" t="s">
+        <v>7</v>
+      </c>
+      <c r="B26" s="15">
+        <v>12</v>
       </c>
       <c r="C26" s="15"/>
       <c r="D26" s="15"/>
+    </row>
+    <row r="27" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A27" s="10" t="s">
+        <v>11</v>
+      </c>
+      <c r="B27" s="15">
+        <v>3</v>
+      </c>
+    </row>
+    <row r="28" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A28" s="12" t="s">
+        <v>24</v>
+      </c>
+      <c r="B28" s="15">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="29" spans="1:4" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A29" s="14" t="s">
+        <v>73</v>
+      </c>
+      <c r="B29" s="15">
+        <v>1</v>
+      </c>
+    </row>
+    <row r="30" spans="1:4" ht="15.75" x14ac:dyDescent="0.25">
+      <c r="A30" s="16" t="s">
+        <v>95</v>
+      </c>
+      <c r="B30" s="22">
+        <f>SUM(B26:B29)</f>
+        <v>17</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="4">
     <mergeCell ref="A1:D1"/>
     <mergeCell ref="B2:B4"/>
     <mergeCell ref="C2:C4"/>
     <mergeCell ref="D2:D4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
-<file path=xl/worksheets/sheet2.xml><?xml version="1.0" encoding="utf-8"?>
-[...1 lines deleted...]
-  <dimension ref="A1:D23"/>
+<file path=xl/worksheets/sheet3.xml><?xml version="1.0" encoding="utf-8"?>
+<worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{F6342058-86C4-4F98-AB2D-504A422C46A7}">
+  <dimension ref="A1:D25"/>
   <sheetViews>
-    <sheetView workbookViewId="0">
-      <selection activeCell="D24" sqref="D24"/>
+    <sheetView tabSelected="1" workbookViewId="0">
+      <selection activeCell="B17" sqref="B17"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr baseColWidth="10" defaultRowHeight="15" x14ac:dyDescent="0.25"/>
   <cols>
-    <col min="1" max="1" width="29.42578125" customWidth="1"/>
-[...2 lines deleted...]
-    <col min="4" max="4" width="23.28515625" customWidth="1"/>
+    <col min="1" max="1" width="38.140625" customWidth="1"/>
+    <col min="2" max="2" width="30.5703125" customWidth="1"/>
+    <col min="3" max="3" width="25.85546875" customWidth="1"/>
+    <col min="4" max="4" width="33.28515625" customWidth="1"/>
   </cols>
   <sheetData>
-    <row r="1" spans="1:4" ht="27.75" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
-[...5 lines deleted...]
-      <c r="D1" s="24"/>
+    <row r="1" spans="1:4" ht="36" customHeight="1" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A1" s="27">
+        <v>2026</v>
+      </c>
+      <c r="B1" s="27"/>
+      <c r="C1" s="27"/>
+      <c r="D1" s="27"/>
     </row>
     <row r="2" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A2" s="25" t="s">
+      <c r="A2" s="28" t="s">
         <v>0</v>
       </c>
-      <c r="B2" s="25" t="s">
+      <c r="B2" s="28" t="s">
         <v>1</v>
       </c>
-      <c r="C2" s="25" t="s">
+      <c r="C2" s="28" t="s">
         <v>2</v>
       </c>
-      <c r="D2" s="25" t="s">
+      <c r="D2" s="28" t="s">
         <v>3</v>
       </c>
     </row>
     <row r="3" spans="1:4" x14ac:dyDescent="0.25">
-      <c r="A3" s="26"/>
-[...2 lines deleted...]
-      <c r="D3" s="26"/>
+      <c r="A3" s="29"/>
+      <c r="B3" s="29"/>
+      <c r="C3" s="29"/>
+      <c r="D3" s="29"/>
     </row>
     <row r="4" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A4" s="27"/>
-[...2 lines deleted...]
-      <c r="D4" s="27"/>
+      <c r="A4" s="30"/>
+      <c r="B4" s="30"/>
+      <c r="C4" s="30"/>
+      <c r="D4" s="30"/>
     </row>
     <row r="5" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-      <c r="A5" s="1" t="s">
-[...8 lines deleted...]
-      <c r="D5" s="2" t="s">
+      <c r="A5" s="37" t="s">
+        <v>101</v>
+      </c>
+      <c r="B5" s="35" t="s">
+        <v>100</v>
+      </c>
+      <c r="C5" s="36" t="s">
+        <v>72</v>
+      </c>
+      <c r="D5" s="36" t="s">
+        <v>72</v>
+      </c>
+    </row>
+    <row r="6" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A6" s="23"/>
+      <c r="B6" s="24"/>
+      <c r="C6" s="24"/>
+      <c r="D6" s="24"/>
+    </row>
+    <row r="7" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A7" s="23"/>
+      <c r="B7" s="24"/>
+      <c r="C7" s="24"/>
+      <c r="D7" s="24"/>
+    </row>
+    <row r="8" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A8" s="23"/>
+      <c r="B8" s="24"/>
+      <c r="C8" s="24"/>
+      <c r="D8" s="24"/>
+    </row>
+    <row r="21" spans="1:1" ht="15.75" thickBot="1" x14ac:dyDescent="0.3"/>
+    <row r="22" spans="1:1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A22" s="8" t="s">
         <v>7</v>
       </c>
     </row>
-    <row r="6" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...121 lines deleted...]
-      <c r="D14" s="4" t="s">
+    <row r="23" spans="1:1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A23" s="10" t="s">
         <v>11</v>
       </c>
     </row>
-    <row r="15" spans="1:4" ht="15.75" thickBot="1" x14ac:dyDescent="0.3">
-[...37 lines deleted...]
-      <c r="D17" s="6" t="s">
+    <row r="24" spans="1:1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A24" s="12" t="s">
         <v>24</v>
       </c>
     </row>
-    <row r="18" spans="1:4" x14ac:dyDescent="0.25">
-[...49 lines deleted...]
-      <c r="D23" s="28"/>
+    <row r="25" spans="1:1" ht="16.5" thickBot="1" x14ac:dyDescent="0.3">
+      <c r="A25" s="14" t="s">
+        <v>73</v>
+      </c>
     </row>
   </sheetData>
   <mergeCells count="5">
     <mergeCell ref="A1:D1"/>
+    <mergeCell ref="A2:A4"/>
     <mergeCell ref="B2:B4"/>
     <mergeCell ref="C2:C4"/>
     <mergeCell ref="D2:D4"/>
-    <mergeCell ref="A2:A4"/>
   </mergeCells>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
-  <drawing r:id="rId1"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Hojas de cálculo</vt:lpstr>
       </vt:variant>
       <vt:variant>
-        <vt:i4>2</vt:i4>
+        <vt:i4>3</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
-    <vt:vector size="2" baseType="lpstr">
+    <vt:vector size="3" baseType="lpstr">
+      <vt:lpstr>2024</vt:lpstr>
       <vt:lpstr>2025</vt:lpstr>
-      <vt:lpstr>2024</vt:lpstr>
+      <vt:lpstr>2026</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company/>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <dc:creator>Laura Maria Arce Chaves</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>